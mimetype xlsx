--- v0 (2025-10-01)
+++ v1 (2026-02-04)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="dependencias" sheetId="1" r:id="rId4"/>
     <sheet name="Worksheet" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'dependencias'!$A$1:$V$1675</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'dependencias'!$A$1:$V$1682</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4059">
   <si>
     <t>cuof</t>
   </si>
   <si>
     <t>oficina</t>
   </si>
   <si>
     <t>telefono</t>
   </si>
   <si>
     <t>interno</t>
   </si>
   <si>
     <t>correo</t>
   </si>
   <si>
     <t>autoridad</t>
   </si>
@@ -336,11898 +336,11898 @@
   <si>
     <t>General José de San Martín</t>
   </si>
   <si>
     <t>03725-420017</t>
   </si>
   <si>
     <t>Juan José Castelli</t>
   </si>
   <si>
     <t>0364-4472095</t>
   </si>
   <si>
     <t>castelliprensaenlinea@gmail.com</t>
   </si>
   <si>
     <t>Sander, Pío</t>
   </si>
   <si>
     <t>Prueba Municipio - Funcionario Instrumento</t>
   </si>
   <si>
     <t>prueba.municipio@chaco.gob.ar</t>
   </si>
   <si>
+    <t>la Clotilde</t>
+  </si>
+  <si>
+    <t>0364 415-3083</t>
+  </si>
+  <si>
+    <t>milubelu8@gmail.com</t>
+  </si>
+  <si>
+    <t>Gasko, Víctor Julio</t>
+  </si>
+  <si>
+    <t>Tres Isletas</t>
+  </si>
+  <si>
+    <t>0364 446-1763</t>
+  </si>
+  <si>
+    <t>3644-461124</t>
+  </si>
+  <si>
+    <t>municipio.ti@hotmail.com</t>
+  </si>
+  <si>
+    <t>Duarte, Marcela Ángela</t>
+  </si>
+  <si>
+    <t>Villa Berthet</t>
+  </si>
+  <si>
+    <t>03735 57-0757</t>
+  </si>
+  <si>
+    <t>contacto@villaberthet.gob.ar</t>
+  </si>
+  <si>
+    <t>Honcheruk, German</t>
+  </si>
+  <si>
+    <t>la Tigra</t>
+  </si>
+  <si>
+    <t>0364 449-4145</t>
+  </si>
+  <si>
+    <t>munilatigra@gmail.com</t>
+  </si>
+  <si>
+    <t>Sánchez, Alba Elsa Mabel</t>
+  </si>
+  <si>
+    <t>Las Breñas</t>
+  </si>
+  <si>
+    <t>03731-460228</t>
+  </si>
+  <si>
+    <t>intendencia_lasbrenas@yahoo.com.ar</t>
+  </si>
+  <si>
+    <t>Machuca, Victor Omar</t>
+  </si>
+  <si>
+    <t>Aviá Teraí</t>
+  </si>
+  <si>
+    <t>0364-4491206</t>
+  </si>
+  <si>
+    <t>Pallares, Herctor René</t>
+  </si>
+  <si>
+    <t>General Pinedo</t>
+  </si>
+  <si>
+    <t>03731-480433</t>
+  </si>
+  <si>
+    <t>Ciucci, Franco</t>
+  </si>
+  <si>
+    <t>Barranqueras</t>
+  </si>
+  <si>
+    <t>0362-4484291</t>
+  </si>
+  <si>
+    <t>info@barranqueras.gob.ar </t>
+  </si>
+  <si>
+    <t>Ayala, Magda</t>
+  </si>
+  <si>
+    <t>General Vedia</t>
+  </si>
+  <si>
+    <t>0362-4498834</t>
+  </si>
+  <si>
+    <t>Liras, Jose Esteban</t>
+  </si>
+  <si>
+    <t>Hermoso Campo</t>
+  </si>
+  <si>
+    <t>03735 15-40-2768</t>
+  </si>
+  <si>
+    <t>dpto.prensa.hsocpo@gmail.com</t>
+  </si>
+  <si>
+    <t>Requena, Diogenes Anibal</t>
+  </si>
+  <si>
+    <t>Isla Del Cerrito</t>
+  </si>
+  <si>
+    <t>+36 24 114 201</t>
+  </si>
+  <si>
+    <t>mpioisladelcerrito@gmail.com</t>
+  </si>
+  <si>
+    <t>García, José Luis Jesús</t>
+  </si>
+  <si>
+    <t>Basail</t>
+  </si>
+  <si>
+    <t>0362-4490056</t>
+  </si>
+  <si>
+    <t>Paniagua, Hernan Franco</t>
+  </si>
+  <si>
+    <t>Campo Largo</t>
+  </si>
+  <si>
+    <t>0364-4495051</t>
+  </si>
+  <si>
+    <t>Suarez, Manuel</t>
+  </si>
+  <si>
+    <t>Capitán Solari</t>
+  </si>
+  <si>
+    <t>03725-499113</t>
+  </si>
+  <si>
+    <t>solari</t>
+  </si>
+  <si>
+    <t>Areco, Guillermo Nicanor</t>
+  </si>
+  <si>
+    <t>Las Garcitas</t>
+  </si>
+  <si>
+    <t>03725-497004</t>
+  </si>
+  <si>
+    <t>Dolce, Sergio Andres</t>
+  </si>
+  <si>
+    <t>Charadai</t>
+  </si>
+  <si>
+    <t>03721-495105</t>
+  </si>
+  <si>
+    <t>Aguirre, Eladio Fabián</t>
+  </si>
+  <si>
+    <t>Charata</t>
+  </si>
+  <si>
+    <t>03731-422747</t>
+  </si>
+  <si>
+    <t>intendencia@municipiocharata.com.ar</t>
+  </si>
+  <si>
+    <t>Rach, Ruben</t>
+  </si>
+  <si>
+    <t>Chorotis</t>
+  </si>
+  <si>
+    <t>03735-492555</t>
+  </si>
+  <si>
+    <t>Hofstetter, Ariel Francisco</t>
+  </si>
+  <si>
+    <t>Ciervo Petiso</t>
+  </si>
+  <si>
+    <t>03725-429997</t>
+  </si>
+  <si>
+    <t>03725 45-8250</t>
+  </si>
+  <si>
+    <t>reaciervopetiso@gmail.com</t>
+  </si>
+  <si>
+    <t>Acosta, Dario Ramon Anibal</t>
+  </si>
+  <si>
+    <t>Las Palmas</t>
+  </si>
+  <si>
+    <t>munidelaspalmas@hotmail.com</t>
+  </si>
+  <si>
+    <t>Armella, Víctor Hugo</t>
+  </si>
+  <si>
+    <t>Colonia Aborigen</t>
+  </si>
+  <si>
+    <t>0364-1546338500</t>
+  </si>
+  <si>
+    <t>Vucko, Mateo</t>
+  </si>
+  <si>
+    <t>Colonia Benítez</t>
+  </si>
+  <si>
+    <t>0362-4493041</t>
+  </si>
+  <si>
+    <t>0362 449-3175</t>
+  </si>
+  <si>
+    <t>munibenitez@yahoo.com.ar</t>
+  </si>
+  <si>
+    <t>Phipps, Sergio</t>
+  </si>
+  <si>
+    <t>Colonia Elisa</t>
+  </si>
+  <si>
+    <t>03734-491017</t>
+  </si>
+  <si>
+    <t>muni_coloniaelisa@hotmail.es</t>
+  </si>
+  <si>
+    <t>Maidana, Pedro Leon</t>
+  </si>
+  <si>
+    <t>Colonia Popular</t>
+  </si>
+  <si>
+    <t>0362-4496600</t>
+  </si>
+  <si>
+    <t>Soto, Mariela Alejandra</t>
+  </si>
+  <si>
+    <t>Colonias Unidas</t>
+  </si>
+  <si>
+    <t>03725-496111</t>
+  </si>
+  <si>
+    <t>Leiva, Alicia Mabel</t>
+  </si>
+  <si>
+    <t>Concepción Del Bermejo</t>
+  </si>
+  <si>
+    <t>0364-4493303</t>
+  </si>
+  <si>
+    <t>Maldonado, Raúl Adrián</t>
+  </si>
+  <si>
+    <t>Coronel du Graty</t>
+  </si>
+  <si>
+    <t>03735-498415</t>
+  </si>
+  <si>
+    <t>03735 61-4618</t>
+  </si>
+  <si>
+    <t>prensamunicoroneldugraty@gmail.com</t>
+  </si>
+  <si>
+    <t>Dalmasso, Oscar Dario</t>
+  </si>
+  <si>
+    <t>Corzuela</t>
+  </si>
+  <si>
+    <t>03731-470091</t>
+  </si>
+  <si>
+    <t>municipalidad_decorzuela@outlook.es</t>
+  </si>
+  <si>
+    <t>Carrara, Rafael Rubén</t>
+  </si>
+  <si>
+    <t>Cote Lai</t>
+  </si>
+  <si>
+    <t>0362-4495104</t>
+  </si>
+  <si>
+    <t>36 24 021 363</t>
+  </si>
+  <si>
+    <t>Bordon, Anselmo Leli</t>
+  </si>
+  <si>
+    <t>el Espinillo</t>
+  </si>
+  <si>
+    <t>Cuellar, Zenon</t>
+  </si>
+  <si>
+    <t>el Sauzalito</t>
+  </si>
+  <si>
+    <t>0364-154454182</t>
+  </si>
+  <si>
+    <t>Monzon, Jorge Alberto</t>
+  </si>
+  <si>
+    <t>Quitilipi</t>
+  </si>
+  <si>
+    <t>3644-594307</t>
+  </si>
+  <si>
+    <t>Lovey, Ariel</t>
+  </si>
+  <si>
+    <t>Resistencia</t>
+  </si>
+  <si>
+    <t>0362-4458222</t>
+  </si>
+  <si>
+    <t>responde@resistencia.gob.ar</t>
+  </si>
+  <si>
+    <t>Nikisch, Roy Albelardo</t>
+  </si>
+  <si>
+    <t>San Bernardo</t>
+  </si>
+  <si>
+    <t>03735-496445</t>
+  </si>
+  <si>
+    <t>Sotelo, Silvio Miguel</t>
+  </si>
+  <si>
+    <t>Los Frentones</t>
+  </si>
+  <si>
+    <t>364-431-1443</t>
+  </si>
+  <si>
+    <t>municipalidadlosfrentones@hotmail.com</t>
+  </si>
+  <si>
+    <t>Gomez, Judith Anahi</t>
+  </si>
+  <si>
+    <t>Santa Sylvina</t>
+  </si>
+  <si>
+    <t>03735-492289</t>
+  </si>
+  <si>
+    <t>(3735) 494345</t>
+  </si>
+  <si>
+    <t>munisylvina@ssylvina.com.ar</t>
+  </si>
+  <si>
+    <t>Maggio, Adelaida Susana</t>
+  </si>
+  <si>
+    <t>Machagai</t>
+  </si>
+  <si>
+    <t>03734-470037</t>
+  </si>
+  <si>
+    <t>atencionciudadana@machagai.gob.ar</t>
+  </si>
+  <si>
+    <t>Garcia, Juan Manuel</t>
+  </si>
+  <si>
+    <t>Samuhú</t>
+  </si>
+  <si>
+    <t>03735-497207</t>
+  </si>
+  <si>
+    <t>03735 62-5955</t>
+  </si>
+  <si>
+    <t>municipiosamuhu@hotmail.com</t>
+  </si>
+  <si>
+    <t>Lezcano, Elba Patricia</t>
+  </si>
+  <si>
+    <t>la Eduvigis</t>
+  </si>
+  <si>
+    <t>03725-429996</t>
+  </si>
+  <si>
+    <t>Mitoire, Estela Carina</t>
+  </si>
+  <si>
+    <t>la Escondida</t>
+  </si>
+  <si>
+    <t>0362-4499196</t>
+  </si>
+  <si>
+    <t>Caballero, Alfredo</t>
+  </si>
+  <si>
+    <t>la Leonesa</t>
+  </si>
+  <si>
+    <t>0362-4470620</t>
+  </si>
+  <si>
+    <t>Carbajal, José Ramon</t>
+  </si>
+  <si>
+    <t>la Verde</t>
+  </si>
+  <si>
+    <t>0362-154305546</t>
+  </si>
+  <si>
+    <t>Peon, Federico Gustavo</t>
+  </si>
+  <si>
+    <t>Laguna Blanca</t>
+  </si>
+  <si>
+    <t>0362-4496419</t>
+  </si>
+  <si>
+    <t>munilagunablanca@hotmail.com</t>
+  </si>
+  <si>
+    <t>Panzardi, Claudia Lorena</t>
+  </si>
+  <si>
+    <t>Prueba - Municipio - Oficina Hija</t>
+  </si>
+  <si>
+    <t>Prueba - Municipio - Cuof NULL</t>
+  </si>
+  <si>
+    <t>instrumento designacion, prueba</t>
+  </si>
+  <si>
+    <t>Prueba - Municipío - Sin Cuof - Ajax Form</t>
+  </si>
+  <si>
+    <t>Vocalía Académica</t>
+  </si>
+  <si>
+    <t>vocalacadem.ipap@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Vocalía de Investigación</t>
+  </si>
+  <si>
+    <t>Prueba - Ungi - Gobernador - 1</t>
+  </si>
+  <si>
+    <t>Secretaría General de la Gobernación</t>
+  </si>
+  <si>
+    <t>sec.general@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Meiriño, Carolina Beatriz</t>
+  </si>
+  <si>
+    <t>Prueba - Central - Nivel - Ministerio</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Relación Con Los Medios</t>
+  </si>
+  <si>
+    <t>relacionconlosmedios@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Kohli, Darío Oscar</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Gestión Pública</t>
+  </si>
+  <si>
+    <t>Lomberg, Yamila Anabel</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Casa Del Chaco</t>
+  </si>
+  <si>
+    <t>casachacobsas@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Liper Quijano, Mario Tulio</t>
+  </si>
+  <si>
+    <t>Departamento de Administrativa 1</t>
+  </si>
+  <si>
+    <t>Departamento de Administrativo 2</t>
+  </si>
+  <si>
+    <t>Prueba</t>
+  </si>
+  <si>
+    <t>2-1-0</t>
+  </si>
+  <si>
+    <t>Oficina Del Gobernador</t>
+  </si>
+  <si>
+    <t>gobernador@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Zderoo, Leandro Cesarr</t>
+  </si>
+  <si>
+    <t>2-2-0</t>
+  </si>
+  <si>
+    <t>Vicegobernación</t>
+  </si>
+  <si>
+    <t>vicegobernacion@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Schneider, Silvana Lorena</t>
+  </si>
+  <si>
+    <t>2-11-0</t>
+  </si>
+  <si>
+    <t>Dirección General de Recursos Humanos</t>
+  </si>
+  <si>
+    <t>direcciongeneralrh@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Maidana, Mirian Edith</t>
+  </si>
+  <si>
+    <t>2-12-0</t>
+  </si>
+  <si>
+    <t>Dirección General de Mantenimiento y Servicios</t>
+  </si>
+  <si>
+    <t>mantenimiento@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Havela, Jorge Paulo</t>
+  </si>
+  <si>
+    <t>2-13-0</t>
+  </si>
+  <si>
+    <t>Dirección de Coordinación Administrativa</t>
+  </si>
+  <si>
+    <t>coordaministrativa@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Barrios, Laura Beatriz</t>
+  </si>
+  <si>
+    <t>2-14-0</t>
+  </si>
+  <si>
+    <t>Dirección de Contralor y Normatización</t>
+  </si>
+  <si>
+    <t>Rodriguez, Ramona Beatriz</t>
+  </si>
+  <si>
+    <t>2-15-0</t>
+  </si>
+  <si>
+    <t>Dirección de Administración</t>
+  </si>
+  <si>
+    <t>gob.direccionadmin@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Medina, Adriana Elisabet</t>
+  </si>
+  <si>
+    <t>2-16-0</t>
+  </si>
+  <si>
+    <t>Dirección de Comunicaciones</t>
+  </si>
+  <si>
+    <t>0362-4448042</t>
+  </si>
+  <si>
+    <t>comunicaciones@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Baez, Miguel Angel</t>
+  </si>
+  <si>
+    <t>2-17-0</t>
+  </si>
+  <si>
+    <t>Dirección de Aportes Especiales</t>
+  </si>
+  <si>
+    <t>diraportesespeciales@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Zaracho, Gladis Rosana</t>
+  </si>
+  <si>
+    <t>2-19-0</t>
+  </si>
+  <si>
+    <t>Dirección de Aeronáutica</t>
+  </si>
+  <si>
+    <t>direccionaeronautica@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Petruk, Gerardo Osvaldo</t>
+  </si>
+  <si>
+    <t>2-20-0</t>
+  </si>
+  <si>
+    <t>Dirección de Intendencia</t>
+  </si>
+  <si>
+    <t>dirintendencia@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Barrios, Pedro Tomas</t>
+  </si>
+  <si>
+    <t>2-21-0</t>
+  </si>
+  <si>
+    <t>Dirección de Difusión Periodística</t>
+  </si>
+  <si>
+    <t>2-22-0</t>
+  </si>
+  <si>
+    <t>Dirección de Ceremonial y Protocolo</t>
+  </si>
+  <si>
+    <t>ceremonial@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Gadotti, Orlando Mario</t>
+  </si>
+  <si>
+    <t>2-24-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Legal y Técnica</t>
+  </si>
+  <si>
+    <t>sub.legalytecnica@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Ferro, Julio Cesar</t>
+  </si>
+  <si>
+    <t>2-26-0</t>
+  </si>
+  <si>
+    <t>Dirección de Movilidad</t>
+  </si>
+  <si>
+    <t>movilidad@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Rivero, Carlos Raul</t>
+  </si>
+  <si>
+    <t>2-27-0</t>
+  </si>
+  <si>
+    <t>Dirección de Boletín Oficial</t>
+  </si>
+  <si>
+    <t>gob.boletinoficial@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Martel, Victor Hugo</t>
+  </si>
+  <si>
+    <t>2-32-0</t>
+  </si>
+  <si>
+    <t>Dirección General de Gestión de Bienes</t>
+  </si>
+  <si>
+    <t>gob.gestiondebienes@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Barrios, Eugenio</t>
+  </si>
+  <si>
+    <t>2-33-0</t>
+  </si>
+  <si>
+    <t>Dirección General de Contrataciones Estratégicas Y/o Interjurisdiccionales</t>
+  </si>
+  <si>
+    <t>dgcegobernacion@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Mescher, Christian Javier</t>
+  </si>
+  <si>
+    <t>2-34-0</t>
+  </si>
+  <si>
+    <t>Dirección de Unidad de Auditoría Interna</t>
+  </si>
+  <si>
+    <t>Rodríguez Cardozo, Ramón Antonio</t>
+  </si>
+  <si>
+    <t>2-35-0</t>
+  </si>
+  <si>
+    <t>Dirección de Unidad de Planificación Sectorial</t>
+  </si>
+  <si>
+    <t>upsgobernacion@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Yoris, Alejandro Daniel</t>
+  </si>
+  <si>
+    <t>2-36-0</t>
+  </si>
+  <si>
+    <t>Departamento de Programacion Operativa</t>
+  </si>
+  <si>
+    <t>2-37-0</t>
+  </si>
+  <si>
+    <t>Departamento de Técnica y Control de Calidad</t>
+  </si>
+  <si>
+    <t>2-38-0</t>
+  </si>
+  <si>
+    <t>Departamento de Servicios de Mantenimiento</t>
+  </si>
+  <si>
+    <t>2-39-0</t>
+  </si>
+  <si>
+    <t>Departamento de Reparaciones Generales</t>
+  </si>
+  <si>
+    <t>González, Raúl Oscar</t>
+  </si>
+  <si>
+    <t>2-40-0</t>
+  </si>
+  <si>
+    <t>Departamento de Atención y Gestión de Trámites</t>
+  </si>
+  <si>
+    <t>Kanjer, José Norberto</t>
+  </si>
+  <si>
+    <t>2-41-0</t>
+  </si>
+  <si>
+    <t>Departamento de Gestión Administrativa y Control de Legalidad</t>
+  </si>
+  <si>
+    <t>gob.lbbarrio@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Gomez, Pablo Sebastian</t>
+  </si>
+  <si>
+    <t>2-43-0</t>
+  </si>
+  <si>
+    <t>Departamento de Administrativo</t>
+  </si>
+  <si>
+    <t>Sosa, Blanca Ester</t>
+  </si>
+  <si>
+    <t>2-44-0</t>
+  </si>
+  <si>
+    <t>Departamento de Mantenimiento Redes Radioeléctricas</t>
+  </si>
+  <si>
+    <t>Duré, Jorge Alberto</t>
+  </si>
+  <si>
+    <t>2-45-0</t>
+  </si>
+  <si>
+    <t>Departamento de Telefonía Fija</t>
+  </si>
+  <si>
+    <t>4456401/07</t>
+  </si>
+  <si>
+    <t>6401/6407</t>
+  </si>
+  <si>
+    <t>Cicutta, Fabian Edgar</t>
+  </si>
+  <si>
+    <t>2-46-0</t>
+  </si>
+  <si>
+    <t>Departamento de Laboratorio de Telecomunicaciones y Audio</t>
+  </si>
+  <si>
+    <t>Gomez, Angel Rolando</t>
+  </si>
+  <si>
+    <t>2-47-0</t>
+  </si>
+  <si>
+    <t>Departamento de Contable</t>
+  </si>
+  <si>
+    <t>Gauna, Oscar Ariel</t>
+  </si>
+  <si>
+    <t>2-48-0</t>
+  </si>
+  <si>
+    <t>Departamento de Contrataciones</t>
+  </si>
+  <si>
+    <t>gober.compras2@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Tourn, Mariela Betina</t>
+  </si>
+  <si>
+    <t>2-49-0</t>
+  </si>
+  <si>
+    <t>Departamento de Gestión de Bienes</t>
+  </si>
+  <si>
+    <t>dptogestiondebienes@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Romano, Sandra Jaquelin</t>
+  </si>
+  <si>
+    <t>2-50-0</t>
+  </si>
+  <si>
+    <t>Departamento de Tesorería</t>
+  </si>
+  <si>
+    <t>gob.tesoreria1@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Mudry, Mercedes del Carmen</t>
+  </si>
+  <si>
+    <t>2-53-0</t>
+  </si>
+  <si>
+    <t>Departamento de Rezagos</t>
+  </si>
+  <si>
+    <t>2-54-0</t>
+  </si>
+  <si>
+    <t>Serrano, Pedro Edgardo</t>
+  </si>
+  <si>
+    <t>2-55-0</t>
+  </si>
+  <si>
+    <t>Dirección de Inspección y Auditorías</t>
+  </si>
+  <si>
+    <t>Fernandez Almendra, Juan Carlos</t>
+  </si>
+  <si>
+    <t>2-56-0</t>
+  </si>
+  <si>
+    <t>Departamento de Bienes Registrables</t>
+  </si>
+  <si>
+    <t>2-57-0</t>
+  </si>
+  <si>
+    <t>Departamento de Bienes no Registrables</t>
+  </si>
+  <si>
+    <t>2-58-0</t>
+  </si>
+  <si>
+    <t>Dirección de Registración y Control Patrimonial</t>
+  </si>
+  <si>
+    <t>Aramayo, Guillermo Tomas</t>
+  </si>
+  <si>
+    <t>2-59-0</t>
+  </si>
+  <si>
+    <t>Departamento de Control Vehicular</t>
+  </si>
+  <si>
+    <t>2-60-0</t>
+  </si>
+  <si>
+    <t>Departamento de Relevamiento y Registración de Bienes</t>
+  </si>
+  <si>
+    <t>2-61-0</t>
+  </si>
+  <si>
+    <t>Departamento de Fiscalización, Subasta y Ordenamiento</t>
+  </si>
+  <si>
+    <t>Ranz, José Sebastián</t>
+  </si>
+  <si>
+    <t>2-62-0</t>
+  </si>
+  <si>
+    <t>Rodriguez, Miriam Elba</t>
+  </si>
+  <si>
+    <t>2-63-0</t>
+  </si>
+  <si>
+    <t>Departamento de Certificaciones y Legajos</t>
+  </si>
+  <si>
+    <t>certificacionsggyc@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Vacca, Mariela Veronica</t>
+  </si>
+  <si>
+    <t>2-64-0</t>
+  </si>
+  <si>
+    <t>Departamento de Asistencia y Liquidaciones</t>
+  </si>
+  <si>
+    <t>liquidacionsggyc@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Gomez, Silvia Ester</t>
+  </si>
+  <si>
+    <t>2-68-0</t>
+  </si>
+  <si>
+    <t>Dirección de Planificación de Recursos Humanos</t>
+  </si>
+  <si>
+    <t>2-69-0</t>
+  </si>
+  <si>
+    <t>Departamento de Carrera, Selección y Evaluación</t>
+  </si>
+  <si>
+    <t>carreradgrh@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Enciso, Sandra Analia</t>
+  </si>
+  <si>
+    <t>2-70-0</t>
+  </si>
+  <si>
+    <t>Departamento de Control de Legalidad</t>
+  </si>
+  <si>
+    <t>legalidaddgrh@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Fernandez, Mario Oscar</t>
+  </si>
+  <si>
+    <t>2-71-0</t>
+  </si>
+  <si>
+    <t>Dirección de Gestión de Personal</t>
+  </si>
+  <si>
+    <t>gestiondepersonal@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Caniza, Clara Magdalena</t>
+  </si>
+  <si>
+    <t>2-72-0</t>
+  </si>
+  <si>
+    <t>Departamento de Certificaciones</t>
+  </si>
+  <si>
+    <t>certificacionesdgrh@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Maurenzi, Analía del Carmen</t>
+  </si>
+  <si>
+    <t>2-73-0</t>
+  </si>
+  <si>
+    <t>Departamento de Antecedentes</t>
+  </si>
+  <si>
+    <t>Barrios, Marcela Rita</t>
+  </si>
+  <si>
+    <t>2-74-0</t>
+  </si>
+  <si>
+    <t>Departamento de Cómputo y Licencias</t>
+  </si>
+  <si>
+    <t>computosdgrh@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Torres, Sandra Viviana</t>
+  </si>
+  <si>
+    <t>2-75-0</t>
+  </si>
+  <si>
+    <t>Dirección de Control de Liquidación de Haberes</t>
+  </si>
+  <si>
+    <t>8410-8636</t>
+  </si>
+  <si>
+    <t>liquidaciondgrh@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Sotelo, Ilenia Nahara</t>
+  </si>
+  <si>
+    <t>2-76-0</t>
+  </si>
+  <si>
+    <t>Dirección de Asuntos Jurídicos y Relaciones Laborales</t>
+  </si>
+  <si>
+    <t>relacioneslaborales@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Rosciani, Juan Carlos</t>
+  </si>
+  <si>
+    <t>2-77-0</t>
+  </si>
+  <si>
+    <t>Departamento de Control Jurídico y Relaciones Laborales</t>
+  </si>
+  <si>
+    <t>dptocontroljuridico@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Galarza, María Verónica</t>
+  </si>
+  <si>
+    <t>2-78-0</t>
+  </si>
+  <si>
+    <t>Departamento de Asuntos Judiciales</t>
+  </si>
+  <si>
+    <t>asuntosjudiciales@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Paredes, Elsa Maribel</t>
+  </si>
+  <si>
+    <t>2-80-0</t>
+  </si>
+  <si>
+    <t>administrativodgce@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Bogarín, Domingo Albino</t>
+  </si>
+  <si>
+    <t>2-81-0</t>
+  </si>
+  <si>
+    <t>Dirección de Compras</t>
+  </si>
+  <si>
+    <t>2-82-0</t>
+  </si>
+  <si>
+    <t>Departamento de Recepción y Tramitación Inicial</t>
+  </si>
+  <si>
+    <t>Motania, Alberto</t>
+  </si>
+  <si>
+    <t>2-83-0</t>
+  </si>
+  <si>
+    <t>Departamento de Gestión y Perfeccionamiento</t>
+  </si>
+  <si>
+    <t>gestiondgce@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Romero, Maria Romina</t>
+  </si>
+  <si>
+    <t>2-84-0</t>
+  </si>
+  <si>
+    <t>Dirección de Recepción, Distribución y Almacén de Bienes</t>
+  </si>
+  <si>
+    <t>2-85-0</t>
+  </si>
+  <si>
+    <t>Departamento Administrativo</t>
+  </si>
+  <si>
+    <t>2-90-0</t>
+  </si>
+  <si>
+    <t>Departamento de Archivo</t>
+  </si>
+  <si>
+    <t>2-91-0</t>
+  </si>
+  <si>
+    <t>Departamento de Diseño e Impresión</t>
+  </si>
+  <si>
+    <t>2-92-0</t>
+  </si>
+  <si>
+    <t>Departamento de Telefonía Móvil</t>
+  </si>
+  <si>
+    <t>gob.dircomunica@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Yaya, Julio Francisco</t>
+  </si>
+  <si>
+    <t>2-93-0</t>
+  </si>
+  <si>
+    <t>Departamento de Rendiciones</t>
+  </si>
+  <si>
+    <t>rendiciongobernacion@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Fernandez, Maria Luz</t>
+  </si>
+  <si>
+    <t>2-95-0</t>
+  </si>
+  <si>
+    <t>Departamento Leyes</t>
+  </si>
+  <si>
+    <t>leyessublyt@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Irrazabal, Pablo Martin</t>
+  </si>
+  <si>
+    <t>2-96-0</t>
+  </si>
+  <si>
+    <t>Departamento Legal</t>
+  </si>
+  <si>
+    <t>legalsublyt@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Sclippa, Gabriela Carina Fabiana</t>
+  </si>
+  <si>
+    <t>2-97-0</t>
+  </si>
+  <si>
+    <t>Departamento de Comunicación Digital y Audiovisual</t>
+  </si>
+  <si>
+    <t>gob.mentrada2@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Espíndola, Ricardo Alberto</t>
+  </si>
+  <si>
+    <t>2-108-0</t>
+  </si>
+  <si>
+    <t>Departamento de Administración  de Recursos</t>
+  </si>
+  <si>
+    <t>Rios, Silvana Yolanda</t>
+  </si>
+  <si>
+    <t>2-109-0</t>
+  </si>
+  <si>
+    <t>Departamento Operativo</t>
+  </si>
+  <si>
+    <t>4430023 ( FAX)</t>
+  </si>
+  <si>
+    <t>8821/8889/8888</t>
+  </si>
+  <si>
+    <t>González, Carlos Rubén</t>
+  </si>
+  <si>
+    <t>2-111-0</t>
+  </si>
+  <si>
+    <t>Departamento de Auditoría de Liquidaciones</t>
+  </si>
+  <si>
+    <t>auditoriadgrh@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Gaitan, Hector Raul</t>
+  </si>
+  <si>
+    <t>2-112-0</t>
+  </si>
+  <si>
+    <t>Departamento de Administración y Seguridad de Sistemas</t>
+  </si>
+  <si>
+    <t>seguridaddesistemas@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Espinoza, Rocio Marisel</t>
+  </si>
+  <si>
+    <t>2-113-0</t>
+  </si>
+  <si>
+    <t>Dirección General de Innovación y Modernización Gubernamental</t>
+  </si>
+  <si>
+    <t>6416-7353</t>
+  </si>
+  <si>
+    <t>dginnovacion@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Sandobal, Mónica Andrea</t>
+  </si>
+  <si>
+    <t>2-114-0</t>
+  </si>
+  <si>
+    <t>administratrivodgme@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Mari, Henri Rene</t>
+  </si>
+  <si>
+    <t>2-115-0</t>
+  </si>
+  <si>
+    <t>Dirección de Calidad en la Gestión Pública</t>
+  </si>
+  <si>
+    <t>innovaciondgme@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Sanchez Dansey, María Adriana</t>
+  </si>
+  <si>
+    <t>2-116-0</t>
+  </si>
+  <si>
+    <t>Departamento de Implementación y Asistencia en Calidad</t>
+  </si>
+  <si>
+    <t>2-117-0</t>
+  </si>
+  <si>
+    <t>Departamento de Gestión Edilicia</t>
+  </si>
+  <si>
+    <t>Godoy, Maria Alejandra</t>
+  </si>
+  <si>
+    <t>2-118-0</t>
+  </si>
+  <si>
+    <t>Dirección de Planificación Organizacional</t>
+  </si>
+  <si>
+    <t>8500-8008</t>
+  </si>
+  <si>
+    <t>dpomodernizacion@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Brugnoli, María Soledad</t>
+  </si>
+  <si>
+    <t>2-119-0</t>
+  </si>
+  <si>
+    <t>Dirección General de Tecnologías de Información y Comunicación</t>
+  </si>
+  <si>
+    <t>gob.dgti@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Soto, Clarisa Lilian</t>
+  </si>
+  <si>
+    <t>2-120-0</t>
+  </si>
+  <si>
+    <t>administrativodgti@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Borelli, José Armando</t>
+  </si>
+  <si>
+    <t>2-121-0</t>
+  </si>
+  <si>
+    <t>Dirección de Tecnologías y Ciberseguridad</t>
+  </si>
+  <si>
+    <t>Alfonso Saucedo, Alejandro Javier</t>
+  </si>
+  <si>
+    <t>2-122-0</t>
+  </si>
+  <si>
+    <t>Departamento de Innovación Técnica</t>
+  </si>
+  <si>
+    <t>Avalos Gimenez, Mariano José</t>
+  </si>
+  <si>
+    <t>2-123-0</t>
+  </si>
+  <si>
+    <t>Departamento de Seguridad de la Información y Ciberseguridad</t>
+  </si>
+  <si>
+    <t>seguridaddgti@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>2-124-0</t>
+  </si>
+  <si>
+    <t>Dirección de Sistemas e Interoperabilidad</t>
+  </si>
+  <si>
+    <t>Vallejos, Yanina Mirian</t>
+  </si>
+  <si>
+    <t>2-125-0</t>
+  </si>
+  <si>
+    <t>Departamento de Calidad de Sistemas</t>
+  </si>
+  <si>
+    <t>desarrollodesistemas@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>De Pedro, Andrea Carolina</t>
+  </si>
+  <si>
+    <t>2-126-0</t>
+  </si>
+  <si>
+    <t>Departamento de Implementación de Sistemas y Firma Digital</t>
+  </si>
+  <si>
+    <t>implementaciondgti@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Pereira, Georgina Beatriz</t>
+  </si>
+  <si>
+    <t>2-128-0</t>
+  </si>
+  <si>
+    <t>Departamento de Operaciones</t>
+  </si>
+  <si>
+    <t>Quiroz, Denise Ana Paula</t>
+  </si>
+  <si>
+    <t>2-129-0</t>
+  </si>
+  <si>
+    <t>Departamento de Mantenimiento</t>
+  </si>
+  <si>
+    <t>Miño, Leonidas Ramon</t>
+  </si>
+  <si>
+    <t>2-130-0</t>
+  </si>
+  <si>
+    <t>administrativosublyt@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Cantero, Mayra Agostina</t>
+  </si>
+  <si>
+    <t>2-131-0</t>
+  </si>
+  <si>
+    <t>Departamento de Gestión Documental</t>
+  </si>
+  <si>
+    <t>Leyes, Jorge Daniel</t>
+  </si>
+  <si>
+    <t>2-132-0</t>
+  </si>
+  <si>
+    <t>Departamento de Actos Oficiales</t>
+  </si>
+  <si>
+    <t>Lopez, Sergio Oscar</t>
+  </si>
+  <si>
+    <t>2-133-0</t>
+  </si>
+  <si>
+    <t>Departamento de Gestión Protocolar</t>
+  </si>
+  <si>
+    <t>Capussi, José Luis</t>
+  </si>
+  <si>
+    <t>2-138-0</t>
+  </si>
+  <si>
+    <t>subgestionpublica@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>2-140-0</t>
+  </si>
+  <si>
+    <t>Dirección de Unidad de Recursos Humanos</t>
+  </si>
+  <si>
+    <t>urhgobernacion@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Fernandez, Marta Soledad</t>
+  </si>
+  <si>
+    <t>2-141-0</t>
+  </si>
+  <si>
+    <t>Departamento de Gestión Documental de Personal</t>
+  </si>
+  <si>
+    <t>documentaldgrh@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Esteche, Idalina Beatriz</t>
+  </si>
+  <si>
+    <t>2-142-0</t>
+  </si>
+  <si>
+    <t>Departamento de Contralor</t>
+  </si>
+  <si>
+    <t>Ojeda, Marina Esther</t>
+  </si>
+  <si>
+    <t>2-143-0</t>
+  </si>
+  <si>
+    <t>Departamento de Gestión de Documentos</t>
+  </si>
+  <si>
+    <t>Tayara, Yamile Lilian</t>
+  </si>
+  <si>
+    <t>2-144-0</t>
+  </si>
+  <si>
+    <t>Departamento de Aplicación Normativa</t>
+  </si>
+  <si>
+    <t>Trangoni, Ana Mariela</t>
+  </si>
+  <si>
+    <t>2-147-0</t>
+  </si>
+  <si>
+    <t>Dirección de Legislación</t>
+  </si>
+  <si>
+    <t>legislacionsublyt@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Chen Te, Elsa</t>
+  </si>
+  <si>
+    <t>2-151-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Comunicación</t>
+  </si>
+  <si>
+    <t>subsedecomunicacion@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Benitez, Lia Natalia</t>
+  </si>
+  <si>
+    <t>2-152-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Coordinación Política e Institucional</t>
+  </si>
+  <si>
+    <t>mediosycontenidos@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Fernandez, Jorge Antonio</t>
+  </si>
+  <si>
+    <t>2-154-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Relaciones Con Los Medios</t>
+  </si>
+  <si>
+    <t>Kohli, Dario Oscar</t>
+  </si>
+  <si>
+    <t>2-155-0</t>
+  </si>
+  <si>
+    <t>Dirección de Interpretación y Asistencia Normativa</t>
+  </si>
+  <si>
+    <t>interpretaciondgrh@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Arce Romano, Paola Alejandra</t>
+  </si>
+  <si>
+    <t>2-156-0</t>
+  </si>
+  <si>
+    <t>Dirección de Gobierno Abierto</t>
+  </si>
+  <si>
+    <t>Valiente, Roció Belén</t>
+  </si>
+  <si>
+    <t>2-157-0</t>
+  </si>
+  <si>
+    <t>Departamento de Interoperabilidad</t>
+  </si>
+  <si>
+    <t>interoperabilidad@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Sánchez, Juan Pablo</t>
+  </si>
+  <si>
+    <t>2-159-0</t>
+  </si>
+  <si>
+    <t>Dirección de Comunicación Institucional</t>
+  </si>
+  <si>
+    <t>Rodriguez, Rosana Beatriz</t>
+  </si>
+  <si>
+    <t>2-160-0</t>
+  </si>
+  <si>
+    <t>Departamento de Cobertura Periodística</t>
+  </si>
+  <si>
+    <t>2-162-0</t>
+  </si>
+  <si>
+    <t>Queirel, Cecilia Ines</t>
+  </si>
+  <si>
+    <t>2-163-0</t>
+  </si>
+  <si>
+    <t>Dirección de Casa Del Chaco en Buenos Aires</t>
+  </si>
+  <si>
+    <t>2-164-0</t>
+  </si>
+  <si>
+    <t>Departamento de Asistencia Social</t>
+  </si>
+  <si>
+    <t>Churin, Miguel</t>
+  </si>
+  <si>
+    <t>2-165-0</t>
+  </si>
+  <si>
+    <t>Departamento de Relaciones Institucionales</t>
+  </si>
+  <si>
+    <t>Baez, Daniel Enrique</t>
+  </si>
+  <si>
+    <t>2-166-0</t>
+  </si>
+  <si>
+    <t>Departamento de Planificación y Evaluación</t>
+  </si>
+  <si>
+    <t>planifypresupups@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>2-167-0</t>
+  </si>
+  <si>
+    <t>Departamento de Modernización Administrativa</t>
+  </si>
+  <si>
+    <t>2-168-0</t>
+  </si>
+  <si>
+    <t>Departamento de Escalafones Especiales</t>
+  </si>
+  <si>
+    <t>Bermúdez, Marisol Elisabet</t>
+  </si>
+  <si>
+    <t>2-169-0</t>
+  </si>
+  <si>
+    <t>Departamento de Contenido Periodístico</t>
+  </si>
+  <si>
+    <t>Lencina, Hector Rodolfo</t>
+  </si>
+  <si>
+    <t>2-170-0</t>
+  </si>
+  <si>
+    <t>admplanifcomunic@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Yagueddu, Maria Belen</t>
+  </si>
+  <si>
+    <t>Departamento de Maria Belen Yagueddu</t>
+  </si>
+  <si>
+    <t>2-171-0</t>
+  </si>
+  <si>
+    <t>Dirección de Control y Monitoreo</t>
+  </si>
+  <si>
+    <t>2-172-0</t>
+  </si>
+  <si>
+    <t>Departamento de Seguimiento y Ejecución de Pautas</t>
+  </si>
+  <si>
+    <t>2-173-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Asuntos Estratégicos</t>
+  </si>
+  <si>
+    <t>asuntosestrategicos@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Benítez Molas, Sebastián Enrique</t>
+  </si>
+  <si>
+    <t>2-176-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de General de la Gobernación</t>
+  </si>
+  <si>
+    <t>subgeneralgob@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Lencovich, Sergio Gustavo</t>
+  </si>
+  <si>
+    <t>6470 / 8221</t>
+  </si>
+  <si>
+    <t>Benítez, Lía Natalia</t>
+  </si>
+  <si>
+    <t>Oficina de Prueba 1</t>
+  </si>
+  <si>
+    <t>2-9999-0</t>
+  </si>
+  <si>
+    <t>Dirección de Comunicación</t>
+  </si>
+  <si>
+    <t>Registro Civil Basail</t>
+  </si>
+  <si>
+    <t>regcivilbasail@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Zarate, Hector Rene</t>
+  </si>
+  <si>
+    <t>Registro Civil Colonia Popular</t>
+  </si>
+  <si>
+    <t>3624-643277</t>
+  </si>
+  <si>
+    <t>regcivilcolpopular@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Campestrini, Mariela Elizabet</t>
+  </si>
+  <si>
+    <t>Registro Civil Colonia Baranda</t>
+  </si>
+  <si>
+    <t>3624-029363</t>
+  </si>
+  <si>
+    <t>regcivilcolbaranda@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Soria, Enrique</t>
+  </si>
+  <si>
+    <t>Registro Civil Colonia Benitez</t>
+  </si>
+  <si>
+    <t>regcivcolbenitez@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>D' Agostini, Jose Alejandro</t>
+  </si>
+  <si>
+    <t>Registro Civil Colonia Aborigen</t>
+  </si>
+  <si>
+    <t>regcivilcolaborigen@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Ramirez, Reinaldo</t>
+  </si>
+  <si>
+    <t>Regsitro Civil Cote Lai</t>
+  </si>
+  <si>
+    <t>3624-967547</t>
+  </si>
+  <si>
+    <t>regcivilcotelai@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Registro Civil Capitan Solari</t>
+  </si>
+  <si>
+    <t>3725-446551</t>
+  </si>
+  <si>
+    <t>Registro Civil Charadai</t>
+  </si>
+  <si>
+    <t>3624-385070</t>
+  </si>
+  <si>
+    <t>regcivilcharadai@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Registro Civil Chorotis</t>
+  </si>
+  <si>
+    <t>3735-607845</t>
+  </si>
+  <si>
+    <t>Registro Civil el Espinillo</t>
+  </si>
+  <si>
+    <t>Registro Civil el Paraisal</t>
+  </si>
+  <si>
+    <t>Registro Civil el Tartagal</t>
+  </si>
+  <si>
+    <t>Registro Civil el Sauzalito</t>
+  </si>
+  <si>
+    <t>Registro Civil Fortin Lavalle</t>
+  </si>
+  <si>
+    <t>Registro Civil Fuerte Esperanza</t>
+  </si>
+  <si>
+    <t>Registro Civil Subseccion I General San Martin</t>
+  </si>
+  <si>
+    <t>Registro Civil Gancedo</t>
+  </si>
+  <si>
+    <t>3731-620120</t>
+  </si>
+  <si>
+    <t>regcivilgancedo@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Registro Civil de Avía Terai</t>
+  </si>
+  <si>
+    <t>Registro Civil Ciervo Petiso</t>
+  </si>
+  <si>
+    <t>3725-465336</t>
+  </si>
+  <si>
+    <t>regcivilciervopetiso@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Registro Civil Comandante Frias</t>
+  </si>
+  <si>
+    <t>Registro Civil Concepción Del Bermejo</t>
+  </si>
+  <si>
+    <t>3644-569334</t>
+  </si>
+  <si>
+    <t>regcivilcdelbermejo@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Registro Civil Campo la Aurora</t>
+  </si>
+  <si>
+    <t>3625-405930</t>
+  </si>
+  <si>
+    <t>regcivilcmpolaaurora@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Registro Civil Enrique Urien</t>
+  </si>
+  <si>
+    <t>3735-614623</t>
+  </si>
+  <si>
+    <t>regcivilenriqueurien@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Registro Civil General Vedia</t>
+  </si>
+  <si>
+    <t>3624-336044</t>
+  </si>
+  <si>
+    <t>regcivgralvedia@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Registro Civil la Tigra</t>
+  </si>
+  <si>
+    <t>3644-630082</t>
+  </si>
+  <si>
+    <t>regcivillatigra@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Registro Civil la Eduvigis</t>
+  </si>
+  <si>
+    <t>3725-502852</t>
+  </si>
+  <si>
+    <t>regcivillaeduvigis@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Registro Civil Laguna Limpia</t>
+  </si>
+  <si>
+    <t>3725-432263</t>
+  </si>
+  <si>
+    <t>regcivilagunalimpia@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Registro Civil la Clotilde</t>
+  </si>
+  <si>
+    <t>3735-628178</t>
+  </si>
+  <si>
+    <t>regcivillaclotilde@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Registro Civil Los Frentones</t>
+  </si>
+  <si>
+    <t>3644-57845</t>
+  </si>
+  <si>
+    <t>regcivillosfrentones@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Registro Civil Margarita Belen</t>
+  </si>
+  <si>
+    <t>3624-609595</t>
+  </si>
+  <si>
+    <t>regcivimrgabelen@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Registro Civil Misión Nueva Pompeya</t>
+  </si>
+  <si>
+    <t>Registro Civil Napenay</t>
+  </si>
+  <si>
+    <t>3644-448277</t>
+  </si>
+  <si>
+    <t>regcivilnapenay@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Registro Civil Presidencia Roca</t>
+  </si>
+  <si>
+    <t>Registro Civil Puerto Pampa Almirón</t>
+  </si>
+  <si>
+    <t>3624-769711</t>
+  </si>
+  <si>
+    <t>regcivilpampaalmiron@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Registro Eva Peron</t>
+  </si>
+  <si>
+    <t>3624-901229</t>
+  </si>
+  <si>
+    <t>regciviptoevaperon@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Registro Civil Rio Muerto</t>
+  </si>
+  <si>
+    <t>3644-660654</t>
+  </si>
+  <si>
+    <t>regcivilriomuerto@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Registro Civil Samuhu</t>
+  </si>
+  <si>
+    <t>3735-479703</t>
+  </si>
+  <si>
+    <t>regcivilsamuhu@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Registro Civil Selva Rio de Oro</t>
+  </si>
+  <si>
+    <t>3624-251212</t>
+  </si>
+  <si>
+    <t>Registro Civil Taco Pozo</t>
+  </si>
+  <si>
+    <t>3877-562842</t>
+  </si>
+  <si>
+    <t>Registro Civil Villa Rio Bermejito</t>
+  </si>
+  <si>
+    <t>Registro Civil Laguna Blanca</t>
+  </si>
+  <si>
+    <t>3624-004054</t>
+  </si>
+  <si>
+    <t>Registro Civil Lapachito</t>
+  </si>
+  <si>
+    <t>3624-035167</t>
+  </si>
+  <si>
+    <t>Registro Civil Puerto Bermejo</t>
+  </si>
+  <si>
+    <t>3624-546625</t>
+  </si>
+  <si>
+    <t>Servicios Penitenciario y Readaptación Social</t>
+  </si>
+  <si>
+    <t>3-1-0</t>
+  </si>
+  <si>
+    <t>Ministerio de Gobierno, Justicia, Trabajo y Derechos Humanos</t>
+  </si>
+  <si>
+    <t>gobierno@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Gomez, Jorge Fernando</t>
+  </si>
+  <si>
+    <t>3-2-0</t>
+  </si>
+  <si>
+    <t>Dirección de Secretaria General</t>
+  </si>
+  <si>
+    <t>mgobsecgeneral@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Pacce, Viviana Graciela</t>
+  </si>
+  <si>
+    <t>3-4-0</t>
+  </si>
+  <si>
+    <t>Registro Civil de Avia Terai</t>
+  </si>
+  <si>
+    <t>3644-383692</t>
+  </si>
+  <si>
+    <t>3-5-0</t>
+  </si>
+  <si>
+    <t>Registro Civil Barranqueras</t>
+  </si>
+  <si>
+    <t>3624-535362</t>
+  </si>
+  <si>
+    <t>3-11-0</t>
+  </si>
+  <si>
+    <t>Registro Civil Colonia Elisa</t>
+  </si>
+  <si>
+    <t>3624-622867</t>
+  </si>
+  <si>
+    <t>3-12-0</t>
+  </si>
+  <si>
+    <t>Registro Civil Corzuela</t>
+  </si>
+  <si>
+    <t>3731-639192</t>
+  </si>
+  <si>
+    <t>3-14-0</t>
+  </si>
+  <si>
+    <t>Registro Civil Colonias Unidas</t>
+  </si>
+  <si>
+    <t>3725-549843</t>
+  </si>
+  <si>
+    <t>3-16-0</t>
+  </si>
+  <si>
+    <t>Registro Civil Coronel du Gratty</t>
+  </si>
+  <si>
+    <t>3624-901128</t>
+  </si>
+  <si>
+    <t>Pastor, Maria Beatriz</t>
+  </si>
+  <si>
+    <t>3-18-0</t>
+  </si>
+  <si>
+    <t>Registro Civil de Campo Largo</t>
+  </si>
+  <si>
+    <t>3644-378689</t>
+  </si>
+  <si>
+    <t>3-24-0</t>
+  </si>
+  <si>
+    <t>Registro Civil de Charata</t>
+  </si>
+  <si>
+    <t>3731-494847</t>
+  </si>
+  <si>
+    <t>3-32-0</t>
+  </si>
+  <si>
+    <t>Registro Civil de Fontana</t>
+  </si>
+  <si>
+    <t>3624-625590</t>
+  </si>
+  <si>
+    <t>3-35-0</t>
+  </si>
+  <si>
+    <t>Registro Civil de General San Martin 1° Seccion</t>
+  </si>
+  <si>
+    <t>3725-459115</t>
+  </si>
+  <si>
+    <t>3-37-0</t>
+  </si>
+  <si>
+    <t>Registro Civil de General Pinedo</t>
+  </si>
+  <si>
+    <t>3624-901176</t>
+  </si>
+  <si>
+    <t>3-39-0</t>
+  </si>
+  <si>
+    <t>Registro Civil de Hermoso Campo</t>
+  </si>
+  <si>
+    <t>3735-546290</t>
+  </si>
+  <si>
+    <t>3-40-0</t>
+  </si>
+  <si>
+    <t>Registro Civil de Isla Del Cerrito</t>
+  </si>
+  <si>
+    <t>3624-886091</t>
+  </si>
+  <si>
+    <t>3-41-0</t>
+  </si>
+  <si>
+    <t>Registro Civil de Juan José Castelli</t>
+  </si>
+  <si>
+    <t>3-42-0</t>
+  </si>
+  <si>
+    <t>Registro Civil la Verde</t>
+  </si>
+  <si>
+    <t>3624-849789</t>
+  </si>
+  <si>
+    <t>3-44-0</t>
+  </si>
+  <si>
+    <t>Registro Civil de Las Palmas</t>
+  </si>
+  <si>
+    <t>3624-729912</t>
+  </si>
+  <si>
+    <t>3-45-0</t>
+  </si>
+  <si>
+    <t>Registro Civil de Las Breñas</t>
+  </si>
+  <si>
+    <t>3731-632548</t>
+  </si>
+  <si>
+    <t>3-47-0</t>
+  </si>
+  <si>
+    <t>Registro Civil la Escondida</t>
+  </si>
+  <si>
+    <t>3624-623923</t>
+  </si>
+  <si>
+    <t>3-48-0</t>
+  </si>
+  <si>
+    <t>Registro Civil Las Garcitas</t>
+  </si>
+  <si>
+    <t>3725-549033</t>
+  </si>
+  <si>
+    <t>3-53-0</t>
+  </si>
+  <si>
+    <t>Registro Civil de la Leonesa</t>
+  </si>
+  <si>
+    <t>3624-226178</t>
+  </si>
+  <si>
+    <t>3-55-0</t>
+  </si>
+  <si>
+    <t>Registro Civil Machagay</t>
+  </si>
+  <si>
+    <t>3634-407656</t>
+  </si>
+  <si>
+    <t>3-56-0</t>
+  </si>
+  <si>
+    <t>Registro Civil Makalle</t>
+  </si>
+  <si>
+    <t>3624-537571</t>
+  </si>
+  <si>
+    <t>3-57-0</t>
+  </si>
+  <si>
+    <t>Registro Civil de Miraflores</t>
+  </si>
+  <si>
+    <t>3-61-0</t>
+  </si>
+  <si>
+    <t>Registro Civil de Pampa Del Indio</t>
+  </si>
+  <si>
+    <t>3-63-0</t>
+  </si>
+  <si>
+    <t>Registro Civil 1° Seccion de Presidencia Roque Saenz Peña</t>
+  </si>
+  <si>
+    <t>3644-677994</t>
+  </si>
+  <si>
+    <t>Santander, Lorena Elizabet</t>
+  </si>
+  <si>
+    <t>3-64-0</t>
+  </si>
+  <si>
+    <t>Registro Civil 2° Seccion de Presidencia Roque Saenz Peña</t>
+  </si>
+  <si>
+    <t>3644-508606</t>
+  </si>
+  <si>
+    <t>3-65-0</t>
+  </si>
+  <si>
+    <t>Registro Civil Subseccion "c" de Pcia. Roque Saenz Peña</t>
+  </si>
+  <si>
+    <t>3644-151571</t>
+  </si>
+  <si>
+    <t>3-66-0</t>
+  </si>
+  <si>
+    <t>Registro Civil de Presidencia de la Plaza</t>
+  </si>
+  <si>
+    <t>3734-515967</t>
+  </si>
+  <si>
+    <t>Duran, Claudia Beatriz</t>
+  </si>
+  <si>
+    <t>3-69-0</t>
+  </si>
+  <si>
+    <t>Registro Civil Puerto Tirol</t>
+  </si>
+  <si>
+    <t>3624-201301</t>
+  </si>
+  <si>
+    <t>3-71-0</t>
+  </si>
+  <si>
+    <t>Registro Civil de Pampa Del Infierno</t>
+  </si>
+  <si>
+    <t>3644-655844</t>
+  </si>
+  <si>
+    <t>3-72-0</t>
+  </si>
+  <si>
+    <t>Registro Civil Puerto Vilelas</t>
+  </si>
+  <si>
+    <t>3624-271589</t>
+  </si>
+  <si>
+    <t>3-75-0</t>
+  </si>
+  <si>
+    <t>Registro Civil Quitilipi</t>
+  </si>
+  <si>
+    <t>3644-708790</t>
+  </si>
+  <si>
+    <t>3-76-0</t>
+  </si>
+  <si>
+    <t>Registro Civil Resistencia 1° Seccion</t>
+  </si>
+  <si>
+    <t>3624-249114</t>
+  </si>
+  <si>
+    <t>3-77-0</t>
+  </si>
+  <si>
+    <t>Registro Civil Resistencia 2° Seccion</t>
+  </si>
+  <si>
+    <t>3794-002332</t>
+  </si>
+  <si>
+    <t>3-78-0</t>
+  </si>
+  <si>
+    <t>Registro Civil Resistencia 3° Seccion</t>
+  </si>
+  <si>
+    <t>3624-776932</t>
+  </si>
+  <si>
+    <t>3-79-0</t>
+  </si>
+  <si>
+    <t>Registro Civil Resistencia 4° Seccion</t>
+  </si>
+  <si>
+    <t>3624-698377</t>
+  </si>
+  <si>
+    <t>3-80-0</t>
+  </si>
+  <si>
+    <t>Registro Civil Resistencia Subsección "a"</t>
+  </si>
+  <si>
+    <t>3624-304140</t>
+  </si>
+  <si>
+    <t>3-82-0</t>
+  </si>
+  <si>
+    <t>Registro Civil Resistencia San Bernardo</t>
+  </si>
+  <si>
+    <t>3735-417209</t>
+  </si>
+  <si>
+    <t>3-83-0</t>
+  </si>
+  <si>
+    <t>Registro Civil de Santa Sylvina</t>
+  </si>
+  <si>
+    <t>3735-464546</t>
+  </si>
+  <si>
+    <t>3-87-0</t>
+  </si>
+  <si>
+    <t>Registro Civil de Tres Isletas</t>
+  </si>
+  <si>
+    <t>Maldonado, Elena Gladis</t>
+  </si>
+  <si>
+    <t>3-88-0</t>
+  </si>
+  <si>
+    <t>Registro Civil de Villa Berthet</t>
+  </si>
+  <si>
+    <t>3735-622630</t>
+  </si>
+  <si>
+    <t>3-90-0</t>
+  </si>
+  <si>
+    <t>Registro Civil de Villa Angela 1° Seccion</t>
+  </si>
+  <si>
+    <t>3735-521575</t>
+  </si>
+  <si>
+    <t>3-94-0</t>
+  </si>
+  <si>
+    <t>8248/6461</t>
+  </si>
+  <si>
+    <t>upsmindegobierno@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Godoy, Laura Analía Itatí</t>
+  </si>
+  <si>
+    <t>3-95-0</t>
+  </si>
+  <si>
+    <t>rhgobierno@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Lopez, Walter Edgardo</t>
+  </si>
+  <si>
+    <t>3-96-0</t>
+  </si>
+  <si>
+    <t>3624-448000</t>
+  </si>
+  <si>
+    <t>8355/8060</t>
+  </si>
+  <si>
+    <t>Jaimes, Paola Silvana</t>
+  </si>
+  <si>
+    <t>3-100-0</t>
+  </si>
+  <si>
+    <t>Dirección General de Registro Del Estado Civil y Capacidad de Las Personas</t>
+  </si>
+  <si>
+    <t>4434452/4452674</t>
+  </si>
+  <si>
+    <t>registrocivildirgral@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>González, Marcela</t>
+  </si>
+  <si>
+    <t>3-101-0</t>
+  </si>
+  <si>
+    <t>Dirección de Asesoría Legal y Tecnica</t>
+  </si>
+  <si>
+    <t>dirasesorialegalytec@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>De Los Santos, Maria Roxana</t>
+  </si>
+  <si>
+    <t>3-102-0</t>
+  </si>
+  <si>
+    <t>Registro Civil Resistencia 5° Seccion</t>
+  </si>
+  <si>
+    <t>3624-634541</t>
+  </si>
+  <si>
+    <t>3-104-0</t>
+  </si>
+  <si>
+    <t>Inspección General de Personas Jurídicas y Registro Público de Comercio</t>
+  </si>
+  <si>
+    <t>sin_linea</t>
+  </si>
+  <si>
+    <t>3-105-0</t>
+  </si>
+  <si>
+    <t>Dirección de Defensa Civil</t>
+  </si>
+  <si>
+    <t>Acosta, Analía Amalia</t>
+  </si>
+  <si>
+    <t>3-112-0</t>
+  </si>
+  <si>
+    <t>Gualtieri, María Verónica</t>
+  </si>
+  <si>
+    <t>3-113-0</t>
+  </si>
+  <si>
+    <t>Escobar, Fabian Reinaldo</t>
+  </si>
+  <si>
+    <t>3-114-0</t>
+  </si>
+  <si>
+    <t>Almiron, Alejandro Fabian</t>
+  </si>
+  <si>
+    <t>3-115-0</t>
+  </si>
+  <si>
+    <t>Departamento de Compilación y Archivo Legislativo</t>
+  </si>
+  <si>
+    <t>Anderlik, Maximiliano</t>
+  </si>
+  <si>
+    <t>3-116-0</t>
+  </si>
+  <si>
+    <t>Ayala, Elida Raquel</t>
+  </si>
+  <si>
+    <t>3-117-0</t>
+  </si>
+  <si>
+    <t>Sosa, Mauro Ariel</t>
+  </si>
+  <si>
+    <t>3-118-0</t>
+  </si>
+  <si>
+    <t>Departamento de Rendiciones de Cuentas y Contralor</t>
+  </si>
+  <si>
+    <t>Veuthey, José Facundo</t>
+  </si>
+  <si>
+    <t>3-119-0</t>
+  </si>
+  <si>
+    <t>Avalos, Andrés Nicolás</t>
+  </si>
+  <si>
+    <t>3-120-0</t>
+  </si>
+  <si>
+    <t>Aebicher, Clara Inea</t>
+  </si>
+  <si>
+    <t>3-122-0</t>
+  </si>
+  <si>
+    <t>Pérez Billordo, Silvia Alicia</t>
+  </si>
+  <si>
+    <t>3-123-0</t>
+  </si>
+  <si>
+    <t>Departamento de Capacitación y Carrera</t>
+  </si>
+  <si>
+    <t>Villalba, Carolina Rita Veronica</t>
+  </si>
+  <si>
+    <t>3-125-0</t>
+  </si>
+  <si>
+    <t>Departamento de Medidas Cautelares</t>
+  </si>
+  <si>
+    <t>Roa, Gabriela</t>
+  </si>
+  <si>
+    <t>3-126-0</t>
+  </si>
+  <si>
+    <t>Departamento de Certificados e Informes</t>
+  </si>
+  <si>
+    <t>Valenzuela, Elida</t>
+  </si>
+  <si>
+    <t>3-128-0</t>
+  </si>
+  <si>
+    <t>Departamento de Inscripciones Notariales y Especiales</t>
+  </si>
+  <si>
+    <t>Leto, Claudia Inés</t>
+  </si>
+  <si>
+    <t>3-129-0</t>
+  </si>
+  <si>
+    <t>Departamento de Inscripciones Administrativas y Judiciales</t>
+  </si>
+  <si>
+    <t>3-130-0</t>
+  </si>
+  <si>
+    <t>Dirección de Coordinación Operativa</t>
+  </si>
+  <si>
+    <t>Segovia, Juan Alberto</t>
+  </si>
+  <si>
+    <t>3-135-0</t>
+  </si>
+  <si>
+    <t>Departamento de Oficinas Seccionales Registros Civiles</t>
+  </si>
+  <si>
+    <t>3-136-0</t>
+  </si>
+  <si>
+    <t>Departamento de Consorcios y Asociaciones Civiles</t>
+  </si>
+  <si>
+    <t>Ruiz Diaz, Margarita</t>
+  </si>
+  <si>
+    <t>3-138-0</t>
+  </si>
+  <si>
+    <t>Departamento de Cultos</t>
+  </si>
+  <si>
+    <t>Porto, Santiago German</t>
+  </si>
+  <si>
+    <t>3-139-0</t>
+  </si>
+  <si>
+    <t>Departamento de Procuración y Actuación Judicial</t>
+  </si>
+  <si>
+    <t>Skulski, Karina</t>
+  </si>
+  <si>
+    <t>3-140-0</t>
+  </si>
+  <si>
+    <t>Departamento de Fundaciones y Mutuales</t>
+  </si>
+  <si>
+    <t>Espinoza, Fernando</t>
+  </si>
+  <si>
+    <t>3-141-0</t>
+  </si>
+  <si>
+    <t>3-163-0</t>
+  </si>
+  <si>
+    <t>Departamento de Operaciones de Protección Civil</t>
+  </si>
+  <si>
+    <t>3-164-0</t>
+  </si>
+  <si>
+    <t>Departamento de Análisis y Alerta Temprana</t>
+  </si>
+  <si>
+    <t>Montaño, Alberto Ezequiel</t>
+  </si>
+  <si>
+    <t>3-167-0</t>
+  </si>
+  <si>
+    <t>Dirección de Políticas Electorales</t>
+  </si>
+  <si>
+    <t>Toledo, Claudio Daniel</t>
+  </si>
+  <si>
+    <t>3-173-0</t>
+  </si>
+  <si>
+    <t>Departamento de Gestión Legislativa y Judicial</t>
+  </si>
+  <si>
+    <t>Herrera, Marisa Daniela</t>
+  </si>
+  <si>
+    <t>3-174-0</t>
+  </si>
+  <si>
+    <t>Departamento de Gestión y Control</t>
+  </si>
+  <si>
+    <t>Lopez, Vanesa Lorena</t>
+  </si>
+  <si>
+    <t>3-175-0</t>
+  </si>
+  <si>
+    <t>Departamento de Liquidaciones</t>
+  </si>
+  <si>
+    <t>Caballero, Ramon Rito</t>
+  </si>
+  <si>
+    <t>3-176-0</t>
+  </si>
+  <si>
+    <t>Departamento de Asistencia</t>
+  </si>
+  <si>
+    <t>Saucedo, Alfredo Gerardo</t>
+  </si>
+  <si>
+    <t>3-178-0</t>
+  </si>
+  <si>
+    <t>Sub - Dirección</t>
+  </si>
+  <si>
+    <t>3-180-0</t>
+  </si>
+  <si>
+    <t>Departamento de Legal</t>
+  </si>
+  <si>
+    <t>regcivildptolegal@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Antoniolli, Maria Silvia</t>
+  </si>
+  <si>
+    <t>3-181-0</t>
+  </si>
+  <si>
+    <t>Departamento de Inspección Auditoría Zona I (zona Capital)</t>
+  </si>
+  <si>
+    <t>Esquivel, Patricia Natalia Soledad</t>
+  </si>
+  <si>
+    <t>3-186-0</t>
+  </si>
+  <si>
+    <t>Departamento de Expedición de Partidas y Anotaciones Marginales</t>
+  </si>
+  <si>
+    <t>Centurion, Pamela Yanina</t>
+  </si>
+  <si>
+    <t>3-188-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Asuntos Registrales</t>
+  </si>
+  <si>
+    <t>asuntosregistrales@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Marinich, María de las Mercedes</t>
+  </si>
+  <si>
+    <t>3-189-0</t>
+  </si>
+  <si>
+    <t>Dirección de Provincial de Catastro y Cartografía</t>
+  </si>
+  <si>
+    <t>Gómez, Gisela Haydee</t>
+  </si>
+  <si>
+    <t>3-190-0</t>
+  </si>
+  <si>
+    <t>Departamento de Sistemas de Información</t>
+  </si>
+  <si>
+    <t>Gomez Rey, Orlando Manuel</t>
+  </si>
+  <si>
+    <t>3-191-0</t>
+  </si>
+  <si>
+    <t>Departamento de Gestión Interna</t>
+  </si>
+  <si>
+    <t>Perez, Carlos</t>
+  </si>
+  <si>
+    <t>3-192-0</t>
+  </si>
+  <si>
+    <t>Departamento de Información Catastral</t>
+  </si>
+  <si>
+    <t>3-193-0</t>
+  </si>
+  <si>
+    <t>Departamento de Asistencia Estratégica</t>
+  </si>
+  <si>
+    <t>Molina, Nidia Roxana</t>
+  </si>
+  <si>
+    <t>3-194-0</t>
+  </si>
+  <si>
+    <t>Departamento de Dominio</t>
+  </si>
+  <si>
+    <t>Fernandez, Nancy Noemi</t>
+  </si>
+  <si>
+    <t>3-195-0</t>
+  </si>
+  <si>
+    <t>Departamento de Valuaciones</t>
+  </si>
+  <si>
+    <t>Stevlina Ayala, Susana</t>
+  </si>
+  <si>
+    <t>3-196-0</t>
+  </si>
+  <si>
+    <t>Departamento de Topografía</t>
+  </si>
+  <si>
+    <t>Torres, Farias, Horacio</t>
+  </si>
+  <si>
+    <t>3-197-0</t>
+  </si>
+  <si>
+    <t>Departamento de Cartografía</t>
+  </si>
+  <si>
+    <t>3-199-0</t>
+  </si>
+  <si>
+    <t>Dirección de Veteranos de Guerra y Ex-combatienes de Malvinas</t>
+  </si>
+  <si>
+    <t>sin llinea</t>
+  </si>
+  <si>
+    <t>3-217-0</t>
+  </si>
+  <si>
+    <t>Orban, Eliana Gabriela</t>
+  </si>
+  <si>
+    <t>3-219-0</t>
+  </si>
+  <si>
+    <t>Dirección General de Registro de la Propiedad Inmueble</t>
+  </si>
+  <si>
+    <t>Ramirez Grismado, Marina Olga</t>
+  </si>
+  <si>
+    <t>3-220-0</t>
+  </si>
+  <si>
+    <t>Dirección de Registro de la Propiedad Inmueble - Resistencia</t>
+  </si>
+  <si>
+    <t>Diez, Lilia Noemi</t>
+  </si>
+  <si>
+    <t>3-221-0</t>
+  </si>
+  <si>
+    <t>Dirección de Registro de la Propiedad Inmueble - Presidencia Roque Sáenz Peña</t>
+  </si>
+  <si>
+    <t>Dayub, Juan Guillermo</t>
+  </si>
+  <si>
+    <t>3-222-0</t>
+  </si>
+  <si>
+    <t>Lozina, Romina</t>
+  </si>
+  <si>
+    <t>3-223-0</t>
+  </si>
+  <si>
+    <t>Massad Borsatto, Flavia Pamela</t>
+  </si>
+  <si>
+    <t>3-224-0</t>
+  </si>
+  <si>
+    <t>Departamento de Fichero y Procesamiento de Datos</t>
+  </si>
+  <si>
+    <t>3-225-0</t>
+  </si>
+  <si>
+    <t>3-226-0</t>
+  </si>
+  <si>
+    <t>Delgado, Mauro</t>
+  </si>
+  <si>
+    <t>3-230-0</t>
+  </si>
+  <si>
+    <t>Dirección de Culto</t>
+  </si>
+  <si>
+    <t>cultochacoprov@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Garcia, Pedro Luis</t>
+  </si>
+  <si>
+    <t>3-238-0</t>
+  </si>
+  <si>
+    <t>Dirección de Asociativismo</t>
+  </si>
+  <si>
+    <t>Diaz Gomez, Carlos Miguel</t>
+  </si>
+  <si>
+    <t>3-239-0</t>
+  </si>
+  <si>
+    <t>Departamento de Entidades Deportivas y Comunitarias</t>
+  </si>
+  <si>
+    <t>Zanazzo, Maria Laura</t>
+  </si>
+  <si>
+    <t>3-240-0</t>
+  </si>
+  <si>
+    <t>Departamento de Gestión Administrativa</t>
+  </si>
+  <si>
+    <t>Vonka, Javier Eduardo</t>
+  </si>
+  <si>
+    <t>3-241-0</t>
+  </si>
+  <si>
+    <t>Dirección de Fiscalización</t>
+  </si>
+  <si>
+    <t>Serrano, Nicolas Marcelo</t>
+  </si>
+  <si>
+    <t>3-242-0</t>
+  </si>
+  <si>
+    <t>Departamento de Civiles</t>
+  </si>
+  <si>
+    <t>Segovia, Dario Daniel</t>
+  </si>
+  <si>
+    <t>3-243-0</t>
+  </si>
+  <si>
+    <t>Departamento de Comerciales</t>
+  </si>
+  <si>
+    <t>Canteros, Osvaldo Antonio</t>
+  </si>
+  <si>
+    <t>3-244-0</t>
+  </si>
+  <si>
+    <t>Dirección de Registro Publico de Comercio</t>
+  </si>
+  <si>
+    <t>Vañek Aguirre, Ana Melisa</t>
+  </si>
+  <si>
+    <t>3-245-0</t>
+  </si>
+  <si>
+    <t>Departamento de Sociedades Anónimas</t>
+  </si>
+  <si>
+    <t>3-246-0</t>
+  </si>
+  <si>
+    <t>Departamento de Sociedad de Responsabilidad Limitada</t>
+  </si>
+  <si>
+    <t>Mena, Dora Silvia</t>
+  </si>
+  <si>
+    <t>3-247-0</t>
+  </si>
+  <si>
+    <t>Departamento de Empresas de Familia, Matriculas, Comerciales, Unión Transitorias de Empresas y Fideicomisos</t>
+  </si>
+  <si>
+    <t>Vallejos, Maria Ines</t>
+  </si>
+  <si>
+    <t>3-248-0</t>
+  </si>
+  <si>
+    <t>Departamento de Sociedades Especiales</t>
+  </si>
+  <si>
+    <t>Morales, Roque Nicolas</t>
+  </si>
+  <si>
+    <t>3-249-0</t>
+  </si>
+  <si>
+    <t>Dirección de Provincial Del Trabajo</t>
+  </si>
+  <si>
+    <t>dirprovincialtrabajo@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Meza, Celia Elizabeth</t>
+  </si>
+  <si>
+    <t>3-250-0</t>
+  </si>
+  <si>
+    <t>Departamento de Gestión Del Trabajo</t>
+  </si>
+  <si>
+    <t>3-251-0</t>
+  </si>
+  <si>
+    <t>Departamento de Delegaciones Regionales e Inspectorías</t>
+  </si>
+  <si>
+    <t>La Real, Sonia Soledad</t>
+  </si>
+  <si>
+    <t>3-252-0</t>
+  </si>
+  <si>
+    <t>Departamento de Relaciones Laborales</t>
+  </si>
+  <si>
+    <t>Torrente, Juan Marcelo</t>
+  </si>
+  <si>
+    <t>3-253-0</t>
+  </si>
+  <si>
+    <t>Departamento de Juridico</t>
+  </si>
+  <si>
+    <t>Teruel, Analia Elizabeth</t>
+  </si>
+  <si>
+    <t>3-254-0</t>
+  </si>
+  <si>
+    <t>Departamento de Seguridad Laboral</t>
+  </si>
+  <si>
+    <t>3-255-0</t>
+  </si>
+  <si>
+    <t>Departamento de Policía Del Trabajo</t>
+  </si>
+  <si>
+    <t>dptopoliciatrabajo@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Soto, Carlos Esteban</t>
+  </si>
+  <si>
+    <t>3-256-0</t>
+  </si>
+  <si>
+    <t>Davalos, Jorge Alberto</t>
+  </si>
+  <si>
+    <t>3-257-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Trabajo</t>
+  </si>
+  <si>
+    <t>8019/7312</t>
+  </si>
+  <si>
+    <t>sub.trabajo@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Ibarra, María Noel</t>
+  </si>
+  <si>
+    <t>3-258-0</t>
+  </si>
+  <si>
+    <t>Dirección de Provincial Para la Prevención y Erradicación Del Trabajo Infantil y Protección Del Trabajo Adolescente - Dipropeti-</t>
+  </si>
+  <si>
+    <t>Marcón, María Martha</t>
+  </si>
+  <si>
+    <t>3-259-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Protección Civil</t>
+  </si>
+  <si>
+    <t>sub.proteccioncivil@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Santo, Gustavo Ariel</t>
+  </si>
+  <si>
+    <t>3-260-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Gobierno</t>
+  </si>
+  <si>
+    <t>8011/7003</t>
+  </si>
+  <si>
+    <t>subgobierno@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Corradi, Gustavo Silvio</t>
+  </si>
+  <si>
+    <t>3-262-0</t>
+  </si>
+  <si>
+    <t>Cabrera, Susana Gaciela</t>
+  </si>
+  <si>
+    <t>3-263-0</t>
+  </si>
+  <si>
+    <t>Moyano, Gisela Lilian</t>
+  </si>
+  <si>
+    <t>3-264-0</t>
+  </si>
+  <si>
+    <t>3-267-0</t>
+  </si>
+  <si>
+    <t>Departamento de Legal y Técnico</t>
+  </si>
+  <si>
+    <t>Quijano, Natalia Carolina</t>
+  </si>
+  <si>
+    <t>3-268-0</t>
+  </si>
+  <si>
+    <t>Departamento de Policía Del Trabajo Infantil y Protección Del Trabajo Adolescente</t>
+  </si>
+  <si>
+    <t>Sánchez, Iván Edgardo</t>
+  </si>
+  <si>
+    <t>3-272-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Genero y Diversidad</t>
+  </si>
+  <si>
+    <t>subgeneroydiversidad@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Valenzuela, Sonia Elisabet</t>
+  </si>
+  <si>
+    <t>3-273-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Derechos Humanos</t>
+  </si>
+  <si>
+    <t>mingobsubderechoshum@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Maldonado, Victor Hugo</t>
+  </si>
+  <si>
+    <t>3-274-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Justicia</t>
+  </si>
+  <si>
+    <t>mingobsubdejusticia@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Fernandez Asselle, Elisa Estefanía</t>
+  </si>
+  <si>
+    <t>3-275-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Pueblos Originarios</t>
+  </si>
+  <si>
+    <t>subpueblosoriginario@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Ramirez, Daniel Alberto</t>
+  </si>
+  <si>
+    <t>4-101-0</t>
+  </si>
+  <si>
+    <t>Ministerio de Hacienda y Finanzas</t>
+  </si>
+  <si>
+    <t>hacienda@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Abraam, José Alejandro</t>
+  </si>
+  <si>
+    <t>Prueba - Ungi 868</t>
+  </si>
+  <si>
+    <t>4-103-0</t>
+  </si>
+  <si>
+    <t>8054/8867</t>
+  </si>
+  <si>
+    <t>secgralmpye@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>4-104-0</t>
+  </si>
+  <si>
+    <t>Dirección de Unidad de Planificacion Sectorial</t>
+  </si>
+  <si>
+    <t>upshacienda@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Cayon, Maria Mercedes</t>
+  </si>
+  <si>
+    <t>4-105-0</t>
+  </si>
+  <si>
+    <t>Dirección de Administracion</t>
+  </si>
+  <si>
+    <t>mhyfpdirecciondeadm@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Gutiérrez, Cinthia Elizabeth</t>
+  </si>
+  <si>
+    <t>4-106-0</t>
+  </si>
+  <si>
+    <t>rhhacienda@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Monzon, Zulema Beatriz</t>
+  </si>
+  <si>
+    <t>4-107-0</t>
+  </si>
+  <si>
+    <t>Dirección de Unidad de Auditoria Interna</t>
+  </si>
+  <si>
+    <t>4448084/4448085</t>
+  </si>
+  <si>
+    <t>8084/8085</t>
+  </si>
+  <si>
+    <t>Del Blanco, Karen Marina</t>
+  </si>
+  <si>
+    <t>4-108-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Hacienda</t>
+  </si>
+  <si>
+    <t>sub.hacienda@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Villalonga, Sebastián Carlos</t>
+  </si>
+  <si>
+    <t>4-109-0</t>
+  </si>
+  <si>
+    <t>Dirección General de Finanzas y Programación Presupuestaria</t>
+  </si>
+  <si>
+    <t>8022/8473</t>
+  </si>
+  <si>
+    <t>dirgraldepresupuesto@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Rossi, Valeria Ileana</t>
+  </si>
+  <si>
+    <t>4-110-0</t>
+  </si>
+  <si>
+    <t>Dirección General de Oficina de Asistencia a la Uosac</t>
+  </si>
+  <si>
+    <t>4-120-0</t>
+  </si>
+  <si>
+    <t>Departamento de Planificacion y Seguimiento de Actividades</t>
+  </si>
+  <si>
+    <t>Seki, Edelweiss</t>
+  </si>
+  <si>
+    <t>4-121-0</t>
+  </si>
+  <si>
+    <t>Departamento de Planificacion y Seguimiento Presupuestario</t>
+  </si>
+  <si>
+    <t>Villalba, Nair Mattio</t>
+  </si>
+  <si>
+    <t>4-122-0</t>
+  </si>
+  <si>
+    <t>mecon.adm1@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Cardozo, Jesica Adelia</t>
+  </si>
+  <si>
+    <t>4-123-0</t>
+  </si>
+  <si>
+    <t>8070/8249</t>
+  </si>
+  <si>
+    <t>Wucherer, Patricia Gisela</t>
+  </si>
+  <si>
+    <t>4-124-0</t>
+  </si>
+  <si>
+    <t>8070/8135</t>
+  </si>
+  <si>
+    <t>Ferreyra Rizzoli, Gloria</t>
+  </si>
+  <si>
+    <t>4-125-0</t>
+  </si>
+  <si>
+    <t>Departamento de Rendiciones y Contralor</t>
+  </si>
+  <si>
+    <t>8070/6434</t>
+  </si>
+  <si>
+    <t>4-126-0</t>
+  </si>
+  <si>
+    <t>Departamento de Tesoreria</t>
+  </si>
+  <si>
+    <t>mecon.tesoreria@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>4-127-0</t>
+  </si>
+  <si>
+    <t>Departamento de Capacitacion y Carrera</t>
+  </si>
+  <si>
+    <t>capacithacienda@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Monzon, Mercedes</t>
+  </si>
+  <si>
+    <t>4-128-0</t>
+  </si>
+  <si>
+    <t>Villanueva, Gustavo Javier</t>
+  </si>
+  <si>
+    <t>4-129-0</t>
+  </si>
+  <si>
+    <t>Mieres, Hector Obdulio</t>
+  </si>
+  <si>
+    <t>4-145-0</t>
+  </si>
+  <si>
+    <t>Departamento de Administrativo (f)</t>
+  </si>
+  <si>
+    <t>4-146-0</t>
+  </si>
+  <si>
+    <t>Dirección de Presupuesto</t>
+  </si>
+  <si>
+    <t>4-147-0</t>
+  </si>
+  <si>
+    <t>Dirección de Programación de la Ejecución Presupuestaria</t>
+  </si>
+  <si>
+    <t>4-148-0</t>
+  </si>
+  <si>
+    <t>Dirección de Crédito Público</t>
+  </si>
+  <si>
+    <t>4-149-0</t>
+  </si>
+  <si>
+    <t>Dirección de Estadistica Presupuestaria</t>
+  </si>
+  <si>
+    <t>4-150-0</t>
+  </si>
+  <si>
+    <t>Dirección de Programacion, Informacion y Control</t>
+  </si>
+  <si>
+    <t>Tracogna, Maria Cecilia</t>
+  </si>
+  <si>
+    <t>4-151-0</t>
+  </si>
+  <si>
+    <t>Departamento de Programacion</t>
+  </si>
+  <si>
+    <t>Bertoni, Yanina, Eliana</t>
+  </si>
+  <si>
+    <t>4-152-0</t>
+  </si>
+  <si>
+    <t>Departamento de Informacion y Control</t>
+  </si>
+  <si>
+    <t>4-153-0</t>
+  </si>
+  <si>
+    <t>Departamento de Administrativo (u)</t>
+  </si>
+  <si>
+    <t>González, María Carolina</t>
+  </si>
+  <si>
+    <t>4-154-0</t>
+  </si>
+  <si>
+    <t>Dirección de Elaboracion e Interpretacion Normativa</t>
+  </si>
+  <si>
+    <t>Ratti, Claudia Viviana</t>
+  </si>
+  <si>
+    <t>4-160-0</t>
+  </si>
+  <si>
+    <t>Departamento de Mesa de Entrada, Salida y Archivos</t>
+  </si>
+  <si>
+    <t>8054/7318</t>
+  </si>
+  <si>
+    <t>Ríos Paleari, Carla Milena</t>
+  </si>
+  <si>
+    <t>4-161-0</t>
+  </si>
+  <si>
+    <t>Herrera, Mario Fabian</t>
+  </si>
+  <si>
+    <t>4-165-0</t>
+  </si>
+  <si>
+    <t>Subdireccion Formulación Presupuestaria</t>
+  </si>
+  <si>
+    <t>4-168-0</t>
+  </si>
+  <si>
+    <t>Dirección de Gestión Institucional</t>
+  </si>
+  <si>
+    <t>Totaro Escudero, Juan Carlos</t>
+  </si>
+  <si>
+    <t>4-169-0</t>
+  </si>
+  <si>
+    <t>Departamento de Gestión y Enlace</t>
+  </si>
+  <si>
+    <t>Maciel, Cristian David</t>
+  </si>
+  <si>
+    <t>4-170-0</t>
+  </si>
+  <si>
+    <t>Departamento de Asistencia Financiera</t>
+  </si>
+  <si>
+    <t>Limanosvky, Ernesto Pablo</t>
+  </si>
+  <si>
+    <t>4-173-0</t>
+  </si>
+  <si>
+    <t>Dirección de Planificación Estratégica</t>
+  </si>
+  <si>
+    <t>4-174-0</t>
+  </si>
+  <si>
+    <t>Departamento de Métodos, Planes y Proyectos</t>
+  </si>
+  <si>
+    <t>4-175-0</t>
+  </si>
+  <si>
+    <t>Departamento de Análisis Estratégico</t>
+  </si>
+  <si>
+    <t>4-176-0</t>
+  </si>
+  <si>
+    <t>Dirección de Evaluación</t>
+  </si>
+  <si>
+    <t>4-177-0</t>
+  </si>
+  <si>
+    <t>Departamento de Sistema de Evaluación</t>
+  </si>
+  <si>
+    <t>4-178-0</t>
+  </si>
+  <si>
+    <t>Departamento de Ejecución Física y Financiera</t>
+  </si>
+  <si>
+    <t>4-184-0</t>
+  </si>
+  <si>
+    <t>Dirección de Relaciones Internacionales</t>
+  </si>
+  <si>
+    <t>Galeano, Graciela Rosana</t>
+  </si>
+  <si>
+    <t>4-185-0</t>
+  </si>
+  <si>
+    <t>Dirección de Asuntos Jurídicos</t>
+  </si>
+  <si>
+    <t>4-193-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Coordinación de Gabinete Económico</t>
+  </si>
+  <si>
+    <t>gabineteeconomico@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Agüero, Guillermo Cesar</t>
+  </si>
+  <si>
+    <t>5-101-0</t>
+  </si>
+  <si>
+    <t>Ministerio de  la Producción y el Desarrollo Económico Sostenible</t>
+  </si>
+  <si>
+    <t>4448031/21</t>
+  </si>
+  <si>
+    <t>8031-8021</t>
+  </si>
+  <si>
+    <t>producindustriayemp@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Halavacs, Hernan Javier</t>
+  </si>
+  <si>
+    <t>5-102-0</t>
+  </si>
+  <si>
+    <t>8066/8434</t>
+  </si>
+  <si>
+    <t>mp.secgeneral@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Zarate, Sergio Dario</t>
+  </si>
+  <si>
+    <t>5-103-0</t>
+  </si>
+  <si>
+    <t>8069/8114</t>
+  </si>
+  <si>
+    <t>mp.diradministracion@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Dellamea, Adriana Paola</t>
+  </si>
+  <si>
+    <t>5-104-0</t>
+  </si>
+  <si>
+    <t>7316/8852</t>
+  </si>
+  <si>
+    <t>urhproduccion@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Ruiz Diaz, Graciela Edith</t>
+  </si>
+  <si>
+    <t>5-105-0</t>
+  </si>
+  <si>
+    <t>8224/8073</t>
+  </si>
+  <si>
+    <t>Pereyra, Mirta Noemí</t>
+  </si>
+  <si>
+    <t>5-106-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Agricultura</t>
+  </si>
+  <si>
+    <t>sub.agricultura@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Pascual, Oscar Armando</t>
+  </si>
+  <si>
+    <t>5-107-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Ganaderia y Producción Animal</t>
+  </si>
+  <si>
+    <t>sub.ganaderia@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Kasko, Mariela Alejandra</t>
+  </si>
+  <si>
+    <t>5-113-0</t>
+  </si>
+  <si>
+    <t>Dirección de Ganaderia</t>
+  </si>
+  <si>
+    <t>Pecovich, Liliam Mabel</t>
+  </si>
+  <si>
+    <t>5-114-0</t>
+  </si>
+  <si>
+    <t>Dirección de Producción Animal</t>
+  </si>
+  <si>
+    <t>8072/8052</t>
+  </si>
+  <si>
+    <t>Corsi, Carlos</t>
+  </si>
+  <si>
+    <t>5-115-0</t>
+  </si>
+  <si>
+    <t>Dirección de Centro de Documentación e Información</t>
+  </si>
+  <si>
+    <t>4450119-4425852</t>
+  </si>
+  <si>
+    <t>Benitez, Héctor Daniel</t>
+  </si>
+  <si>
+    <t>5-116-0</t>
+  </si>
+  <si>
+    <t>Dirección de Apoyo Territorial y Agencias</t>
+  </si>
+  <si>
+    <t>8076/8260</t>
+  </si>
+  <si>
+    <t>Leyes, Marcelo Alejandro</t>
+  </si>
+  <si>
+    <t>5-117-0</t>
+  </si>
+  <si>
+    <t>Dirección de Cooperativas</t>
+  </si>
+  <si>
+    <t>4448081/4448023</t>
+  </si>
+  <si>
+    <t>8081/8023</t>
+  </si>
+  <si>
+    <t>Hochberg, Bernardo Manuel</t>
+  </si>
+  <si>
+    <t>5-119-0</t>
+  </si>
+  <si>
+    <t>Dirección de Suelos y Agua Rural</t>
+  </si>
+  <si>
+    <t>Soto, Gabriela Lilian</t>
+  </si>
+  <si>
+    <t>5-120-0</t>
+  </si>
+  <si>
+    <t>Dirección de Bosques</t>
+  </si>
+  <si>
+    <t>S.PEÑA 3644428986</t>
+  </si>
+  <si>
+    <t>Bernabe Carrocino, Emanuel</t>
+  </si>
+  <si>
+    <t>5-122-0</t>
+  </si>
+  <si>
+    <t>Dirección de Producción Agricola</t>
+  </si>
+  <si>
+    <t>5-123-0</t>
+  </si>
+  <si>
+    <t>Departamento de Geoinformación de Recursos Forestales</t>
+  </si>
+  <si>
+    <t>Dorado, Gabriel Joaquin</t>
+  </si>
+  <si>
+    <t>5-129-0</t>
+  </si>
+  <si>
+    <t>Orrantia, Maria Soledad</t>
+  </si>
+  <si>
+    <t>5-133-0</t>
+  </si>
+  <si>
+    <t>Vargas, Patricia Silvana</t>
+  </si>
+  <si>
+    <t>5-136-0</t>
+  </si>
+  <si>
+    <t>Departamento de Estadísticas y Comercialización</t>
+  </si>
+  <si>
+    <t>5-137-0</t>
+  </si>
+  <si>
+    <t>Departamento de Economía y Mercados</t>
+  </si>
+  <si>
+    <t>Morán, Miriam</t>
+  </si>
+  <si>
+    <t>5-138-0</t>
+  </si>
+  <si>
+    <t>Departamento de Producción y Manejo Tecnologico</t>
+  </si>
+  <si>
+    <t>Sanchez, Maria Belen</t>
+  </si>
+  <si>
+    <t>5-139-0</t>
+  </si>
+  <si>
+    <t>Departamento de Desarrollo e Innovación Productiva</t>
+  </si>
+  <si>
+    <t>5-145-0</t>
+  </si>
+  <si>
+    <t>Departamento de Fiscalización de Cooperativas</t>
+  </si>
+  <si>
+    <t>Lezcano, Liliana Haide</t>
+  </si>
+  <si>
+    <t>5-146-0</t>
+  </si>
+  <si>
+    <t>Departamento de Asistencia y Desarrollo</t>
+  </si>
+  <si>
+    <t>Theodil Deneu, Luisina</t>
+  </si>
+  <si>
+    <t>5-149-0</t>
+  </si>
+  <si>
+    <t>Departamento de Regional 6</t>
+  </si>
+  <si>
+    <t>Montes, Sergio Daniel</t>
+  </si>
+  <si>
+    <t>5-151-0</t>
+  </si>
+  <si>
+    <t>Departamento de Sanidad Animal</t>
+  </si>
+  <si>
+    <t>4427317(laboratorio)</t>
+  </si>
+  <si>
+    <t>Acosta, Alicia Beatriz</t>
+  </si>
+  <si>
+    <t>5-152-0</t>
+  </si>
+  <si>
+    <t>Departamento de Registro de Marcas y Señales</t>
+  </si>
+  <si>
+    <t>Garces, José Luis Felix</t>
+  </si>
+  <si>
+    <t>5-153-0</t>
+  </si>
+  <si>
+    <t>Departamento de Estadística Pecuaria</t>
+  </si>
+  <si>
+    <t>Parera, Johana</t>
+  </si>
+  <si>
+    <t>5-154-0</t>
+  </si>
+  <si>
+    <t>Departamento de Fiscalización Productos Alimenticios</t>
+  </si>
+  <si>
+    <t>5-155-0</t>
+  </si>
+  <si>
+    <t>Departamento de Cadena Carnica Bovina</t>
+  </si>
+  <si>
+    <t>Besil, Monica Susana</t>
+  </si>
+  <si>
+    <t>5-156-0</t>
+  </si>
+  <si>
+    <t>Departamento de Animales Menores y Granja</t>
+  </si>
+  <si>
+    <t>Hochberg, Carlos Carbajal</t>
+  </si>
+  <si>
+    <t>5-157-0</t>
+  </si>
+  <si>
+    <t>Departamento de Evaluación y Asistencia a Los Programas</t>
+  </si>
+  <si>
+    <t>Oliver, Magdalena</t>
+  </si>
+  <si>
+    <t>5-164-0</t>
+  </si>
+  <si>
+    <t>Noguer, Javier Alejandro</t>
+  </si>
+  <si>
+    <t>5-165-0</t>
+  </si>
+  <si>
+    <t>Departamento de Registro y Autorizaciones</t>
+  </si>
+  <si>
+    <t>5-166-0</t>
+  </si>
+  <si>
+    <t>Departamento de Delegaciones Forestales</t>
+  </si>
+  <si>
+    <t>5-167-0</t>
+  </si>
+  <si>
+    <t>Departamento de Planificación  Forestal y Auditorias</t>
+  </si>
+  <si>
+    <t>Brites, Oscar  Francisco</t>
+  </si>
+  <si>
+    <t>5-168-0</t>
+  </si>
+  <si>
+    <t>Departamento de Extensión Forestal</t>
+  </si>
+  <si>
+    <t>5-169-0</t>
+  </si>
+  <si>
+    <t>Departamento de Fiscalización y Control</t>
+  </si>
+  <si>
+    <t>5-170-0</t>
+  </si>
+  <si>
+    <t>Departamento de Regimen Forestal</t>
+  </si>
+  <si>
+    <t>5-179-0</t>
+  </si>
+  <si>
+    <t>7316/8853</t>
+  </si>
+  <si>
+    <t>5-180-0</t>
+  </si>
+  <si>
+    <t>Ruiz Diaz, Norma Helda</t>
+  </si>
+  <si>
+    <t>5-181-0</t>
+  </si>
+  <si>
+    <t>5-182-0</t>
+  </si>
+  <si>
+    <t>Departamento de Administración de Créditos</t>
+  </si>
+  <si>
+    <t>Gonzalez, Graciela Elizabeth</t>
+  </si>
+  <si>
+    <t>5-183-0</t>
+  </si>
+  <si>
+    <t>7319/6432</t>
+  </si>
+  <si>
+    <t>Valdez, Vilma</t>
+  </si>
+  <si>
+    <t>5-184-0</t>
+  </si>
+  <si>
+    <t>Murgusur, Nelson Ariel</t>
+  </si>
+  <si>
+    <t>5-185-0</t>
+  </si>
+  <si>
+    <t>Departamento de Subresponsables</t>
+  </si>
+  <si>
+    <t>Arias, Laura Roxana</t>
+  </si>
+  <si>
+    <t>5-186-0</t>
+  </si>
+  <si>
+    <t>Ojeda, Vanesa Elisabeth</t>
+  </si>
+  <si>
+    <t>5-187-0</t>
+  </si>
+  <si>
+    <t>Romero, Germán Horacio</t>
+  </si>
+  <si>
+    <t>5-188-0</t>
+  </si>
+  <si>
+    <t>5-189-0</t>
+  </si>
+  <si>
+    <t>Departamento de Información y Resguardo</t>
+  </si>
+  <si>
+    <t>Moglia, Daniel Esteban</t>
+  </si>
+  <si>
+    <t>5-191-0</t>
+  </si>
+  <si>
+    <t>Gimeno, Belquis Eva</t>
+  </si>
+  <si>
+    <t>5-192-0</t>
+  </si>
+  <si>
+    <t>Gomez, Melisa Gisela</t>
+  </si>
+  <si>
+    <t>5-193-0</t>
+  </si>
+  <si>
+    <t>Departamento de Logistica</t>
+  </si>
+  <si>
+    <t>Casaccia, Amilcar Saul</t>
+  </si>
+  <si>
+    <t>5-196-0</t>
+  </si>
+  <si>
+    <t>Departamento de Gestión Proyectos y Financiamiento</t>
+  </si>
+  <si>
+    <t>5-197-0</t>
+  </si>
+  <si>
+    <t>Departamento de Gestión Comunicacional e Información</t>
+  </si>
+  <si>
+    <t>Fernández, Evangelina Soledad</t>
+  </si>
+  <si>
+    <t>5-199-0</t>
+  </si>
+  <si>
+    <t>Departamento de Promoción y Educación de Cooperativas</t>
+  </si>
+  <si>
+    <t>Jara, Guillermo Daniel</t>
+  </si>
+  <si>
+    <t>5-200-0</t>
+  </si>
+  <si>
+    <t>Departamento de Promoción y Desarrollo de Cooperativas Agrarias</t>
+  </si>
+  <si>
+    <t>Morinigo, Rita Raquel</t>
+  </si>
+  <si>
+    <t>5-201-0</t>
+  </si>
+  <si>
+    <t>Departamento de Regional 4</t>
+  </si>
+  <si>
+    <t>Spahn, Rubén Alberto</t>
+  </si>
+  <si>
+    <t>5-202-0</t>
+  </si>
+  <si>
+    <t>Departamento de Regional 3</t>
+  </si>
+  <si>
+    <t>5-203-0</t>
+  </si>
+  <si>
+    <t>Departamento de Regional 1</t>
+  </si>
+  <si>
+    <t>Kolazinski, Hugo</t>
+  </si>
+  <si>
+    <t>5-204-0</t>
+  </si>
+  <si>
+    <t>Departamento de Regional 5</t>
+  </si>
+  <si>
+    <t>Silva, Luis Alberto</t>
+  </si>
+  <si>
+    <t>5-205-0</t>
+  </si>
+  <si>
+    <t>Departamento de Producción Alternativa</t>
+  </si>
+  <si>
+    <t>4448052/4448072</t>
+  </si>
+  <si>
+    <t>Mambrin, Mauricio Luis</t>
+  </si>
+  <si>
+    <t>5-206-0</t>
+  </si>
+  <si>
+    <t>Departamento de Estudio de Suelos y Conservación</t>
+  </si>
+  <si>
+    <t>Mansilla, Natalia Paola</t>
+  </si>
+  <si>
+    <t>5-209-0</t>
+  </si>
+  <si>
+    <t>Dirección de Desarrollo Algodonero</t>
+  </si>
+  <si>
+    <t>Bast, Ruben Dario</t>
+  </si>
+  <si>
+    <t>5-216-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Desarrollo Forestal</t>
+  </si>
+  <si>
+    <t>desarrolloforestal@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Frank, Jorge Damián</t>
+  </si>
+  <si>
+    <t>5-217-0</t>
+  </si>
+  <si>
+    <t>Dellamea Sanchez, Maria</t>
+  </si>
+  <si>
+    <t>5-218-0</t>
+  </si>
+  <si>
+    <t>Zampaino, Maria de los Angeles</t>
+  </si>
+  <si>
+    <t>5-219-0</t>
+  </si>
+  <si>
+    <t>Departamento de Laboratorio y Control de Calidad</t>
+  </si>
+  <si>
+    <t>Gauna, Luciana Fabiola</t>
+  </si>
+  <si>
+    <t>5-220-0</t>
+  </si>
+  <si>
+    <t>Departamento de Regional 2</t>
+  </si>
+  <si>
+    <t>Koloszuk, Jose</t>
+  </si>
+  <si>
+    <t>5-221-0</t>
+  </si>
+  <si>
+    <t>Departamento de Digitalización  y Monitoreo</t>
+  </si>
+  <si>
+    <t>5-222-0</t>
+  </si>
+  <si>
+    <t>Departamento de Riesgo Agroclimático, Laboratorio y Aguas</t>
+  </si>
+  <si>
+    <t>Quiroz, Norma Cristina</t>
+  </si>
+  <si>
+    <t>5-223-0</t>
+  </si>
+  <si>
+    <t>Dirección de Certificación y Competitividad</t>
+  </si>
+  <si>
+    <t>Ordenavia, Maria Noelia</t>
+  </si>
+  <si>
+    <t>5-224-0</t>
+  </si>
+  <si>
+    <t>Dirección de Industria</t>
+  </si>
+  <si>
+    <t>Gómez, Francisco  Javier</t>
+  </si>
+  <si>
+    <t>5-225-0</t>
+  </si>
+  <si>
+    <t>Departamento de Promoción de Inversiones y Evaluación de Proyectos</t>
+  </si>
+  <si>
+    <t>Villacorta, Diego Pablo</t>
+  </si>
+  <si>
+    <t>5-226-0</t>
+  </si>
+  <si>
+    <t>Departamento de Legal y Contralor Industrial</t>
+  </si>
+  <si>
+    <t>Pedrozo, María del Rosario</t>
+  </si>
+  <si>
+    <t>5-227-0</t>
+  </si>
+  <si>
+    <t>Departamento de Areas y Parques Industriales</t>
+  </si>
+  <si>
+    <t>5-228-0</t>
+  </si>
+  <si>
+    <t>Dirección de Vinculación Empresarial</t>
+  </si>
+  <si>
+    <t>Beveraggi, Hipolito</t>
+  </si>
+  <si>
+    <t>5-229-0</t>
+  </si>
+  <si>
+    <t>Departamento de Asistencia al Desarrollo Comercial</t>
+  </si>
+  <si>
+    <t>Medina, Sonia Roxana</t>
+  </si>
+  <si>
+    <t>5-230-0</t>
+  </si>
+  <si>
+    <t>Departamento de Asistencia Territorial</t>
+  </si>
+  <si>
+    <t>Brizuela Grossi, Alejandra</t>
+  </si>
+  <si>
+    <t>5-232-0</t>
+  </si>
+  <si>
+    <t>Dirección de Comercio</t>
+  </si>
+  <si>
+    <t>5-233-0</t>
+  </si>
+  <si>
+    <t>Dirección de Defensa al Consumidor</t>
+  </si>
+  <si>
+    <t>4448062   (0800-4443346)</t>
+  </si>
+  <si>
+    <t>sub.consumidor@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Sevilla, Silvia Amanda</t>
+  </si>
+  <si>
+    <t>5-234-0</t>
+  </si>
+  <si>
+    <t>Departamento de Información y Atención Primaria al Consumidor</t>
+  </si>
+  <si>
+    <t>Alarcon, Juan Carlos</t>
+  </si>
+  <si>
+    <t>5-235-0</t>
+  </si>
+  <si>
+    <t>Departamento de Notificación y Fiscalización</t>
+  </si>
+  <si>
+    <t>Cantero Garcilazo, Raul Cesar</t>
+  </si>
+  <si>
+    <t>5-236-0</t>
+  </si>
+  <si>
+    <t>Departamento de Servicios Juridicos</t>
+  </si>
+  <si>
+    <t>Tessaro, Raul Giovanni</t>
+  </si>
+  <si>
+    <t>5-238-0</t>
+  </si>
+  <si>
+    <t>Dirección de Desarrollo Emprendedor</t>
+  </si>
+  <si>
+    <t>Espinola, Maria Antonella</t>
+  </si>
+  <si>
+    <t>5-239-0</t>
+  </si>
+  <si>
+    <t>Departamento de Apoyo a la Comercialización</t>
+  </si>
+  <si>
+    <t>Garcia, Maria Teresa Matilde</t>
+  </si>
+  <si>
+    <t>5-240-0</t>
+  </si>
+  <si>
+    <t>Departamento de Incubadora de Empresas</t>
+  </si>
+  <si>
+    <t>5-241-0</t>
+  </si>
+  <si>
+    <t>Dirección de Proyectos Estratégicos e Innovación</t>
+  </si>
+  <si>
+    <t>Larrea, Enrrique</t>
+  </si>
+  <si>
+    <t>5-242-0</t>
+  </si>
+  <si>
+    <t>Departamento de Informatorio</t>
+  </si>
+  <si>
+    <t>5-243-0</t>
+  </si>
+  <si>
+    <t>Dirección de Promoción y Fortalecimiento Del Empleo</t>
+  </si>
+  <si>
+    <t>Fernández, Jorge Manuel</t>
+  </si>
+  <si>
+    <t>5-244-0</t>
+  </si>
+  <si>
+    <t>Departamento de Capacitación Laboral</t>
+  </si>
+  <si>
+    <t>5-245-0</t>
+  </si>
+  <si>
+    <t>Grechijnski, Marisa Elizabet</t>
+  </si>
+  <si>
+    <t>5-246-0</t>
+  </si>
+  <si>
+    <t>Departamento de Vinculaciones Empresariales</t>
+  </si>
+  <si>
+    <t>Morales, Victor Fernando</t>
+  </si>
+  <si>
+    <t>5-248-0</t>
+  </si>
+  <si>
+    <t>Dirección de Producción y Fiscalización Agrícola</t>
+  </si>
+  <si>
+    <t>5-250-0</t>
+  </si>
+  <si>
+    <t>Departamento de Gestión y Fiscalización de Cultivos Industriales</t>
+  </si>
+  <si>
+    <t>Sosa, Patricia Noemi</t>
+  </si>
+  <si>
+    <t>5-251-0</t>
+  </si>
+  <si>
+    <t>Departamento de Gestión de Datos y Estadísticas</t>
+  </si>
+  <si>
+    <t>5-253-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Coordinación</t>
+  </si>
+  <si>
+    <t>coorprosostenible@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Olivero, Mario Antonio</t>
+  </si>
+  <si>
+    <t>5-254-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Desarrollo Territorial</t>
+  </si>
+  <si>
+    <t>desterritorial@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Ogara, Alicia Beatriz</t>
+  </si>
+  <si>
+    <t>5-255-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Ambiente</t>
+  </si>
+  <si>
+    <t>sub.ambiente@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Moro, Mariano Sebastián</t>
+  </si>
+  <si>
+    <t>5-256-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Industria, Empleo y Comercio</t>
+  </si>
+  <si>
+    <t>subindemcom@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>5-257-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Emprendedurismo Urbano y Rural</t>
+  </si>
+  <si>
+    <t>subempreurbanorural@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Budiño, Adolfo Federico Martín</t>
+  </si>
+  <si>
+    <t>6-1-0</t>
+  </si>
+  <si>
+    <t>Gonzalez Gorriarena, Facundo</t>
+  </si>
+  <si>
+    <t>6-2-0</t>
+  </si>
+  <si>
+    <t>Salto, Sergio Eduardo</t>
+  </si>
+  <si>
+    <t>6-3-0</t>
+  </si>
+  <si>
+    <t>Dirección de Unidad de Comunicación Institucional</t>
+  </si>
+  <si>
+    <t>6-5-0</t>
+  </si>
+  <si>
+    <t>Dirección de Emergencia</t>
+  </si>
+  <si>
+    <t>Ivancovich, Nicolas Vladimir</t>
+  </si>
+  <si>
+    <t>6-14-0</t>
+  </si>
+  <si>
+    <t>Departamento de Seguimiento e Información</t>
+  </si>
+  <si>
+    <t>Avila, Maria Dionisia</t>
+  </si>
+  <si>
+    <t>6-15-0</t>
+  </si>
+  <si>
+    <t>Departamento de Mesa de Entradas, Salidas y Archivo</t>
+  </si>
+  <si>
+    <t>Soto, Yanina Leonor</t>
+  </si>
+  <si>
+    <t>6-16-0</t>
+  </si>
+  <si>
+    <t>Gomali, Ruben Dario</t>
+  </si>
+  <si>
+    <t>6-17-0</t>
+  </si>
+  <si>
+    <t>Departamento de Planificación y Evaluación de Insumos Médicos</t>
+  </si>
+  <si>
+    <t>6-18-0</t>
+  </si>
+  <si>
+    <t>Departamento de Normas Técnicas y Gestión Operativa</t>
+  </si>
+  <si>
+    <t>Montiel, Rene Ramona</t>
+  </si>
+  <si>
+    <t>6-19-0</t>
+  </si>
+  <si>
+    <t>Departamento de Logística de Medicamentos y Productos Médicos</t>
+  </si>
+  <si>
+    <t>6-27-0</t>
+  </si>
+  <si>
+    <t>Departamento de Laboratorio Bromatologico</t>
+  </si>
+  <si>
+    <t>6-28-0</t>
+  </si>
+  <si>
+    <t>Departamento de Supervisión General de Inscripciones</t>
+  </si>
+  <si>
+    <t>6-29-0</t>
+  </si>
+  <si>
+    <t>Departamento de Contralor de Farmacia</t>
+  </si>
+  <si>
+    <t>6-30-0</t>
+  </si>
+  <si>
+    <t>Departamento de Registro y Ejercicio Profesional</t>
+  </si>
+  <si>
+    <t>6-31-0</t>
+  </si>
+  <si>
+    <t>Departamento de Inmunización</t>
+  </si>
+  <si>
+    <t>6-34-0</t>
+  </si>
+  <si>
+    <t>Departamento de Diabetes</t>
+  </si>
+  <si>
+    <t>6-35-0</t>
+  </si>
+  <si>
+    <t>Departamento de Riesgo Cardiovascular</t>
+  </si>
+  <si>
+    <t>6-36-0</t>
+  </si>
+  <si>
+    <t>Departamento de Oncología</t>
+  </si>
+  <si>
+    <t>6-37-0</t>
+  </si>
+  <si>
+    <t>Ledesma, Ariel Eduardo</t>
+  </si>
+  <si>
+    <t>6-38-0</t>
+  </si>
+  <si>
+    <t>Meza, Sandra</t>
+  </si>
+  <si>
+    <t>6-39-0</t>
+  </si>
+  <si>
+    <t>Paternosti, Diego Ruben</t>
+  </si>
+  <si>
+    <t>6-40-0</t>
+  </si>
+  <si>
+    <t>Mangini, Javier Alejandro</t>
+  </si>
+  <si>
+    <t>6-41-0</t>
+  </si>
+  <si>
+    <t>Pellizardi, Juan Manuel</t>
+  </si>
+  <si>
+    <t>6-42-0</t>
+  </si>
+  <si>
+    <t>Lopez, Graciela Iris</t>
+  </si>
+  <si>
+    <t>6-43-0</t>
+  </si>
+  <si>
+    <t>Departamento de Sistematización y Control</t>
+  </si>
+  <si>
+    <t>Baju, Norma Beatriz</t>
+  </si>
+  <si>
+    <t>6-44-0</t>
+  </si>
+  <si>
+    <t>Departamento de Coordinación Operativa y Mantenimiento</t>
+  </si>
+  <si>
+    <t>Schulz, German Emilio</t>
+  </si>
+  <si>
+    <t>6-45-0</t>
+  </si>
+  <si>
+    <t>Departamento de Relevamiento y Documentacion Tecnica</t>
+  </si>
+  <si>
+    <t>6-46-0</t>
+  </si>
+  <si>
+    <t>Departamento de Mantenimiento de Equipos</t>
+  </si>
+  <si>
+    <t>Gurñiak, Daniela Karina</t>
+  </si>
+  <si>
+    <t>6-47-0</t>
+  </si>
+  <si>
+    <t>Departamento de Movilidad Ciudad Sanitaria</t>
+  </si>
+  <si>
+    <t>Benitez, Silvia Elisabeth</t>
+  </si>
+  <si>
+    <t>6-48-0</t>
+  </si>
+  <si>
+    <t>Departamento de Gestión Recupero y Administración</t>
+  </si>
+  <si>
+    <t>6-49-0</t>
+  </si>
+  <si>
+    <t>Departamento de Normatización y Convenio</t>
+  </si>
+  <si>
+    <t>6-52-0</t>
+  </si>
+  <si>
+    <t>Gomez Gonzalez, Lucas Enrique</t>
+  </si>
+  <si>
+    <t>6-53-0</t>
+  </si>
+  <si>
+    <t>Pallares, Lucas Daniel</t>
+  </si>
+  <si>
+    <t>6-54-0</t>
+  </si>
+  <si>
+    <t>Sosa, Ruben Raul</t>
+  </si>
+  <si>
+    <t>6-101-0</t>
+  </si>
+  <si>
+    <t>Ministerio de Salud</t>
+  </si>
+  <si>
+    <t>8028/8882</t>
+  </si>
+  <si>
+    <t>salud@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Rodríguez, Sergio Edgardo</t>
+  </si>
+  <si>
+    <t>6-113-0</t>
+  </si>
+  <si>
+    <t>Dirección de Ingenieria Hospitalaria</t>
+  </si>
+  <si>
+    <t>6-114-0</t>
+  </si>
+  <si>
+    <t>Dirección de Laboratorios</t>
+  </si>
+  <si>
+    <t>Rizzotti, Mariana Andrea</t>
+  </si>
+  <si>
+    <t>6-115-0</t>
+  </si>
+  <si>
+    <t>Dirección de Programación y Gestión de Insumos Médicos</t>
+  </si>
+  <si>
+    <t>Benítez Valdez, Laura Vanina</t>
+  </si>
+  <si>
+    <t>6-124-0</t>
+  </si>
+  <si>
+    <t>Departamento de Estadística Sanitaria</t>
+  </si>
+  <si>
+    <t>Benitez, Alejandra Isabel</t>
+  </si>
+  <si>
+    <t>6-148-0</t>
+  </si>
+  <si>
+    <t>Dirección de Saneamiento Ambiental</t>
+  </si>
+  <si>
+    <t>6-162-0</t>
+  </si>
+  <si>
+    <t>Dirección de Medicina Laboral</t>
+  </si>
+  <si>
+    <t>6-277-0</t>
+  </si>
+  <si>
+    <t>Dirección General de Regiones Sanitarias ( Pcia. Roque Sáenz Peña )</t>
+  </si>
+  <si>
+    <t>Mercadin, Mariela</t>
+  </si>
+  <si>
+    <t>6-278-0</t>
+  </si>
+  <si>
+    <t>Departamento de Planificación y Presupuesto</t>
+  </si>
+  <si>
+    <t>Alfonzo, Alejandra</t>
+  </si>
+  <si>
+    <t>6-281-0</t>
+  </si>
+  <si>
+    <t>Dirección de Enfermeria</t>
+  </si>
+  <si>
+    <t>Villalba, Pedro</t>
+  </si>
+  <si>
+    <t>6-283-0</t>
+  </si>
+  <si>
+    <t>Dirección de Epidemiologia</t>
+  </si>
+  <si>
+    <t>1405/6764</t>
+  </si>
+  <si>
+    <t>Flores Barros, María Elisa</t>
+  </si>
+  <si>
+    <t>6-286-0</t>
+  </si>
+  <si>
+    <t>Dirección de Arquitectura Hospitalaria</t>
+  </si>
+  <si>
+    <t>Gonzalez, Carina Isabel</t>
+  </si>
+  <si>
+    <t>6-287-0</t>
+  </si>
+  <si>
+    <t>Dirección de Desarrollo Del Capital Humano en Salud</t>
+  </si>
+  <si>
+    <t>6-288-0</t>
+  </si>
+  <si>
+    <t>Steiner, Enrique Osvaldo</t>
+  </si>
+  <si>
+    <t>6-289-0</t>
+  </si>
+  <si>
+    <t>Peña, Abel Adelqui</t>
+  </si>
+  <si>
+    <t>6-290-0</t>
+  </si>
+  <si>
+    <t>Dirección de Recupero de Gastos en Salud</t>
+  </si>
+  <si>
+    <t>Ermacora, Cristina Beatriz</t>
+  </si>
+  <si>
+    <t>6-291-0</t>
+  </si>
+  <si>
+    <t>Dirección de Fiscalización Sanitaria</t>
+  </si>
+  <si>
+    <t>msp.dirfiscalizacion@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Meiriño, Cecilia Raquel</t>
+  </si>
+  <si>
+    <t>6-293-0</t>
+  </si>
+  <si>
+    <t>Dirección de Salud Mental</t>
+  </si>
+  <si>
+    <t>4453408/4453508</t>
+  </si>
+  <si>
+    <t>Collantes, Diego</t>
+  </si>
+  <si>
+    <t>6-296-0</t>
+  </si>
+  <si>
+    <t>Dirección de Secretaría General</t>
+  </si>
+  <si>
+    <t>Pisarello, Rocio Solange</t>
+  </si>
+  <si>
+    <t>6-297-0</t>
+  </si>
+  <si>
+    <t>Dirección de Bromatología</t>
+  </si>
+  <si>
+    <t>6-311-0</t>
+  </si>
+  <si>
+    <t>Dirección de Kinesiología y Rehabilitación</t>
+  </si>
+  <si>
+    <t>6-316-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Coordinación Presupuestaria y Financiera</t>
+  </si>
+  <si>
+    <t>coordpresupuestaria@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Bonaldi, Maria Luisa</t>
+  </si>
+  <si>
+    <t>6-318-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Promoción de la Salud y Prevención de Enfermedades</t>
+  </si>
+  <si>
+    <t>promociondelasalud@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Cayré, Antonieta</t>
+  </si>
+  <si>
+    <t>6-322-0</t>
+  </si>
+  <si>
+    <t>Dirección de Salud Digital y Gobernanza en Sistema de Salud</t>
+  </si>
+  <si>
+    <t>1624-1625</t>
+  </si>
+  <si>
+    <t>msp.saluddigital@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Krizkovich Jure, Jorge Oscar</t>
+  </si>
+  <si>
+    <t>6-323-0</t>
+  </si>
+  <si>
+    <t>Dirección de Diversidad Cultural</t>
+  </si>
+  <si>
+    <t>Gomez, Verónica Mabel</t>
+  </si>
+  <si>
+    <t>6-324-0</t>
+  </si>
+  <si>
+    <t>Dirección de Atención Social en Salud</t>
+  </si>
+  <si>
+    <t>González, Lorena Edith</t>
+  </si>
+  <si>
+    <t>6-325-0</t>
+  </si>
+  <si>
+    <t>Dirección de Nutrición</t>
+  </si>
+  <si>
+    <t>Ruelli, Constanza</t>
+  </si>
+  <si>
+    <t>6-326-0</t>
+  </si>
+  <si>
+    <t>Departamento de Enfermedades de Transmisión Vectorial</t>
+  </si>
+  <si>
+    <t>6-327-0</t>
+  </si>
+  <si>
+    <t>Departamento de Enfermedades no Vectoriales</t>
+  </si>
+  <si>
+    <t>6764/1405</t>
+  </si>
+  <si>
+    <t>Puyol, Claudia Isabel Mencia</t>
+  </si>
+  <si>
+    <t>6-329-0</t>
+  </si>
+  <si>
+    <t>Dirección de Unidad de Asuntos Jurídicos</t>
+  </si>
+  <si>
+    <t>Fasola Obregón, Mariano</t>
+  </si>
+  <si>
+    <t>6-330-0</t>
+  </si>
+  <si>
+    <t>Stanimirov, Jorge Mauro</t>
+  </si>
+  <si>
+    <t>6-331-0</t>
+  </si>
+  <si>
+    <t>Dirección de Coordinación General de Programas de Salud</t>
+  </si>
+  <si>
+    <t>Tejerina, Gabriela</t>
+  </si>
+  <si>
+    <t>6-332-0</t>
+  </si>
+  <si>
+    <t>Departamento de Enfermedades Cronicas no Transmisibles</t>
+  </si>
+  <si>
+    <t>6-333-0</t>
+  </si>
+  <si>
+    <t>Departamento de Unidad Procesamiento de Residuos</t>
+  </si>
+  <si>
+    <t>6-334-0</t>
+  </si>
+  <si>
+    <t>Departamento de Gestión de Horas Guardias</t>
+  </si>
+  <si>
+    <t>6-336-0</t>
+  </si>
+  <si>
+    <t>Departamento de Movilidad Sistema de Traslado de Pacientes</t>
+  </si>
+  <si>
+    <t>6-338-0</t>
+  </si>
+  <si>
+    <t>Dirección de Salud Ocupacional</t>
+  </si>
+  <si>
+    <t>4453536/4452589</t>
+  </si>
+  <si>
+    <t>Saucedo, Maria Esther</t>
+  </si>
+  <si>
+    <t>6-345-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Regulación y Fiscalización</t>
+  </si>
+  <si>
+    <t>subregyfiscalizacion@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Codutti, Carlos Adolfo</t>
+  </si>
+  <si>
+    <t>6-346-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Programación y Gestión Estratégica</t>
+  </si>
+  <si>
+    <t>subdeprogygestionest@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Meneses, Rafael Ademar</t>
+  </si>
+  <si>
+    <t>6-351-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Red de Servicios de Salud</t>
+  </si>
+  <si>
+    <t>subdered@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Ojeda, Marcelo Gabriel</t>
+  </si>
+  <si>
+    <t>Prueba - Constitucional - Oficina Hija</t>
+  </si>
+  <si>
+    <t>8-1-0</t>
+  </si>
+  <si>
+    <t>Tribunal de Cuenta</t>
+  </si>
+  <si>
+    <t>0362-4425977</t>
+  </si>
+  <si>
+    <t>trib.ctas.pcia@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Pertile, Elda Aida</t>
+  </si>
+  <si>
+    <t>Vocalía Administrativa Central</t>
+  </si>
+  <si>
+    <t>Bogado, Fermina Beatriz</t>
+  </si>
+  <si>
+    <t>Vocalía Municipalidades</t>
+  </si>
+  <si>
+    <t>Fuentes Castillo, Juan José Antonio</t>
+  </si>
+  <si>
+    <t>Vocalia</t>
+  </si>
+  <si>
+    <t>Genefes, Hugo Raúl</t>
+  </si>
+  <si>
+    <t>Antonio, Juan José</t>
+  </si>
+  <si>
+    <t>10-1-0</t>
+  </si>
+  <si>
+    <t>Vocal</t>
+  </si>
+  <si>
+    <t>vocal1.ipduv@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Monti, Daniel Eduardo</t>
+  </si>
+  <si>
+    <t>vocal2.ipduv@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Gutiérrez, Diego Fernando</t>
+  </si>
+  <si>
+    <t>Prueba - Autarquico - Sin Cuof</t>
+  </si>
+  <si>
+    <t>12-1-0</t>
+  </si>
+  <si>
+    <t>Loteria Chaqueña ECOM</t>
+  </si>
+  <si>
+    <t>pte.loteria@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Apud Masin, Lucas</t>
+  </si>
+  <si>
+    <t>Vocal Oficial</t>
+  </si>
+  <si>
+    <t>vocal.loteria@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Chaussivert, Juan Felipe</t>
+  </si>
+  <si>
+    <t>13-1-0</t>
+  </si>
+  <si>
+    <t>Dirección Vialidad Provincial</t>
+  </si>
+  <si>
+    <t>vialidad@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Canela, Omar</t>
+  </si>
+  <si>
+    <t>Sub Administrador General</t>
+  </si>
+  <si>
+    <t>De Martini, Gustavo Eduardo</t>
+  </si>
+  <si>
+    <t>13-2-0</t>
+  </si>
+  <si>
+    <t>Secretaria General</t>
+  </si>
+  <si>
+    <t>Solich, Andrea Natalia</t>
+  </si>
+  <si>
+    <t>13-3-0</t>
+  </si>
+  <si>
+    <t>Administración</t>
+  </si>
+  <si>
+    <t>De Lucchi, Mario Oscar</t>
+  </si>
+  <si>
+    <t>13-4-0</t>
+  </si>
+  <si>
+    <t>Construcciones Viales</t>
+  </si>
+  <si>
+    <t>13-5-0</t>
+  </si>
+  <si>
+    <t>Conservación Vial</t>
+  </si>
+  <si>
+    <t>Caliva, Gerardo</t>
+  </si>
+  <si>
+    <t>13-6-0</t>
+  </si>
+  <si>
+    <t>Ingenieria Vial</t>
+  </si>
+  <si>
+    <t>13-7-0</t>
+  </si>
+  <si>
+    <t>Planificación Vial</t>
+  </si>
+  <si>
+    <t>Terenghi, Claudia Beatriz</t>
+  </si>
+  <si>
+    <t>13-8-0</t>
+  </si>
+  <si>
+    <t>Logística y Mantenimiento</t>
+  </si>
+  <si>
+    <t>Derka, Juan Manuel</t>
+  </si>
+  <si>
+    <t>13-9-0</t>
+  </si>
+  <si>
+    <t>Tecnologia Vial</t>
+  </si>
+  <si>
+    <t>Medina, Ruben Sebastian</t>
+  </si>
+  <si>
+    <t>13-10-0</t>
+  </si>
+  <si>
+    <t>Asuntos Juridicos</t>
+  </si>
+  <si>
+    <t>Carrara, Wilmer</t>
+  </si>
+  <si>
+    <t>13-11-0</t>
+  </si>
+  <si>
+    <t>Delegación área Metropolitana</t>
+  </si>
+  <si>
+    <t>Velozo, Gustavo Fabián</t>
+  </si>
+  <si>
+    <t>13-12-0</t>
+  </si>
+  <si>
+    <t>Delegación Zona I</t>
+  </si>
+  <si>
+    <t>13-13-0</t>
+  </si>
+  <si>
+    <t>Delegación Zona II</t>
+  </si>
+  <si>
+    <t>13-14-0</t>
+  </si>
+  <si>
+    <t>Delegación Zona III</t>
+  </si>
+  <si>
+    <t>13-15-0</t>
+  </si>
+  <si>
+    <t>Delegación Zona IV</t>
+  </si>
+  <si>
+    <t>13-16-0</t>
+  </si>
+  <si>
+    <t>Delegación Zona V</t>
+  </si>
+  <si>
+    <t>13-17-0</t>
+  </si>
+  <si>
+    <t>INGENIERO JEFE</t>
+  </si>
+  <si>
+    <t>Rosello, Antonio</t>
+  </si>
+  <si>
+    <t>13-18-0</t>
+  </si>
+  <si>
+    <t>Informática</t>
+  </si>
+  <si>
+    <t>13-19-0</t>
+  </si>
+  <si>
+    <t>Coordinación Administrativa</t>
+  </si>
+  <si>
+    <t>13-20-0</t>
+  </si>
+  <si>
+    <t>Finanzas</t>
+  </si>
+  <si>
+    <t>Sosa, José Luis</t>
+  </si>
+  <si>
+    <t>13-21-0</t>
+  </si>
+  <si>
+    <t>Contable</t>
+  </si>
+  <si>
+    <t>13-22-0</t>
+  </si>
+  <si>
+    <t>Tesoreria</t>
+  </si>
+  <si>
+    <t>13-23-0</t>
+  </si>
+  <si>
+    <t>Recursos Humanos</t>
+  </si>
+  <si>
+    <t>13-24-0</t>
+  </si>
+  <si>
+    <t>Higiene y Seguridad Laboral</t>
+  </si>
+  <si>
+    <t>13-25-0</t>
+  </si>
+  <si>
+    <t>Gestión Administrativa</t>
+  </si>
+  <si>
+    <t>13-26-0</t>
+  </si>
+  <si>
+    <t>Asesoria Legal</t>
+  </si>
+  <si>
+    <t>13-27-0</t>
+  </si>
+  <si>
+    <t>Sumarios</t>
+  </si>
+  <si>
+    <t>13-28-0</t>
+  </si>
+  <si>
+    <t>Tierras y Contribución de Mejoras</t>
+  </si>
+  <si>
+    <t>13-29-0</t>
+  </si>
+  <si>
+    <t>Obras Viales</t>
+  </si>
+  <si>
+    <t>13-30-0</t>
+  </si>
+  <si>
+    <t>Obras Hidráulicas</t>
+  </si>
+  <si>
+    <t>13-32-0</t>
+  </si>
+  <si>
+    <t>Ensayos de Laboratorio</t>
+  </si>
+  <si>
+    <t>13-33-0</t>
+  </si>
+  <si>
+    <t>Estudios e Investigación</t>
+  </si>
+  <si>
+    <t>Garcia, Rocio Teresita</t>
+  </si>
+  <si>
+    <t>13-34-0</t>
+  </si>
+  <si>
+    <t>Supervisiones Obras Zona Norte</t>
+  </si>
+  <si>
+    <t>13-35-0</t>
+  </si>
+  <si>
+    <t>Supervisiones Obras Zona Sur</t>
+  </si>
+  <si>
+    <t>13-36-0</t>
+  </si>
+  <si>
+    <t>Certificaciones de Obras</t>
+  </si>
+  <si>
+    <t>13-37-0</t>
+  </si>
+  <si>
+    <t>Planeamiento, Evaluación de Resultados e Impacto Ambiental</t>
+  </si>
+  <si>
+    <t>13-38-0</t>
+  </si>
+  <si>
+    <t>Educación y Seguridad Vial</t>
+  </si>
+  <si>
+    <t>13-39-0</t>
+  </si>
+  <si>
+    <t>Proyecto de Obras de Conservación</t>
+  </si>
+  <si>
+    <t>13-40-0</t>
+  </si>
+  <si>
+    <t>Certificaciones de Obras de Conservación</t>
+  </si>
+  <si>
+    <t>13-41-0</t>
+  </si>
+  <si>
+    <t>Puentes y Alcantarillas</t>
+  </si>
+  <si>
+    <t>13-42-0</t>
+  </si>
+  <si>
+    <t>Consorcios Camineros</t>
+  </si>
+  <si>
+    <t>13-43-0</t>
+  </si>
+  <si>
+    <t>Gestión y Control</t>
+  </si>
+  <si>
+    <t>13-44-0</t>
+  </si>
+  <si>
+    <t>Tecnico y Reparaciones Generales</t>
+  </si>
+  <si>
+    <t>13-45-0</t>
+  </si>
+  <si>
+    <t>Vialidad Urbana</t>
+  </si>
+  <si>
+    <t>Salinas Pinat, Javier Luis</t>
+  </si>
+  <si>
+    <t>13-46-0</t>
+  </si>
+  <si>
+    <t>Proyectos de Obras y Adecuación Hidrica</t>
+  </si>
+  <si>
+    <t>13-47-0</t>
+  </si>
+  <si>
+    <t>Ejecución de Obra</t>
+  </si>
+  <si>
+    <t>14-1-0</t>
+  </si>
+  <si>
+    <t>Instituto de Colonización</t>
+  </si>
+  <si>
+    <t>inst.colonizacion@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Canata, Ana María Griselda</t>
+  </si>
+  <si>
+    <t>Vocalía</t>
+  </si>
+  <si>
+    <t>Del Corro, Carlos Gustavo Roque Antenor</t>
+  </si>
+  <si>
+    <t>Beck, Lucio Darío</t>
+  </si>
+  <si>
+    <t>14-3-0</t>
+  </si>
+  <si>
+    <t>Topografía Técnica</t>
+  </si>
+  <si>
+    <t>14-5-0</t>
+  </si>
+  <si>
+    <t>Asuntos Jurídicos</t>
+  </si>
+  <si>
+    <t>ic.asuntosjuridicos@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>14-6-0</t>
+  </si>
+  <si>
+    <t>ic.administracion@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>14-7-0</t>
+  </si>
+  <si>
+    <t>Administración de Tierras</t>
+  </si>
+  <si>
+    <t>14-11-0</t>
+  </si>
+  <si>
+    <t>Regularización Dominial</t>
+  </si>
+  <si>
+    <t>14-13-0</t>
+  </si>
+  <si>
+    <t>14-14-0</t>
+  </si>
+  <si>
+    <t>Unidad de Recursos Humanos</t>
+  </si>
+  <si>
+    <t>icrecursoshumanos@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>14-15-0</t>
+  </si>
+  <si>
+    <t>Legajos y Certificaciones</t>
+  </si>
+  <si>
+    <t>14-16-0</t>
+  </si>
+  <si>
+    <t>Asistencia y Liquidaciones</t>
+  </si>
+  <si>
+    <t>14-17-0</t>
+  </si>
+  <si>
+    <t>Capacitación y Carrera</t>
+  </si>
+  <si>
+    <t>14-18-0</t>
+  </si>
+  <si>
+    <t>Unidad de Planificación Sectorial</t>
+  </si>
+  <si>
+    <t>upscolonizacion@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>14-21-0</t>
+  </si>
+  <si>
+    <t>Concesión de la Tierra</t>
+  </si>
+  <si>
+    <t>14-24-0</t>
+  </si>
+  <si>
+    <t>Contrataciones</t>
+  </si>
+  <si>
+    <t>14-25-0</t>
+  </si>
+  <si>
+    <t>Gestión de Bienes y Mantenimiento</t>
+  </si>
+  <si>
+    <t>14-26-0</t>
+  </si>
+  <si>
+    <t>Rendición de Cuentas</t>
+  </si>
+  <si>
+    <t>14-27-0</t>
+  </si>
+  <si>
+    <t>14-28-0</t>
+  </si>
+  <si>
+    <t>14-29-0</t>
+  </si>
+  <si>
+    <t>Estado Legal</t>
+  </si>
+  <si>
+    <t>14-30-0</t>
+  </si>
+  <si>
+    <t>Cuentas Corrientes y Liquidaciones</t>
+  </si>
+  <si>
+    <t>14-31-0</t>
+  </si>
+  <si>
+    <t>Titulos y Contratos</t>
+  </si>
+  <si>
+    <t>14-32-0</t>
+  </si>
+  <si>
+    <t>Mesa de Entradas y Salidas</t>
+  </si>
+  <si>
+    <t>14-36-0</t>
+  </si>
+  <si>
+    <t>Coordinación de Delegaciones</t>
+  </si>
+  <si>
+    <t>14-37-0</t>
+  </si>
+  <si>
+    <t>Delegación Regional Pampa Del Infierno</t>
+  </si>
+  <si>
+    <t>14-38-0</t>
+  </si>
+  <si>
+    <t>Delegación Regional Presidencia Roque Saenz Peña</t>
+  </si>
+  <si>
+    <t>14-39-0</t>
+  </si>
+  <si>
+    <t>Delegación Regional Juan José Castelli</t>
+  </si>
+  <si>
+    <t>14-40-0</t>
+  </si>
+  <si>
+    <t>Sede Central</t>
+  </si>
+  <si>
+    <t>14-41-0</t>
+  </si>
+  <si>
+    <t>Delegación Taco Pozo</t>
+  </si>
+  <si>
+    <t>14-42-0</t>
+  </si>
+  <si>
+    <t>Delegación Charata</t>
+  </si>
+  <si>
+    <t>14-43-0</t>
+  </si>
+  <si>
+    <t>Delegación Villa Angela</t>
+  </si>
+  <si>
+    <t>14-44-0</t>
+  </si>
+  <si>
+    <t>Delegación Pampa Del Indio</t>
+  </si>
+  <si>
+    <t>14-45-0</t>
+  </si>
+  <si>
+    <t>Delegación Misión Nueva Pompeya</t>
+  </si>
+  <si>
+    <t>14-46-0</t>
+  </si>
+  <si>
+    <t>Delegación Resistencia</t>
+  </si>
+  <si>
+    <t>14-47-0</t>
+  </si>
+  <si>
+    <t>Gerencia General</t>
+  </si>
+  <si>
+    <t>14-48-0</t>
+  </si>
+  <si>
+    <t>Catastral y Dominial</t>
+  </si>
+  <si>
+    <t>14-49-0</t>
+  </si>
+  <si>
+    <t>Denominaciones</t>
+  </si>
+  <si>
+    <t>Duarte, Oscar Daniel</t>
+  </si>
+  <si>
+    <t>14-50-0</t>
+  </si>
+  <si>
+    <t>Judicial</t>
+  </si>
+  <si>
+    <t>14-51-0</t>
+  </si>
+  <si>
+    <t>Auditoría Interna</t>
+  </si>
+  <si>
+    <t>ic.auditoriainterna@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>14-52-0</t>
+  </si>
+  <si>
+    <t>Archivo Central</t>
+  </si>
+  <si>
+    <t>14-53-0</t>
+  </si>
+  <si>
+    <t>Prensa y Relaciones Institucionales</t>
+  </si>
+  <si>
+    <t>14-54-0</t>
+  </si>
+  <si>
+    <t>Seguimiento y Evaluación</t>
+  </si>
+  <si>
+    <t>14-55-0</t>
+  </si>
+  <si>
+    <t>Sistema de Información</t>
+  </si>
+  <si>
+    <t>15-1-0</t>
+  </si>
+  <si>
+    <t>Instituto de Investigaciones Forestales y Agropecuarias</t>
+  </si>
+  <si>
+    <t>presidenciaiifa@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Fernández Favarón, Carlos Gabriel</t>
+  </si>
+  <si>
+    <t>Vocal 1</t>
+  </si>
+  <si>
+    <t>ROJAS, Raúl Orlando</t>
+  </si>
+  <si>
+    <t>Vocal 2</t>
+  </si>
+  <si>
+    <t>TROCHE, Eduardo Martin</t>
+  </si>
+  <si>
+    <t>Vocal 3</t>
+  </si>
+  <si>
+    <t>AGUSTINELLI, Marcelo Javier</t>
+  </si>
+  <si>
+    <t>15-2-0</t>
+  </si>
+  <si>
+    <t>Investigación y Red de Ensayos</t>
+  </si>
+  <si>
+    <t>Acosta, Walter Rodolfo</t>
+  </si>
+  <si>
+    <t>15-3-0</t>
+  </si>
+  <si>
+    <t>Promoción y Producción</t>
+  </si>
+  <si>
+    <t>15-4-0</t>
+  </si>
+  <si>
+    <t>Lezcano, Karla Verónica</t>
+  </si>
+  <si>
+    <t>15-5-0</t>
+  </si>
+  <si>
+    <t>Farana, Sonia</t>
+  </si>
+  <si>
+    <t>15-6-0</t>
+  </si>
+  <si>
+    <t>Viveros y Banco de Germoplasma</t>
+  </si>
+  <si>
+    <t>Aguirre, Maximo Ruben</t>
+  </si>
+  <si>
+    <t>15-7-0</t>
+  </si>
+  <si>
+    <t>Forestación, Enriquecimiento de Bosque Nativo y Sistemas de Producción Mixtos</t>
+  </si>
+  <si>
+    <t>Belizan Theys, Adrian</t>
+  </si>
+  <si>
+    <t>Prueba - Constitucional - Sin Cuof - Ajax Form</t>
+  </si>
+  <si>
+    <t>18-1-0</t>
+  </si>
+  <si>
+    <t>Fiscal de Estadok</t>
+  </si>
+  <si>
+    <t>0362 445-2640</t>
+  </si>
+  <si>
+    <t>fiscaldeestado@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Herlein, Roberto Alejandro</t>
+  </si>
+  <si>
+    <t>18-2-0</t>
+  </si>
+  <si>
+    <t>Procurador General</t>
+  </si>
+  <si>
+    <t>18-4-0</t>
+  </si>
+  <si>
+    <t>Secretario General</t>
+  </si>
+  <si>
+    <t>18-5-0</t>
+  </si>
+  <si>
+    <t>18-6-0</t>
+  </si>
+  <si>
+    <t>18-7-0</t>
+  </si>
+  <si>
+    <t>Rendiciones</t>
+  </si>
+  <si>
+    <t>18-8-0</t>
+  </si>
+  <si>
+    <t>Tesorería</t>
+  </si>
+  <si>
+    <t>18-9-0</t>
+  </si>
+  <si>
+    <t>Compras</t>
+  </si>
+  <si>
+    <t>18-10-0</t>
+  </si>
+  <si>
+    <t>Patrimonio</t>
+  </si>
+  <si>
+    <t>18-11-0</t>
+  </si>
+  <si>
+    <t>Secretario Relator</t>
+  </si>
+  <si>
+    <t>18-12-0</t>
+  </si>
+  <si>
+    <t>Subprocurador General</t>
+  </si>
+  <si>
+    <t>18-13-0</t>
+  </si>
+  <si>
+    <t>Secretario de Trámite</t>
+  </si>
+  <si>
+    <t>18-14-0</t>
+  </si>
+  <si>
+    <t>Despachos Judiciales</t>
+  </si>
+  <si>
+    <t>18-15-0</t>
+  </si>
+  <si>
+    <t>Mesa Receptora de Despachos Judiciales</t>
+  </si>
+  <si>
+    <t>18-16-0</t>
+  </si>
+  <si>
+    <t>Doctrina y Jurisprudencia</t>
+  </si>
+  <si>
+    <t>18-17-0</t>
+  </si>
+  <si>
+    <t>Delegado de Fiscalia de Estado</t>
+  </si>
+  <si>
+    <t>18-18-0</t>
+  </si>
+  <si>
+    <t>Obligaciones Judiciales</t>
+  </si>
+  <si>
+    <t>18-19-0</t>
+  </si>
+  <si>
+    <t>Procesos Administrativos</t>
+  </si>
+  <si>
+    <t>18-20-0</t>
+  </si>
+  <si>
+    <t>Gestión de Fondos Judiciales y Extrajudiciales</t>
+  </si>
+  <si>
+    <t>18-21-0</t>
+  </si>
+  <si>
+    <t>18-22-0</t>
+  </si>
+  <si>
+    <t>Jefe Informatica</t>
+  </si>
+  <si>
+    <t>18-23-0</t>
+  </si>
+  <si>
+    <t>Ordenanza Principal</t>
+  </si>
+  <si>
+    <t>18-24-0</t>
+  </si>
+  <si>
+    <t>Bibliotecario</t>
+  </si>
+  <si>
+    <t>18-25-0</t>
+  </si>
+  <si>
+    <t>Sub-contador General</t>
+  </si>
+  <si>
+    <t>Contador Mayor Técnico</t>
+  </si>
+  <si>
+    <t>Asesor Tecnico</t>
+  </si>
+  <si>
+    <t>Supervisor General Contaduría General</t>
+  </si>
+  <si>
+    <t>Secretario Tecnico</t>
+  </si>
+  <si>
+    <t>Contador de Asesoria Técnica de Procesamiento de Datos</t>
+  </si>
+  <si>
+    <t>Contador de Asesoria Tecnica Financiera</t>
+  </si>
+  <si>
+    <t>Contador Mayor Operativo</t>
+  </si>
+  <si>
+    <t>Contador de Asesoria Tecnica</t>
+  </si>
+  <si>
+    <t>Asesor Técnico-abogado</t>
+  </si>
+  <si>
+    <t>Asesor Técnico</t>
+  </si>
+  <si>
+    <t>Secretaria Administrativa Contaduria General</t>
+  </si>
+  <si>
+    <t>Registro de Proveedores Del Estado</t>
+  </si>
+  <si>
+    <t>Procesamientos</t>
+  </si>
+  <si>
+    <t>Contabilidad Financiera</t>
+  </si>
+  <si>
+    <t>Contabilidad de Presupuesto</t>
+  </si>
+  <si>
+    <t>Bienes Del Estado</t>
+  </si>
+  <si>
+    <t>Secretaria Privada</t>
+  </si>
+  <si>
+    <t>Personal</t>
+  </si>
+  <si>
+    <t>Habilitación</t>
+  </si>
+  <si>
+    <t>Archivo</t>
+  </si>
+  <si>
+    <t>Técnico Mantenimiento de Sistema</t>
+  </si>
+  <si>
+    <t>Encargado Control y Verificación Del S.I.P</t>
+  </si>
+  <si>
+    <t>Responsables</t>
+  </si>
+  <si>
+    <t>Ingresos y Egresos</t>
+  </si>
+  <si>
+    <t>Verificaciones</t>
+  </si>
+  <si>
+    <t>Deuda Publica</t>
+  </si>
+  <si>
+    <t>Recursos</t>
+  </si>
+  <si>
+    <t>Recursos Jurisdicción-provincial</t>
+  </si>
+  <si>
+    <t>Recursos Jurisdicción Nacional</t>
+  </si>
+  <si>
+    <t>Gastos</t>
+  </si>
+  <si>
+    <t>Erogaciones Corrientes</t>
+  </si>
+  <si>
+    <t>Muebles</t>
+  </si>
+  <si>
+    <t>Inmuebles</t>
+  </si>
+  <si>
+    <t>Automotores</t>
+  </si>
+  <si>
+    <t>Valuaciones</t>
+  </si>
+  <si>
+    <t>Información y Estadistica</t>
+  </si>
+  <si>
+    <t>Jefe de Sección</t>
+  </si>
+  <si>
+    <t>Biblioteca y Estadistica</t>
+  </si>
+  <si>
+    <t>Contador Auditor</t>
+  </si>
+  <si>
+    <t>Auditor Operativo</t>
+  </si>
+  <si>
+    <t>19-1-0</t>
+  </si>
+  <si>
+    <t>Contaduría General de la Provincia</t>
+  </si>
+  <si>
+    <t>54 3624448024</t>
+  </si>
+  <si>
+    <t>Zabaleta, Marcelo José</t>
+  </si>
+  <si>
+    <t>20-1-0</t>
+  </si>
+  <si>
+    <t>Administración Tributaria Provincial ( ATP )</t>
+  </si>
+  <si>
+    <t>atp@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Kuncheff, Bibiana Massiel</t>
+  </si>
+  <si>
+    <t>Sub-administradora</t>
+  </si>
+  <si>
+    <t>Nissim, Gerarda Gladys</t>
+  </si>
+  <si>
+    <t>20-2-0</t>
+  </si>
+  <si>
+    <t>Sub-administración</t>
+  </si>
+  <si>
+    <t>20-3-0</t>
+  </si>
+  <si>
+    <t>20-4-0</t>
+  </si>
+  <si>
+    <t>Tributos</t>
+  </si>
+  <si>
+    <t>20-5-0</t>
+  </si>
+  <si>
+    <t>Fiscalización Interna</t>
+  </si>
+  <si>
+    <t>20-6-0</t>
+  </si>
+  <si>
+    <t>Técnica Tributaria</t>
+  </si>
+  <si>
+    <t>20-7-0</t>
+  </si>
+  <si>
+    <t>Recaudación</t>
+  </si>
+  <si>
+    <t>20-8-0</t>
+  </si>
+  <si>
+    <t>Receptorías</t>
+  </si>
+  <si>
+    <t>20-9-0</t>
+  </si>
+  <si>
+    <t>Técnica Jurídica</t>
+  </si>
+  <si>
+    <t>20-10-0</t>
+  </si>
+  <si>
+    <t>Fiscalización</t>
+  </si>
+  <si>
+    <t>20-11-0</t>
+  </si>
+  <si>
+    <t>Recaudación Tributaria</t>
+  </si>
+  <si>
+    <t>20-12-0</t>
+  </si>
+  <si>
+    <t>Jurídica</t>
+  </si>
+  <si>
+    <t>20-13-0</t>
+  </si>
+  <si>
+    <t>Fiscalización Externa</t>
+  </si>
+  <si>
+    <t>20-14-0</t>
+  </si>
+  <si>
+    <t>Fronteras</t>
+  </si>
+  <si>
+    <t>20-15-0</t>
+  </si>
+  <si>
+    <t>Inteligencia Fiscal</t>
+  </si>
+  <si>
+    <t>20-16-0</t>
+  </si>
+  <si>
+    <t>20-17-0</t>
+  </si>
+  <si>
+    <t>Presupuesto</t>
+  </si>
+  <si>
+    <t>20-18-0</t>
+  </si>
+  <si>
+    <t>Mantenimiento y Bienes Patrimoniales</t>
+  </si>
+  <si>
+    <t>20-19-0</t>
+  </si>
+  <si>
+    <t>Imputaciones</t>
+  </si>
+  <si>
+    <t>20-20-0</t>
+  </si>
+  <si>
+    <t>Remuneraciones</t>
+  </si>
+  <si>
+    <t>20-21-0</t>
+  </si>
+  <si>
+    <t>20-22-0</t>
+  </si>
+  <si>
+    <t>20-23-0</t>
+  </si>
+  <si>
+    <t>Juicios Universales</t>
+  </si>
+  <si>
+    <t>20-24-0</t>
+  </si>
+  <si>
+    <t>20-25-0</t>
+  </si>
+  <si>
+    <t>Ejecuciones Judiciales</t>
+  </si>
+  <si>
+    <t>20-26-0</t>
+  </si>
+  <si>
+    <t>Sumarios y Multas</t>
+  </si>
+  <si>
+    <t>20-27-0</t>
+  </si>
+  <si>
+    <t>Secretaria  Técnica</t>
+  </si>
+  <si>
+    <t>20-28-0</t>
+  </si>
+  <si>
+    <t>Análisis Fiscal</t>
+  </si>
+  <si>
+    <t>20-29-0</t>
+  </si>
+  <si>
+    <t>Mesa de Entrada y Salidas</t>
+  </si>
+  <si>
+    <t>20-30-0</t>
+  </si>
+  <si>
+    <t>20-31-0</t>
+  </si>
+  <si>
+    <t>Asistencia al Público</t>
+  </si>
+  <si>
+    <t>20-32-0</t>
+  </si>
+  <si>
+    <t>Puestos Fronterizos Fijos</t>
+  </si>
+  <si>
+    <t>20-33-0</t>
+  </si>
+  <si>
+    <t>Puestos Limítrofes Móviles</t>
+  </si>
+  <si>
+    <t>20-34-0</t>
+  </si>
+  <si>
+    <t>Planes de Pago Intimidaciones</t>
+  </si>
+  <si>
+    <t>20-35-0</t>
+  </si>
+  <si>
+    <t>Instancia Pre-judicial</t>
+  </si>
+  <si>
+    <t>20-36-0</t>
+  </si>
+  <si>
+    <t>Libre Deuda</t>
+  </si>
+  <si>
+    <t>Martínez Gomez, Juan Ramón</t>
+  </si>
+  <si>
+    <t>20-37-0</t>
+  </si>
+  <si>
+    <t>Contribuyentes Locales</t>
+  </si>
+  <si>
+    <t>20-38-0</t>
+  </si>
+  <si>
+    <t>Sellos</t>
+  </si>
+  <si>
+    <t>20-39-0</t>
+  </si>
+  <si>
+    <t>Rurales</t>
+  </si>
+  <si>
+    <t>20-40-0</t>
+  </si>
+  <si>
+    <t>Retenciones Percepciones</t>
+  </si>
+  <si>
+    <t>20-41-0</t>
+  </si>
+  <si>
+    <t>Interjurisdiccionales</t>
+  </si>
+  <si>
+    <t>20-42-0</t>
+  </si>
+  <si>
+    <t>Regímenes Especiales</t>
+  </si>
+  <si>
+    <t>20-43-0</t>
+  </si>
+  <si>
+    <t>Intimación 1ra Instancia</t>
+  </si>
+  <si>
+    <t>20-44-0</t>
+  </si>
+  <si>
+    <t>Coordinación y Control Zona I</t>
+  </si>
+  <si>
+    <t>20-45-0</t>
+  </si>
+  <si>
+    <t>Coordinación y Control Zona II</t>
+  </si>
+  <si>
+    <t>20-46-0</t>
+  </si>
+  <si>
+    <t>Despacho</t>
+  </si>
+  <si>
+    <t>20-47-0</t>
+  </si>
+  <si>
+    <t>Auditoría</t>
+  </si>
+  <si>
+    <t>20-48-0</t>
+  </si>
+  <si>
+    <t>Selección y Control</t>
+  </si>
+  <si>
+    <t>20-49-0</t>
+  </si>
+  <si>
+    <t>Desarrollo y Administración de Datos</t>
+  </si>
+  <si>
+    <t>20-50-0</t>
+  </si>
+  <si>
+    <t>Soporte Técnico</t>
+  </si>
+  <si>
+    <t>20-51-0</t>
+  </si>
+  <si>
+    <t>Procesamiento</t>
+  </si>
+  <si>
+    <t>20-52-0</t>
+  </si>
+  <si>
+    <t>Asesoría Legal</t>
+  </si>
+  <si>
+    <t>21-1-0</t>
+  </si>
+  <si>
+    <t>Jefe de Policía</t>
+  </si>
+  <si>
+    <t>policia@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Romero, Fernando Javier</t>
+  </si>
+  <si>
+    <t>21-1-1</t>
+  </si>
+  <si>
+    <t>Centro de Análisis Comando y Control</t>
+  </si>
+  <si>
+    <t>21-2-0</t>
+  </si>
+  <si>
+    <t>Subjefe de Policía</t>
+  </si>
+  <si>
+    <t>Silva, Manuel Victoriano</t>
+  </si>
+  <si>
+    <t>21-4-0</t>
+  </si>
+  <si>
+    <t>Seguridad Metropolitana</t>
+  </si>
+  <si>
+    <t>Fernández, Carlos Adelio</t>
+  </si>
+  <si>
+    <t>21-5-0</t>
+  </si>
+  <si>
+    <t>Seguridad Interior</t>
+  </si>
+  <si>
+    <t>Correa, Roberto Rodolfo</t>
+  </si>
+  <si>
+    <t>21-6-0</t>
+  </si>
+  <si>
+    <t>Investigaciones</t>
+  </si>
+  <si>
+    <t>21-7-0</t>
+  </si>
+  <si>
+    <t>Recursos Humanos y Materiales</t>
+  </si>
+  <si>
+    <t>Rodas, Carlos Alberto</t>
+  </si>
+  <si>
+    <t>21-8-0</t>
+  </si>
+  <si>
+    <t>Gabinete de Jefatura</t>
+  </si>
+  <si>
+    <t>Gomez, Julia Elena</t>
+  </si>
+  <si>
+    <t>21-9-0</t>
+  </si>
+  <si>
+    <t>Operaciones Metropolitana</t>
+  </si>
+  <si>
+    <t>Ramirez, Jorge Bernardino</t>
+  </si>
+  <si>
+    <t>21-10-0</t>
+  </si>
+  <si>
+    <t>Zona Metropolitana</t>
+  </si>
+  <si>
+    <t>21-11-0</t>
+  </si>
+  <si>
+    <t>Operaciones Interior</t>
+  </si>
+  <si>
+    <t>Figueroa, Cristian Juan Ramon</t>
+  </si>
+  <si>
+    <t>21-12-0</t>
+  </si>
+  <si>
+    <t>Zona Interior Presidencia Roque Sáenz Peña</t>
+  </si>
+  <si>
+    <t>Escalante, Adela del Carmen</t>
+  </si>
+  <si>
+    <t>21-13-0</t>
+  </si>
+  <si>
+    <t>Zona Interior Villa Angela</t>
+  </si>
+  <si>
+    <t>Kostecki, Marcelo Jose</t>
+  </si>
+  <si>
+    <t>21-14-0</t>
+  </si>
+  <si>
+    <t>Zona Interior Charata</t>
+  </si>
+  <si>
+    <t>21-15-0</t>
+  </si>
+  <si>
+    <t>Zona Interior General San Martín</t>
+  </si>
+  <si>
+    <t>Chamorro, Gustavo Ariel</t>
+  </si>
+  <si>
+    <t>21-16-0</t>
+  </si>
+  <si>
+    <t>Zona Interior Juan José Castelli</t>
+  </si>
+  <si>
+    <t>21-17-0</t>
+  </si>
+  <si>
+    <t>Policía de Investigaciones</t>
+  </si>
+  <si>
+    <t>21-19-0</t>
+  </si>
+  <si>
+    <t>21-20-0</t>
+  </si>
+  <si>
+    <t>Educación Policial</t>
+  </si>
+  <si>
+    <t>21-21-0</t>
+  </si>
+  <si>
+    <t>Insaurralde, Javier Alejandro</t>
+  </si>
+  <si>
+    <t>21-22-0</t>
+  </si>
+  <si>
+    <t>Custodia Gobernación</t>
+  </si>
+  <si>
+    <t>21-131-0</t>
+  </si>
+  <si>
+    <t>Drogas Peligrosa</t>
+  </si>
+  <si>
+    <t>21-132-0</t>
+  </si>
+  <si>
+    <t>Inteligencia Criminal</t>
+  </si>
+  <si>
+    <t>21-133-0</t>
+  </si>
+  <si>
+    <t>Cuerpo Operaciones Especiales</t>
+  </si>
+  <si>
+    <t>21-134-0</t>
+  </si>
+  <si>
+    <t>Investigaciones Complejas</t>
+  </si>
+  <si>
+    <t>21-135-0</t>
+  </si>
+  <si>
+    <t>Policía Científica</t>
+  </si>
+  <si>
+    <t>21-156-0</t>
+  </si>
+  <si>
+    <t>Logística</t>
+  </si>
+  <si>
+    <t>21-157-0</t>
+  </si>
+  <si>
+    <t>Asesoría Letrada Policial</t>
+  </si>
+  <si>
+    <t>21-158-0</t>
+  </si>
+  <si>
+    <t>Comunicaciones e Informática</t>
+  </si>
+  <si>
+    <t>21-169-0</t>
+  </si>
+  <si>
+    <t>Lucha Contra la Trata de Personas</t>
+  </si>
+  <si>
+    <t>21-224-0</t>
+  </si>
+  <si>
+    <t>21-225-0</t>
+  </si>
+  <si>
+    <t>Administración de Personal</t>
+  </si>
+  <si>
+    <t>21-226-0</t>
+  </si>
+  <si>
+    <t>Medicina Laboral</t>
+  </si>
+  <si>
+    <t>21-227-0</t>
+  </si>
+  <si>
+    <t>Secretaria Académica</t>
+  </si>
+  <si>
+    <t>21-228-0</t>
+  </si>
+  <si>
+    <t>Secretaria Extensión y Cultura</t>
+  </si>
+  <si>
+    <t>21-229-0</t>
+  </si>
+  <si>
+    <t>Contaduría</t>
+  </si>
+  <si>
+    <t>21-230-0</t>
+  </si>
+  <si>
+    <t>Supervisión de Actuaciones Judiciales y Administrativa</t>
+  </si>
+  <si>
+    <t>21-231-0</t>
+  </si>
+  <si>
+    <t>Secretaría Técnica Estado Mayor Policial</t>
+  </si>
+  <si>
+    <t>21-232-0</t>
+  </si>
+  <si>
+    <t>Supervisión de Zona I Metropolitana</t>
+  </si>
+  <si>
+    <t>21-233-0</t>
+  </si>
+  <si>
+    <t>Supervisión de Zona II Metropolitana</t>
+  </si>
+  <si>
+    <t>21-234-0</t>
+  </si>
+  <si>
+    <t>Supervisión de Zona III Metropolitana</t>
+  </si>
+  <si>
+    <t>21-235-0</t>
+  </si>
+  <si>
+    <t>Supervisión de Zona IV Metropolitana</t>
+  </si>
+  <si>
+    <t>21-236-0</t>
+  </si>
+  <si>
+    <t>Supervisión de Zona V Metropolitana</t>
+  </si>
+  <si>
+    <t>21-237-0</t>
+  </si>
+  <si>
+    <t>Supervisión de Zona VI Metropolitana</t>
+  </si>
+  <si>
+    <t>21-238-0</t>
+  </si>
+  <si>
+    <t>Evaluación y Control de Resultados Metropolitana</t>
+  </si>
+  <si>
+    <t>21-239-0</t>
+  </si>
+  <si>
+    <t>Planeamiento de Operaciones Metropolitana</t>
+  </si>
+  <si>
+    <t>21-240-0</t>
+  </si>
+  <si>
+    <t>Planeamiento de Operaciones Interior</t>
+  </si>
+  <si>
+    <t>21-241-0</t>
+  </si>
+  <si>
+    <t>Evaluación y Control de Resultados Interior</t>
+  </si>
+  <si>
+    <t>21-242-0</t>
+  </si>
+  <si>
+    <t>Supervisión de Zona VII Interior</t>
+  </si>
+  <si>
+    <t>21-243-0</t>
+  </si>
+  <si>
+    <t>Supervisión de Zona VIII Interior</t>
+  </si>
+  <si>
+    <t>21-244-0</t>
+  </si>
+  <si>
+    <t>Supervisión de Zona IX Interior</t>
+  </si>
+  <si>
+    <t>21-245-0</t>
+  </si>
+  <si>
+    <t>Supervisión de Zona X Interior</t>
+  </si>
+  <si>
+    <t>21-246-0</t>
+  </si>
+  <si>
+    <t>Supervisión de Zona XI Interior</t>
+  </si>
+  <si>
+    <t>21-247-0</t>
+  </si>
+  <si>
+    <t>Supervisión de Zona XII</t>
+  </si>
+  <si>
+    <t>21-248-0</t>
+  </si>
+  <si>
+    <t>Supervisión de Zona XIII Interior</t>
+  </si>
+  <si>
+    <t>21-249-0</t>
+  </si>
+  <si>
+    <t>Supervisión de Zona XIV Interior</t>
+  </si>
+  <si>
+    <t>21-250-0</t>
+  </si>
+  <si>
+    <t>Supervisión de Zona XV Interior</t>
+  </si>
+  <si>
+    <t>21-251-0</t>
+  </si>
+  <si>
+    <t>Supervisión de Zona XVI Interior</t>
+  </si>
+  <si>
+    <t>21-252-0</t>
+  </si>
+  <si>
+    <t>Supervisión de Zona XVII Interior</t>
+  </si>
+  <si>
+    <t>21-253-0</t>
+  </si>
+  <si>
+    <t>Supervisión de Zona XVIII Interior</t>
+  </si>
+  <si>
+    <t>21-254-0</t>
+  </si>
+  <si>
+    <t>Supervisión de Zona XIX Interior</t>
+  </si>
+  <si>
+    <t>21-255-0</t>
+  </si>
+  <si>
+    <t>Supervisión de Zona XX Interior</t>
+  </si>
+  <si>
+    <t>21-256-0</t>
+  </si>
+  <si>
+    <t>Supervisión de Zona XXI Interior</t>
+  </si>
+  <si>
+    <t>21-258-0</t>
+  </si>
+  <si>
+    <t>Policía Caminera</t>
+  </si>
+  <si>
+    <t>Acuña, Roberto Raul</t>
+  </si>
+  <si>
+    <t>21-259-0</t>
+  </si>
+  <si>
+    <t>Tránsito y Seguridad Vial Metropolitana</t>
+  </si>
+  <si>
+    <t>21-260-0</t>
+  </si>
+  <si>
+    <t>Tránsito y Seguridad Vial Interior</t>
+  </si>
+  <si>
+    <t>23-1-0</t>
+  </si>
+  <si>
+    <t>Ministerio de Infraestructura, Obras y Servicios Públicos</t>
+  </si>
+  <si>
+    <t>infraestructura@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Domínguez, Hugo</t>
+  </si>
+  <si>
+    <t>23-2-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Obras Públicas</t>
+  </si>
+  <si>
+    <t>sub.obraspublicas@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Nocenti, Jorge Francisco</t>
+  </si>
+  <si>
+    <t>23-4-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Transporte y Logística</t>
+  </si>
+  <si>
+    <t>transporte@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Diaz, Mario Rodolfo</t>
+  </si>
+  <si>
+    <t>23-5-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Energía y Servicios Publicos</t>
+  </si>
+  <si>
+    <t>sub.energia@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Sabadini, Joaquin Andres</t>
+  </si>
+  <si>
+    <t>23-6-0</t>
+  </si>
+  <si>
+    <t>Offer, Patricia Ines</t>
+  </si>
+  <si>
+    <t>23-7-0</t>
+  </si>
+  <si>
+    <t>23-8-0</t>
+  </si>
+  <si>
+    <t>Dirección de Proyectos</t>
+  </si>
+  <si>
+    <t>Le Vraux, Diana Maria</t>
+  </si>
+  <si>
+    <t>23-10-0</t>
+  </si>
+  <si>
+    <t>Velazco, Alfredo Hugo</t>
+  </si>
+  <si>
+    <t>23-11-0</t>
+  </si>
+  <si>
+    <t>Dirección de Transporte</t>
+  </si>
+  <si>
+    <t>23-13-0</t>
+  </si>
+  <si>
+    <t>Dirección de Registro Provincial de Empresas Contructoras y Consultorías de Obras Públicas</t>
+  </si>
+  <si>
+    <t>23-14-0</t>
+  </si>
+  <si>
+    <t>Dirección de Planificación y Control Energético</t>
+  </si>
+  <si>
+    <t>Saez, Gabriel Edgardo</t>
+  </si>
+  <si>
+    <t>23-15-0</t>
+  </si>
+  <si>
+    <t>Dirección de Programas y Proyectos Energéticos</t>
+  </si>
+  <si>
+    <t>Schreiber, Guillermo Angel</t>
+  </si>
+  <si>
+    <t>23-16-0</t>
+  </si>
+  <si>
+    <t>Dirección de Inspecciones</t>
+  </si>
+  <si>
+    <t>Duarte, Rolando Manuel Vicente</t>
+  </si>
+  <si>
+    <t>23-26-0</t>
+  </si>
+  <si>
+    <t>Vicente, Edgardo Esteban</t>
+  </si>
+  <si>
+    <t>23-27-0</t>
+  </si>
+  <si>
+    <t>Dirección de Obras Por Administración</t>
+  </si>
+  <si>
+    <t>23-28-0</t>
+  </si>
+  <si>
+    <t>Dirección de Coordinación Institucional</t>
+  </si>
+  <si>
+    <t>Engelsing, Veronica Adelaida</t>
+  </si>
+  <si>
+    <t>23-29-0</t>
+  </si>
+  <si>
+    <t>Lochner, Ruben Eduardo</t>
+  </si>
+  <si>
+    <t>23-30-0</t>
+  </si>
+  <si>
+    <t>23-31-0</t>
+  </si>
+  <si>
+    <t>Departamento de Control de Gestión</t>
+  </si>
+  <si>
+    <t>Sanabria, Maria Noelia</t>
+  </si>
+  <si>
+    <t>23-32-0</t>
+  </si>
+  <si>
+    <t>Departamento de Sistemas Energéticos</t>
+  </si>
+  <si>
+    <t>Francescutti, Ariadna Fiorellia</t>
+  </si>
+  <si>
+    <t>23-34-0</t>
+  </si>
+  <si>
+    <t>Departamento de Contralor de Servicios Públicos</t>
+  </si>
+  <si>
+    <t>Marco Antonio, Lopez</t>
+  </si>
+  <si>
+    <t>23-36-0</t>
+  </si>
+  <si>
+    <t>Departamento de Generación y Trasmisión</t>
+  </si>
+  <si>
+    <t>Adrián Javier, Martinez</t>
+  </si>
+  <si>
+    <t>23-37-0</t>
+  </si>
+  <si>
+    <t>Departamento de Distribución y Electrificación Rural</t>
+  </si>
+  <si>
+    <t>Speciale, Abel Omar</t>
+  </si>
+  <si>
+    <t>23-38-0</t>
+  </si>
+  <si>
+    <t>23-39-0</t>
+  </si>
+  <si>
+    <t>Álvarez, Eduardo Gastón</t>
+  </si>
+  <si>
+    <t>23-41-0</t>
+  </si>
+  <si>
+    <t>23-42-0</t>
+  </si>
+  <si>
+    <t>Sena, Guillermo</t>
+  </si>
+  <si>
+    <t>23-43-0</t>
+  </si>
+  <si>
+    <t>Departamento de Servicios Generales</t>
+  </si>
+  <si>
+    <t>Garcia, Darío Sebastián</t>
+  </si>
+  <si>
+    <t>23-44-0</t>
+  </si>
+  <si>
+    <t>Departamento de Almacén Central</t>
+  </si>
+  <si>
+    <t>Lagraña, Marcelo Walter</t>
+  </si>
+  <si>
+    <t>23-46-0</t>
+  </si>
+  <si>
+    <t>Castro, Miguel Ramon</t>
+  </si>
+  <si>
+    <t>23-47-0</t>
+  </si>
+  <si>
+    <t>Romero, Luis Oscar</t>
+  </si>
+  <si>
+    <t>23-48-0</t>
+  </si>
+  <si>
+    <t>Piedrabuena, Matías José Adalberto</t>
+  </si>
+  <si>
+    <t>23-49-0</t>
+  </si>
+  <si>
+    <t>Malarin Delgados, Susana Haydee</t>
+  </si>
+  <si>
+    <t>23-50-0</t>
+  </si>
+  <si>
+    <t>23-51-0</t>
+  </si>
+  <si>
+    <t>Castillón, María Victoria</t>
+  </si>
+  <si>
+    <t>23-52-0</t>
+  </si>
+  <si>
+    <t>Soto, Antonio</t>
+  </si>
+  <si>
+    <t>23-53-0</t>
+  </si>
+  <si>
+    <t>Dominguez, Mariana</t>
+  </si>
+  <si>
+    <t>23-54-0</t>
+  </si>
+  <si>
+    <t>Felix, Analia Ines</t>
+  </si>
+  <si>
+    <t>23-55-0</t>
+  </si>
+  <si>
+    <t>Cancelarich, Hector Adrian</t>
+  </si>
+  <si>
+    <t>23-57-0</t>
+  </si>
+  <si>
+    <t>Departamento de Contrataciones de Obras</t>
+  </si>
+  <si>
+    <t>23-58-0</t>
+  </si>
+  <si>
+    <t>Departamento de Certificación de Obras</t>
+  </si>
+  <si>
+    <t>Insaurralde, Rubén Darío</t>
+  </si>
+  <si>
+    <t>23-59-0</t>
+  </si>
+  <si>
+    <t>Departamento de Liquidaciones Finales</t>
+  </si>
+  <si>
+    <t>Polentarrutti, Silvia Viviana</t>
+  </si>
+  <si>
+    <t>23-62-0</t>
+  </si>
+  <si>
+    <t>Departamento de Registro</t>
+  </si>
+  <si>
+    <t>23-63-0</t>
+  </si>
+  <si>
+    <t>Departamento de Técnico</t>
+  </si>
+  <si>
+    <t>Pajon, Ramon</t>
+  </si>
+  <si>
+    <t>23-65-0</t>
+  </si>
+  <si>
+    <t>Departamento de Arquitectura</t>
+  </si>
+  <si>
+    <t>23-66-0</t>
+  </si>
+  <si>
+    <t>Departamento de Instalaciones</t>
+  </si>
+  <si>
+    <t>Ford, Clara Inés</t>
+  </si>
+  <si>
+    <t>23-67-0</t>
+  </si>
+  <si>
+    <t>Departamento de Estructuras</t>
+  </si>
+  <si>
+    <t>23-68-0</t>
+  </si>
+  <si>
+    <t>23-69-0</t>
+  </si>
+  <si>
+    <t>23-70-0</t>
+  </si>
+  <si>
+    <t>23-71-0</t>
+  </si>
+  <si>
+    <t>Departamento de Precios de Referencia</t>
+  </si>
+  <si>
+    <t>23-75-0</t>
+  </si>
+  <si>
+    <t>Departamento de Proyecto y Programación de Obras</t>
+  </si>
+  <si>
+    <t>Sena, Roberto Adrian</t>
+  </si>
+  <si>
+    <t>23-76-0</t>
+  </si>
+  <si>
+    <t>Departamento de Supervisión de Obras</t>
+  </si>
+  <si>
+    <t>Morales, Jose Miguel</t>
+  </si>
+  <si>
+    <t>23-77-0</t>
+  </si>
+  <si>
+    <t>Departamento de Pasajeros</t>
+  </si>
+  <si>
+    <t>Romanut, Federico Luis</t>
+  </si>
+  <si>
+    <t>23-78-0</t>
+  </si>
+  <si>
+    <t>Departamento de Transporte Automotor de Cargas</t>
+  </si>
+  <si>
+    <t>23-79-0</t>
+  </si>
+  <si>
+    <t>Departamento de Estudios Tecnicos</t>
+  </si>
+  <si>
+    <t>Torres, Mirta Noemi</t>
+  </si>
+  <si>
+    <t>23-80-0</t>
+  </si>
+  <si>
+    <t>Departamento de Inspecciones</t>
+  </si>
+  <si>
+    <t>23-86-0</t>
+  </si>
+  <si>
+    <t>Dirección de Energía Gasifera</t>
+  </si>
+  <si>
+    <t>Lavia, Esteban Edgardo</t>
+  </si>
+  <si>
+    <t>23-87-0</t>
+  </si>
+  <si>
+    <t>Departamento de Estudios y Normatización</t>
+  </si>
+  <si>
+    <t>Mongelos, Oscar Alberto</t>
+  </si>
+  <si>
+    <t>23-88-0</t>
+  </si>
+  <si>
+    <t>Departamento de Energías Renovables</t>
+  </si>
+  <si>
+    <t>Bockzar, Gabriel Eduardo</t>
+  </si>
+  <si>
+    <t>23-90-0</t>
+  </si>
+  <si>
+    <t>Dirección de Obras</t>
+  </si>
+  <si>
+    <t>dirobras@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Ferreira, Marcelo Augusto</t>
+  </si>
+  <si>
+    <t>23-91-0</t>
+  </si>
+  <si>
+    <t>Dirección de Certificaciones</t>
+  </si>
+  <si>
+    <t>23-92-0</t>
+  </si>
+  <si>
+    <t>Dirección de Licitaciones y Contrataciones</t>
+  </si>
+  <si>
+    <t>Romero, Mercedes Edith</t>
+  </si>
+  <si>
+    <t>23-94-0</t>
+  </si>
+  <si>
+    <t>Departamento de Higiene y Seguridad</t>
+  </si>
+  <si>
+    <t>Cimbaro, Adrián Darío</t>
+  </si>
+  <si>
+    <t>23-95-0</t>
+  </si>
+  <si>
+    <t>Miers, Debora Yanina</t>
+  </si>
+  <si>
+    <t>23-96-0</t>
+  </si>
+  <si>
+    <t>Ramirez, Miguel</t>
+  </si>
+  <si>
+    <t>23-100-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Proyecto y Planeamiento</t>
+  </si>
+  <si>
+    <t>subproyectoyplan@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Grisostolo, Jorge Humberto</t>
+  </si>
+  <si>
+    <t>23-101-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Coordinación Presupuestaria y Financiamiento</t>
+  </si>
+  <si>
+    <t>subcoordpreinfra@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Romero, Claudia Andrea</t>
+  </si>
+  <si>
+    <t>24-1-0</t>
+  </si>
+  <si>
+    <t>Administración Provincial Del Agua ( APA )</t>
+  </si>
+  <si>
+    <t>apa.presidente@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Pilar, Jorge Victor</t>
+  </si>
+  <si>
+    <t>Castagno, Luis Pedro</t>
+  </si>
+  <si>
+    <t>Ferreyra, Carlos Virgilio</t>
+  </si>
+  <si>
+    <t>24-2-0</t>
+  </si>
+  <si>
+    <t>Secretaría Administrativa</t>
+  </si>
+  <si>
+    <t>24-3-0</t>
+  </si>
+  <si>
+    <t>Secretaría Técnica</t>
+  </si>
+  <si>
+    <t>24-4-0</t>
+  </si>
+  <si>
+    <t>24-5-0</t>
+  </si>
+  <si>
+    <t>Gestión de Bienes</t>
+  </si>
+  <si>
+    <t>24-6-0</t>
+  </si>
+  <si>
+    <t>24-7-0</t>
+  </si>
+  <si>
+    <t>24-8-0</t>
+  </si>
+  <si>
+    <t>Rendiciones y Contralor</t>
+  </si>
+  <si>
+    <t>24-9-0</t>
+  </si>
+  <si>
+    <t>Planificacion Y Presupuesto</t>
+  </si>
+  <si>
+    <t>24-14-0</t>
+  </si>
+  <si>
+    <t>Proyectos y Evaluacion</t>
+  </si>
+  <si>
+    <t>24-15-0</t>
+  </si>
+  <si>
+    <t>Obras y Mantenimiento</t>
+  </si>
+  <si>
+    <t>24-17-0</t>
+  </si>
+  <si>
+    <t>Licitaciones y Certificaciones de Obras</t>
+  </si>
+  <si>
+    <t>24-21-0</t>
+  </si>
+  <si>
+    <t>Unidad de Planificacion Sectorial</t>
+  </si>
+  <si>
+    <t>24-23-0</t>
+  </si>
+  <si>
+    <t>24-24-0</t>
+  </si>
+  <si>
+    <t>Mesa General de Entradas, Salidas y Archivo</t>
+  </si>
+  <si>
+    <t>24-25-0</t>
+  </si>
+  <si>
+    <t>Secretaría General</t>
+  </si>
+  <si>
+    <t>24-26-0</t>
+  </si>
+  <si>
+    <t>24-29-0</t>
+  </si>
+  <si>
+    <t>Unidad de Auditoría Interna</t>
+  </si>
+  <si>
+    <t>24-30-0</t>
+  </si>
+  <si>
+    <t>Sistemas Hídricos</t>
+  </si>
+  <si>
+    <t>24-31-0</t>
+  </si>
+  <si>
+    <t>Seguimiento e Información</t>
+  </si>
+  <si>
+    <t>24-32-0</t>
+  </si>
+  <si>
+    <t>24-33-0</t>
+  </si>
+  <si>
+    <t>24-34-0</t>
+  </si>
+  <si>
+    <t>Procuración</t>
+  </si>
+  <si>
+    <t>24-35-0</t>
+  </si>
+  <si>
+    <t>Legales</t>
+  </si>
+  <si>
+    <t>24-36-0</t>
+  </si>
+  <si>
+    <t>Estudios Básicos</t>
+  </si>
+  <si>
+    <t>24-37-0</t>
+  </si>
+  <si>
+    <t>Estudio Hídrico Superficial</t>
+  </si>
+  <si>
+    <t>Noguera, Laura Elizabeth Ramona</t>
+  </si>
+  <si>
+    <t>24-38-0</t>
+  </si>
+  <si>
+    <t>Hidrogeología</t>
+  </si>
+  <si>
+    <t>24-39-0</t>
+  </si>
+  <si>
+    <t>Catastro Del Agua y Riesgo Hídrico</t>
+  </si>
+  <si>
+    <t>24-41-0</t>
+  </si>
+  <si>
+    <t>Proyectos Hidráulicos</t>
+  </si>
+  <si>
+    <t>24-42-0</t>
+  </si>
+  <si>
+    <t>Proyectos Sanitarios</t>
+  </si>
+  <si>
+    <t>24-43-0</t>
+  </si>
+  <si>
+    <t>Evaluación</t>
+  </si>
+  <si>
+    <t>24-44-0</t>
+  </si>
+  <si>
+    <t>Inspecciones</t>
+  </si>
+  <si>
+    <t>24-45-0</t>
+  </si>
+  <si>
+    <t>Mantenimiento</t>
+  </si>
+  <si>
+    <t>24-46-0</t>
+  </si>
+  <si>
+    <t>Contingencias Hidricas</t>
+  </si>
+  <si>
+    <t>24-47-0</t>
+  </si>
+  <si>
+    <t>Comités de Cuencas</t>
+  </si>
+  <si>
+    <t>24-48-0</t>
+  </si>
+  <si>
+    <t>Plantas  de  Agua Potable</t>
+  </si>
+  <si>
+    <t>24-51-0</t>
+  </si>
+  <si>
+    <t>Licitaciones</t>
+  </si>
+  <si>
+    <t>24-52-0</t>
+  </si>
+  <si>
+    <t>Certificaciones</t>
+  </si>
+  <si>
+    <t>24-53-0</t>
+  </si>
+  <si>
+    <t>Administrador General</t>
+  </si>
+  <si>
+    <t>24-54-0</t>
+  </si>
+  <si>
+    <t>Sistemas de Defensas</t>
+  </si>
+  <si>
+    <t>24-55-0</t>
+  </si>
+  <si>
+    <t>Dique</t>
+  </si>
+  <si>
+    <t>24-56-0</t>
+  </si>
+  <si>
+    <t>Laboratorio de Agua</t>
+  </si>
+  <si>
+    <t>24-57-0</t>
+  </si>
+  <si>
+    <t>Físico-químico y Especiales</t>
+  </si>
+  <si>
+    <t>24-58-0</t>
+  </si>
+  <si>
+    <t>Microbiología, Biología y Efluentes</t>
+  </si>
+  <si>
+    <t>24-59-0</t>
+  </si>
+  <si>
+    <t>Tecnología de la Información y Comunicación</t>
+  </si>
+  <si>
+    <t>24-60-0</t>
+  </si>
+  <si>
+    <t>Biblioteca</t>
+  </si>
+  <si>
+    <t>24-61-0</t>
+  </si>
+  <si>
+    <t>Estudio Del Suelo</t>
+  </si>
+  <si>
+    <t>24-62-0</t>
+  </si>
+  <si>
+    <t>Técnico y de Calidad Del Servicio</t>
+  </si>
+  <si>
+    <t>24-63-0</t>
+  </si>
+  <si>
+    <t>Preservación Del Recurso</t>
+  </si>
+  <si>
+    <t>24-64-0</t>
+  </si>
+  <si>
+    <t>Fiscalización Del Recurso</t>
+  </si>
+  <si>
+    <t>24-65-0</t>
+  </si>
+  <si>
+    <t>Estudio Del Impacto Ambiental</t>
+  </si>
+  <si>
+    <t>24-66-0</t>
+  </si>
+  <si>
+    <t>Riego y Drenaje</t>
+  </si>
+  <si>
+    <t>24-67-0</t>
+  </si>
+  <si>
+    <t>Usos Productivos Del Agua</t>
+  </si>
+  <si>
+    <t>apa@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>24-68-0</t>
+  </si>
+  <si>
+    <t>Regulación y Suministro de Los Servicios</t>
+  </si>
+  <si>
+    <t>25-1-0</t>
+  </si>
+  <si>
+    <t>Instituto Del Aborigen Chaqueño ( IDACH )</t>
+  </si>
+  <si>
+    <t>aborigen@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>25-8-0</t>
+  </si>
+  <si>
+    <t>25-9-0</t>
+  </si>
+  <si>
+    <t>25-10-0</t>
+  </si>
+  <si>
+    <t>25-11-0</t>
+  </si>
+  <si>
+    <t>4421824-4426855</t>
+  </si>
+  <si>
+    <t>25-12-0</t>
+  </si>
+  <si>
+    <t>25-13-0</t>
+  </si>
+  <si>
+    <t>25-14-0</t>
+  </si>
+  <si>
+    <t>Financiero Contable</t>
+  </si>
+  <si>
+    <t>25-15-0</t>
+  </si>
+  <si>
+    <t>Registro de Comunidades y Organizaciones Indígenas</t>
+  </si>
+  <si>
+    <t>25-16-0</t>
+  </si>
+  <si>
+    <t>Gerencia de Acción Política</t>
+  </si>
+  <si>
+    <t>25-17-0</t>
+  </si>
+  <si>
+    <t>Desarrollo Social</t>
+  </si>
+  <si>
+    <t>25-18-0</t>
+  </si>
+  <si>
+    <t>Promoción Cultural y Educativa</t>
+  </si>
+  <si>
+    <t>25-19-0</t>
+  </si>
+  <si>
+    <t>Mujer</t>
+  </si>
+  <si>
+    <t>25-20-0</t>
+  </si>
+  <si>
+    <t>Gerencia de Producción, Planificación y Evaluación</t>
+  </si>
+  <si>
+    <t>25-21-0</t>
+  </si>
+  <si>
+    <t>Tierras Comunitarias</t>
+  </si>
+  <si>
+    <t>25-22-0</t>
+  </si>
+  <si>
+    <t>Promoción Habitacional y Comunitaria</t>
+  </si>
+  <si>
+    <t>25-23-0</t>
+  </si>
+  <si>
+    <t>Gerencia de Desarrollo y Oficinas Regionales</t>
+  </si>
+  <si>
+    <t>25-24-0</t>
+  </si>
+  <si>
+    <t>Delegacion Regional I</t>
+  </si>
+  <si>
+    <t>25-25-0</t>
+  </si>
+  <si>
+    <t>Delegacion Regional II</t>
+  </si>
+  <si>
+    <t>25-26-0</t>
+  </si>
+  <si>
+    <t>Delegacion Regional III</t>
+  </si>
+  <si>
+    <t>25-27-0</t>
+  </si>
+  <si>
+    <t>Delegacion Regional IV</t>
+  </si>
+  <si>
+    <t>25-28-0</t>
+  </si>
+  <si>
+    <t>Delegación Regional V</t>
+  </si>
+  <si>
+    <t>25-29-0</t>
+  </si>
+  <si>
+    <t>Delegacion Regional VI</t>
+  </si>
+  <si>
+    <t>25-30-0</t>
+  </si>
+  <si>
+    <t>Delegación Regional VII</t>
+  </si>
+  <si>
+    <t>25-31-0</t>
+  </si>
+  <si>
+    <t>Delegación Regional VIII</t>
+  </si>
+  <si>
+    <t>26-1-0</t>
+  </si>
+  <si>
+    <t>Tesorería General de la Provincia</t>
+  </si>
+  <si>
+    <t>tg.tesoreriachaco@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Olivera, Carlos Miguel</t>
+  </si>
+  <si>
+    <t>Sub-tesorero</t>
+  </si>
+  <si>
+    <t>Orsolini, José María</t>
+  </si>
+  <si>
+    <t>27-1-0</t>
+  </si>
+  <si>
+    <t>Fiscalía de Investigaciones Administrativas</t>
+  </si>
+  <si>
+    <t>0362-4425977 / 4452906</t>
+  </si>
+  <si>
+    <t>fiscaliadeinvest@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Leguizamon, Gustavo Santiago</t>
+  </si>
+  <si>
+    <t>Fiscal Adjunta</t>
+  </si>
+  <si>
+    <t>Beveraggi, Margarita</t>
+  </si>
+  <si>
+    <t>Zurlo Torres, Ariel</t>
+  </si>
+  <si>
+    <t>28-1-0</t>
+  </si>
+  <si>
+    <t>Ministerio de Desarrollo Humano</t>
+  </si>
+  <si>
+    <t>desarrollohumano@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Botteri Disoff, Carina Gabriela</t>
+  </si>
+  <si>
+    <t>28-3-0</t>
+  </si>
+  <si>
+    <t>Dirección de Protección de Derechos Del Niño, Niña y Adolescencia</t>
+  </si>
+  <si>
+    <t>protecderechosyfam@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Quintana Vicente, Paola Soledad</t>
+  </si>
+  <si>
+    <t>28-8-0</t>
+  </si>
+  <si>
+    <t>Dirección de Fortalecimiento Integral de la Familia</t>
+  </si>
+  <si>
+    <t>fortalecimientoint@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Mir, Andrea Angélica</t>
+  </si>
+  <si>
+    <t>28-12-0</t>
+  </si>
+  <si>
+    <t>Dirección de Adultos Mayores</t>
+  </si>
+  <si>
+    <t>adultosmayoresmds@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Solis, Wally Nancy</t>
+  </si>
+  <si>
+    <t>28-17-0</t>
+  </si>
+  <si>
+    <t>Michelini, Mirian Edith</t>
+  </si>
+  <si>
+    <t>28-19-0</t>
+  </si>
+  <si>
+    <t>Meana, Sandra Marcela</t>
+  </si>
+  <si>
+    <t>28-25-0</t>
+  </si>
+  <si>
+    <t>Dirección de Políticas de Promoción e Integración</t>
+  </si>
+  <si>
+    <t>Arrúa Favatier, Analía Soledad</t>
+  </si>
+  <si>
+    <t>28-100-0</t>
+  </si>
+  <si>
+    <t>secretariageneralmds@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>28-114-0</t>
+  </si>
+  <si>
+    <t>Dirección de Logística e Infraestructura</t>
+  </si>
+  <si>
+    <t>28-115-0</t>
+  </si>
+  <si>
+    <t>Muller, Christian</t>
+  </si>
+  <si>
+    <t>28-117-0</t>
+  </si>
+  <si>
+    <t>Cantero, Gladis Beatriz</t>
+  </si>
+  <si>
+    <t>28-118-0</t>
+  </si>
+  <si>
+    <t>Bellini, Yanina Verónica</t>
+  </si>
+  <si>
+    <t>28-119-0</t>
+  </si>
+  <si>
+    <t>Mourglia, Maria Pabla</t>
+  </si>
+  <si>
+    <t>28-121-0</t>
+  </si>
+  <si>
+    <t>Sanchez, Mario Alejandro</t>
+  </si>
+  <si>
+    <t>28-122-0</t>
+  </si>
+  <si>
+    <t>Cardozo, Natalia Veronica</t>
+  </si>
+  <si>
+    <t>28-123-0</t>
+  </si>
+  <si>
+    <t>Sanchez Negrette, Maria Claudia</t>
+  </si>
+  <si>
+    <t>28-124-0</t>
+  </si>
+  <si>
+    <t>Dirección de Unidad de Relaciones Del Trabajo</t>
+  </si>
+  <si>
+    <t>Arizaga, Gladys</t>
+  </si>
+  <si>
+    <t>28-125-0</t>
+  </si>
+  <si>
+    <t>Departamento de Técnico Laboral</t>
+  </si>
+  <si>
+    <t>28-126-0</t>
+  </si>
+  <si>
+    <t>Departamento de Condiciones y Medioambiente Laboral</t>
+  </si>
+  <si>
+    <t>Bordon Lanzoni, Santiago</t>
+  </si>
+  <si>
+    <t>28-129-0</t>
+  </si>
+  <si>
+    <t>28-130-0</t>
+  </si>
+  <si>
+    <t>Delbon, Milton Fabricio</t>
+  </si>
+  <si>
+    <t>28-131-0</t>
+  </si>
+  <si>
+    <t>28-132-0</t>
+  </si>
+  <si>
+    <t>Bressan, Carolina Alejandra</t>
+  </si>
+  <si>
+    <t>28-133-0</t>
+  </si>
+  <si>
+    <t>Vallejos, Laura Daniela</t>
+  </si>
+  <si>
+    <t>28-135-0</t>
+  </si>
+  <si>
+    <t>Departamento de Talleres y Movilidad</t>
+  </si>
+  <si>
+    <t>Lopez Rodriguez, Alejandro</t>
+  </si>
+  <si>
+    <t>28-136-0</t>
+  </si>
+  <si>
+    <t>Departamento de Higiene y Maestranza</t>
+  </si>
+  <si>
+    <t>Ozuna, Jose Romualdo</t>
+  </si>
+  <si>
+    <t>28-137-0</t>
+  </si>
+  <si>
+    <t>Dirección de Politicas Sociales</t>
+  </si>
+  <si>
+    <t>Duarte, Maximo Javier</t>
+  </si>
+  <si>
+    <t>28-139-0</t>
+  </si>
+  <si>
+    <t>Departamento de Politicas Alimentarias</t>
+  </si>
+  <si>
+    <t>Mieres, Dora</t>
+  </si>
+  <si>
+    <t>28-146-0</t>
+  </si>
+  <si>
+    <t>Departamento de Capacitación y Formación</t>
+  </si>
+  <si>
+    <t>28-147-0</t>
+  </si>
+  <si>
+    <t>Departamento de Dispositivos de Cuidados y Contención Psicosocial</t>
+  </si>
+  <si>
+    <t>Pedraza, Carmen Mercede</t>
+  </si>
+  <si>
+    <t>28-149-0</t>
+  </si>
+  <si>
+    <t>Departamento de Prevención y Promoción de Adultos Mayores</t>
+  </si>
+  <si>
+    <t>28-150-0</t>
+  </si>
+  <si>
+    <t>Departamento de Espacios Convivenciales Alternativos</t>
+  </si>
+  <si>
+    <t>28-151-0</t>
+  </si>
+  <si>
+    <t>Departamento de Asistencia Técnica Integral</t>
+  </si>
+  <si>
+    <t>Gimenez, Dora Gladys</t>
+  </si>
+  <si>
+    <t>28-152-0</t>
+  </si>
+  <si>
+    <t>Departamento de Adolescencia</t>
+  </si>
+  <si>
+    <t>28-153-0</t>
+  </si>
+  <si>
+    <t>Departamento de Promoción Derechos de la Niñez y Adolescencia</t>
+  </si>
+  <si>
+    <t>28-155-0</t>
+  </si>
+  <si>
+    <t>Departamento de Fortalecimiento Comunitario</t>
+  </si>
+  <si>
+    <t>Freschi, Monica Claudia</t>
+  </si>
+  <si>
+    <t>28-156-0</t>
+  </si>
+  <si>
+    <t>Departamento de Fortalecimiento Familiar</t>
+  </si>
+  <si>
+    <t>28-157-0</t>
+  </si>
+  <si>
+    <t>Departamento de Promoción Integral Del Adolescente</t>
+  </si>
+  <si>
+    <t>28-176-0</t>
+  </si>
+  <si>
+    <t>Vargas Izak, Sandra Gabriela</t>
+  </si>
+  <si>
+    <t>28-177-0</t>
+  </si>
+  <si>
+    <t>Departamento de Comunicación y Difusión</t>
+  </si>
+  <si>
+    <t>Valenzuela, Mauro David</t>
+  </si>
+  <si>
+    <t>28-178-0</t>
+  </si>
+  <si>
+    <t>Departamento de Centro de Documentación, Información y Archivo</t>
+  </si>
+  <si>
+    <t>Sandoval, Ariel</t>
+  </si>
+  <si>
+    <t>28-185-0</t>
+  </si>
+  <si>
+    <t>Departamento de Asistencias Critica a Las Emergencias</t>
+  </si>
+  <si>
+    <t>28-186-0</t>
+  </si>
+  <si>
+    <t>Departamento de Administración</t>
+  </si>
+  <si>
+    <t>28-191-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Economía y Políticas Sociales</t>
+  </si>
+  <si>
+    <t>sub.economiaypolsoc@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Barrios, Marcelo Andrés</t>
+  </si>
+  <si>
+    <t>28-194-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Juventud</t>
+  </si>
+  <si>
+    <t>mdhsubjuventud@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Jovanovich, Everest</t>
+  </si>
+  <si>
+    <t>28-195-0</t>
+  </si>
+  <si>
+    <t>Dirección de Politicas de Género</t>
+  </si>
+  <si>
+    <t>Pasmanter, Nathalia Soledad</t>
+  </si>
+  <si>
+    <t>28-196-0</t>
+  </si>
+  <si>
+    <t>Departamento de Intervención Comunitaria en Género</t>
+  </si>
+  <si>
+    <t>Irala, Cecilia del Carmen</t>
+  </si>
+  <si>
+    <t>28-197-0</t>
+  </si>
+  <si>
+    <t>Departamento de Atención y Abordaje Integral de Las Violencias</t>
+  </si>
+  <si>
+    <t>28-204-0</t>
+  </si>
+  <si>
+    <t>Budalich, Mirna Noemi</t>
+  </si>
+  <si>
+    <t>28-205-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Planificación Estratégica y Financiera</t>
+  </si>
+  <si>
+    <t>subplanifestrategica@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Picaluk, José Luis</t>
+  </si>
+  <si>
+    <t>28-206-0</t>
+  </si>
+  <si>
+    <t>Departamento de Infraestructura y Mantenimiento de Bienes Muebles</t>
+  </si>
+  <si>
+    <t>28-207-0</t>
+  </si>
+  <si>
+    <t>28-208-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Participación Ciudadana</t>
+  </si>
+  <si>
+    <t>sub.participacion@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Batalla, Carina Noemi</t>
+  </si>
+  <si>
+    <t>28-209-0</t>
+  </si>
+  <si>
+    <t>Dirección de Gestión Ciudadana</t>
+  </si>
+  <si>
+    <t>Jarolin, Alejandra Silvina</t>
+  </si>
+  <si>
+    <t>28-210-0</t>
+  </si>
+  <si>
+    <t>Departamento de Formación Comunitaria</t>
+  </si>
+  <si>
+    <t>Sandi, Rubén Oscar</t>
+  </si>
+  <si>
+    <t>28-211-0</t>
+  </si>
+  <si>
+    <t>Departamento de Intervención Comunitaria</t>
+  </si>
+  <si>
+    <t>Karlen, Fernanda Delia</t>
+  </si>
+  <si>
+    <t>28-212-0</t>
+  </si>
+  <si>
+    <t>Departamento de Resolución de Conflictos Sociales</t>
+  </si>
+  <si>
+    <t>28-214-0</t>
+  </si>
+  <si>
+    <t>Dirección de Articulación y Desarrollo Territorial</t>
+  </si>
+  <si>
+    <t>Aleric, Patricia Mercedes</t>
+  </si>
+  <si>
+    <t>28-216-0</t>
+  </si>
+  <si>
+    <t>Departamento de Desarrollo Territorial</t>
+  </si>
+  <si>
+    <t>28-217-0</t>
+  </si>
+  <si>
+    <t>Departamento de Protección de Derechos de Adultos Mayores</t>
+  </si>
+  <si>
+    <t>28-218-0</t>
+  </si>
+  <si>
+    <t>Dirección de Coordinación  de Delegaciones</t>
+  </si>
+  <si>
+    <t>28-226-0</t>
+  </si>
+  <si>
+    <t>Departamento de Atención Primaria de Urgencias</t>
+  </si>
+  <si>
+    <t>28-227-0</t>
+  </si>
+  <si>
+    <t>Departamento de Niñez</t>
+  </si>
+  <si>
+    <t>28-228-0</t>
+  </si>
+  <si>
+    <t>28-230-0</t>
+  </si>
+  <si>
+    <t>Departamento de Inclusión de la Diversidad</t>
+  </si>
+  <si>
+    <t>28-231-0</t>
+  </si>
+  <si>
+    <t>28-232-0</t>
+  </si>
+  <si>
+    <t>Bogado, Marianela Alejandra</t>
+  </si>
+  <si>
+    <t>28-233-0</t>
+  </si>
+  <si>
+    <t>Departamento de Espacios Convivenciales Alternativos Para Upi</t>
+  </si>
+  <si>
+    <t>28-234-0</t>
+  </si>
+  <si>
+    <t>Departamento de Coordinación Regional</t>
+  </si>
+  <si>
+    <t>28-235-0</t>
+  </si>
+  <si>
+    <t>Dirección de Abordaje Psico-social</t>
+  </si>
+  <si>
+    <t>Villalba, Paula Verónica</t>
+  </si>
+  <si>
+    <t>28-236-0</t>
+  </si>
+  <si>
+    <t>Departamento de Contención a Personas en Situación de Calle</t>
+  </si>
+  <si>
+    <t>28-237-0</t>
+  </si>
+  <si>
+    <t>Departamento de Prevención de Adicciones</t>
+  </si>
+  <si>
+    <t>28-238-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Economía Para el Desarrollo</t>
+  </si>
+  <si>
+    <t>subdeeconomiadh@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Garcia, Martha Viviana</t>
+  </si>
+  <si>
+    <t>28-239-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Niñez, Adolescencia, Familia y Adultos Mayores</t>
+  </si>
+  <si>
+    <t>sub.familia@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Samudio, Fernando Damián</t>
+  </si>
+  <si>
+    <t>28-240-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Articulación y Administración Para el Desarrollo Humano</t>
+  </si>
+  <si>
+    <t>mdhsaadh@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Orosco, Ana Cesilia</t>
+  </si>
+  <si>
+    <t>Junta de Clasificación Nivel Secundario-región III VI VIII y Xii</t>
+  </si>
+  <si>
+    <t>29-1610-0</t>
+  </si>
+  <si>
+    <t>Ministerio de Educación, Cultura, Ciencia y Tecnología (meccyt) Ecom</t>
+  </si>
+  <si>
+    <t>meduc.ministro@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Petcoff Naidenoff, Sofia</t>
+  </si>
+  <si>
+    <t>29-1611-0</t>
+  </si>
+  <si>
+    <t>Consejo de Educación</t>
+  </si>
+  <si>
+    <t>Rolon, Mirian Susana</t>
+  </si>
+  <si>
+    <t>29-1612-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Educación</t>
+  </si>
+  <si>
+    <t>sub.educacion@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Sanchuk, Isabel Gladys</t>
+  </si>
+  <si>
+    <t>29-1620-0</t>
+  </si>
+  <si>
+    <t>Tribunal de Disciplina</t>
+  </si>
+  <si>
+    <t>29-1621-0</t>
+  </si>
+  <si>
+    <t>Dirección General de Gestión Educativa</t>
+  </si>
+  <si>
+    <t>Fonseca, Graciela Noemi</t>
+  </si>
+  <si>
+    <t>29-1622-0</t>
+  </si>
+  <si>
+    <t>Dirección de Nivel Inicial</t>
+  </si>
+  <si>
+    <t>meccyt.dirinicial@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Aubert, Maura Yanina</t>
+  </si>
+  <si>
+    <t>29-1623-0</t>
+  </si>
+  <si>
+    <t>Dirección de Nivel Primario</t>
+  </si>
+  <si>
+    <t>Sosa, Nilda Beatriz</t>
+  </si>
+  <si>
+    <t>29-1624-0</t>
+  </si>
+  <si>
+    <t>Dirección de Nivel Secundario</t>
+  </si>
+  <si>
+    <t>Espinoza, Héctor Eduardo</t>
+  </si>
+  <si>
+    <t>29-1625-0</t>
+  </si>
+  <si>
+    <t>Dirección de Educación Superior</t>
+  </si>
+  <si>
+    <t>29-1626-0</t>
+  </si>
+  <si>
+    <t>Dirección de Servicio Bibliotecario</t>
+  </si>
+  <si>
+    <t>meccyt.dirbiblioteca@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Caceres, Raquel Elizabeth</t>
+  </si>
+  <si>
+    <t>29-1634-0</t>
+  </si>
+  <si>
+    <t>Dirección de Educación Permanente de Jovenes y Adultos</t>
+  </si>
+  <si>
+    <t>meduc.diradultos@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Salmon, Noemi</t>
+  </si>
+  <si>
+    <t>29-1635-0</t>
+  </si>
+  <si>
+    <t>Dirección de Educación Especial</t>
+  </si>
+  <si>
+    <t>29-1636-0</t>
+  </si>
+  <si>
+    <t>Dirección de Educación Tecnico Profecional</t>
+  </si>
+  <si>
+    <t>meccyt.dirtecyfp@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Gerometta, Kiewczun Claudio Martin</t>
+  </si>
+  <si>
+    <t>29-1637-0</t>
+  </si>
+  <si>
+    <t>Dirección de Educación Física</t>
+  </si>
+  <si>
+    <t>defchaco@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Ferreyra, José Nicolas</t>
+  </si>
+  <si>
+    <t>29-1639-0</t>
+  </si>
+  <si>
+    <t>Dirección General de Planeamiento y Evaluación Educativa</t>
+  </si>
+  <si>
+    <t>29-1654-0</t>
+  </si>
+  <si>
+    <t>Dirección de Legal</t>
+  </si>
+  <si>
+    <t>Piceda, Edgardo Rubén</t>
+  </si>
+  <si>
+    <t>29-1655-0</t>
+  </si>
+  <si>
+    <t>meduc.secgral@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>29-1656-0</t>
+  </si>
+  <si>
+    <t>Lencina, Susana</t>
+  </si>
+  <si>
+    <t>29-1657-0</t>
+  </si>
+  <si>
+    <t>Lescano, Zulma, Dora</t>
+  </si>
+  <si>
+    <t>29-1881-0</t>
+  </si>
+  <si>
+    <t>Dirección de Formación Docente Continua</t>
+  </si>
+  <si>
+    <t>Silva, Carlos Alberto</t>
+  </si>
+  <si>
+    <t>29-1884-0</t>
+  </si>
+  <si>
+    <t>Dirección de Inclusión Educativa</t>
+  </si>
+  <si>
+    <t>meccyt.dirinclusion@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Revuelta, Mariano Augusto</t>
+  </si>
+  <si>
+    <t>29-1885-0</t>
+  </si>
+  <si>
+    <t>Dirección General de Niveles y Modalidades</t>
+  </si>
+  <si>
+    <t>Soto, Sonia Adelaida</t>
+  </si>
+  <si>
+    <t>29-1886-0</t>
+  </si>
+  <si>
+    <t>Dirección de Educación en Contexto de Privación de la Libertad</t>
+  </si>
+  <si>
+    <t>meccyt.contencierro@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Fernandez, Rossanna Ruth</t>
+  </si>
+  <si>
+    <t>29-1887-0</t>
+  </si>
+  <si>
+    <t>Dirección de Educación Artistica</t>
+  </si>
+  <si>
+    <t>meduc.direduart@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Ojeda, Gabriela Sara</t>
+  </si>
+  <si>
+    <t>29-1888-0</t>
+  </si>
+  <si>
+    <t>Dirección de Educación Rural</t>
+  </si>
+  <si>
+    <t>meccyt.direducrural@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Cespedes, Monica Natalia</t>
+  </si>
+  <si>
+    <t>29-1889-0</t>
+  </si>
+  <si>
+    <t>Dirección de Vinculación Científico-tecnológica</t>
+  </si>
+  <si>
+    <t>29-1890-0</t>
+  </si>
+  <si>
+    <t>Dirección de Inovación Educativa</t>
+  </si>
+  <si>
+    <t>29-1892-0</t>
+  </si>
+  <si>
+    <t>Dirección de Bienestar Educativo</t>
+  </si>
+  <si>
+    <t>meccyt.bienestareduc@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Godoy, Maria Belén</t>
+  </si>
+  <si>
+    <t>29-1894-0</t>
+  </si>
+  <si>
+    <t>Dirección de Prensa y Comunicación</t>
+  </si>
+  <si>
+    <t>meccyt.prensa@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Burlli, Mariana Karina</t>
+  </si>
+  <si>
+    <t>29-1895-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Interculturalidad y Plurilingüismo</t>
+  </si>
+  <si>
+    <t>meduc.intercultural@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Coria, Vilma Beatriz</t>
+  </si>
+  <si>
+    <t>29-1896-0</t>
+  </si>
+  <si>
+    <t>Dirección de Interculturalidad</t>
+  </si>
+  <si>
+    <t>Longo, Ernestina</t>
+  </si>
+  <si>
+    <t>29-1897-0</t>
+  </si>
+  <si>
+    <t>Dirección de Plurilingüismo</t>
+  </si>
+  <si>
+    <t>29-1898-0</t>
+  </si>
+  <si>
+    <t>Dirección de Verificación de Edificios Escolares</t>
+  </si>
+  <si>
+    <t>Inglant, José Juan Simón</t>
+  </si>
+  <si>
+    <t>29-1899-0</t>
+  </si>
+  <si>
+    <t>Dirección de Ejecución de Edificios Escolares</t>
+  </si>
+  <si>
+    <t>Rey, Daniel Fernando</t>
+  </si>
+  <si>
+    <t>29-1900-0</t>
+  </si>
+  <si>
+    <t>Dirección General de Asuntos Jurídicos y Control de Gestión</t>
+  </si>
+  <si>
+    <t>Aguirre Hayes, Ángel Edgardo</t>
+  </si>
+  <si>
+    <t>29-1902-0</t>
+  </si>
+  <si>
+    <t>29-1903-0</t>
+  </si>
+  <si>
+    <t>Junco, Susana Rita</t>
+  </si>
+  <si>
+    <t>29-1924-0</t>
+  </si>
+  <si>
+    <t>Fonteina, Ema Lilian</t>
+  </si>
+  <si>
+    <t>29-1925-0</t>
+  </si>
+  <si>
+    <t>Departamento de Legajos</t>
+  </si>
+  <si>
+    <t>Bernardi, Claudia Roxana</t>
+  </si>
+  <si>
+    <t>29-1926-0</t>
+  </si>
+  <si>
+    <t>Departamento de Licencias</t>
+  </si>
+  <si>
+    <t>Chica, Cristina Alejandra</t>
+  </si>
+  <si>
+    <t>29-1927-0</t>
+  </si>
+  <si>
+    <t>Departamento de Registro y Controles</t>
+  </si>
+  <si>
+    <t>Luna, Silvia Rosana</t>
+  </si>
+  <si>
+    <t>29-1928-0</t>
+  </si>
+  <si>
+    <t>29-1929-0</t>
+  </si>
+  <si>
+    <t>Departamento de Asistencia, Carrera y Capacitación</t>
+  </si>
+  <si>
+    <t>Vettorazzi, Mary Rosa</t>
+  </si>
+  <si>
+    <t>29-1930-0</t>
+  </si>
+  <si>
+    <t>Departamento de Antigüedad y Asignaciones</t>
+  </si>
+  <si>
+    <t>Toffaletti, Alejandro Walter</t>
+  </si>
+  <si>
+    <t>29-1932-0</t>
+  </si>
+  <si>
+    <t>Almada, Alejandra Daniela</t>
+  </si>
+  <si>
+    <t>29-1933-0</t>
+  </si>
+  <si>
+    <t>Acosta, Ana Catalina</t>
+  </si>
+  <si>
+    <t>29-1934-0</t>
+  </si>
+  <si>
+    <t>Segovia, Alejandra Daniela</t>
+  </si>
+  <si>
+    <t>29-1935-0</t>
+  </si>
+  <si>
+    <t>Departamento de Subresponsable</t>
+  </si>
+  <si>
+    <t>Vallejos, Mirian Ester</t>
+  </si>
+  <si>
+    <t>29-1936-0</t>
+  </si>
+  <si>
+    <t>Quilisis, Silvia Graciela</t>
+  </si>
+  <si>
+    <t>29-1937-0</t>
+  </si>
+  <si>
+    <t>29-1940-0</t>
+  </si>
+  <si>
+    <t>Departamento de Informática</t>
+  </si>
+  <si>
+    <t>Stortti, Silvina Edit</t>
+  </si>
+  <si>
+    <t>29-1941-0</t>
+  </si>
+  <si>
+    <t>Rodríguez, Carlos Ernesto</t>
+  </si>
+  <si>
+    <t>29-1942-0</t>
+  </si>
+  <si>
+    <t>Departamento de Logística</t>
+  </si>
+  <si>
+    <t>29-1943-0</t>
+  </si>
+  <si>
+    <t>Departamento de Servicios Docentes</t>
+  </si>
+  <si>
+    <t>Maidana, María Angélica</t>
+  </si>
+  <si>
+    <t>29-1944-0</t>
+  </si>
+  <si>
+    <t>Acosta, Elsa Beatriz</t>
+  </si>
+  <si>
+    <t>29-1946-0</t>
+  </si>
+  <si>
+    <t>Departamento de Planificación y Programación</t>
+  </si>
+  <si>
+    <t>Suarez, Ramona</t>
+  </si>
+  <si>
+    <t>29-1947-0</t>
+  </si>
+  <si>
+    <t>Departamento de Verificación y Gestión</t>
+  </si>
+  <si>
+    <t>Pereyra, Delia Elvira</t>
+  </si>
+  <si>
+    <t>29-1950-0</t>
+  </si>
+  <si>
+    <t>Departamento de Procesos</t>
+  </si>
+  <si>
+    <t>Vargas, Andrés Mario</t>
+  </si>
+  <si>
+    <t>29-1951-0</t>
+  </si>
+  <si>
+    <t>Departamento de Control de Obras y Mantenimiento</t>
+  </si>
+  <si>
+    <t>Borda, Héctor Rodolfo</t>
+  </si>
+  <si>
+    <t>29-1952-0</t>
+  </si>
+  <si>
+    <t>Moreira, Omar Eladio</t>
+  </si>
+  <si>
+    <t>29-1971-0</t>
+  </si>
+  <si>
+    <t>Departamento de Estadísticas Educativas</t>
+  </si>
+  <si>
+    <t>meccyt.dptoestadeduc@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Gonzáles, Pablo</t>
+  </si>
+  <si>
+    <t>29-1972-0</t>
+  </si>
+  <si>
+    <t>Departamento de Plantas Organicas Funcionales</t>
+  </si>
+  <si>
+    <t>meccyt.dptoplantasof@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Bangher, Mariela Grisel</t>
+  </si>
+  <si>
+    <t>29-1973-0</t>
+  </si>
+  <si>
+    <t>Departamento de Evaluación Educativa</t>
+  </si>
+  <si>
+    <t>Ojeda, Lidia</t>
+  </si>
+  <si>
+    <t>29-1974-0</t>
+  </si>
+  <si>
+    <t>29-1976-0</t>
+  </si>
+  <si>
+    <t>Departamento de Promoción de Actividades Cientifico-tecnologicas</t>
+  </si>
+  <si>
+    <t>29-1977-0</t>
+  </si>
+  <si>
+    <t>Departamento de Innovación Tecnológica y Prospectiva</t>
+  </si>
+  <si>
+    <t>29-1978-0</t>
+  </si>
+  <si>
+    <t>Departamento de Coordinación y Evaluación de Proyectos</t>
+  </si>
+  <si>
+    <t>29-1983-0</t>
+  </si>
+  <si>
+    <t>Pinatti, Nanci Beatriz</t>
+  </si>
+  <si>
+    <t>Dirección de Regionales IX</t>
+  </si>
+  <si>
+    <t>29-2125-0</t>
+  </si>
+  <si>
+    <t>Moreno, Claudia Mercedes</t>
+  </si>
+  <si>
+    <t>29-2126-0</t>
+  </si>
+  <si>
+    <t>Dirección de Coordinación</t>
+  </si>
+  <si>
+    <t>Bazan, Celia Lilian</t>
+  </si>
+  <si>
+    <t>29-2127-0</t>
+  </si>
+  <si>
+    <t>Departamento de Normativas</t>
+  </si>
+  <si>
+    <t>Resch, Ramón Orlando</t>
+  </si>
+  <si>
+    <t>29-2128-0</t>
+  </si>
+  <si>
+    <t>Departamento de Apoyo a Niveles y Modalidades</t>
+  </si>
+  <si>
+    <t>Escalante, Gladis Rafaela</t>
+  </si>
+  <si>
+    <t>29-2129-0</t>
+  </si>
+  <si>
+    <t>Departamento de Liquidaciones y Licencias</t>
+  </si>
+  <si>
+    <t>29-2130-0</t>
+  </si>
+  <si>
+    <t>Departamento de Liqudaciones y Licencias</t>
+  </si>
+  <si>
+    <t>Martina, Mariela Noemí</t>
+  </si>
+  <si>
+    <t>29-2131-0</t>
+  </si>
+  <si>
+    <t>Vesco, Silvia Rosana</t>
+  </si>
+  <si>
+    <t>29-2132-0</t>
+  </si>
+  <si>
+    <t>29-2133-0</t>
+  </si>
+  <si>
+    <t>29-2134-0</t>
+  </si>
+  <si>
+    <t>García Merino, Guillermo Omar</t>
+  </si>
+  <si>
+    <t>29-2139-0</t>
+  </si>
+  <si>
+    <t>Departamento de Gestión de Información</t>
+  </si>
+  <si>
+    <t>29-2140-0</t>
+  </si>
+  <si>
+    <t>Altamirano, Melisa Rosana</t>
+  </si>
+  <si>
+    <t>29-2141-0</t>
+  </si>
+  <si>
+    <t>Sabadini, Ana Ofelia</t>
+  </si>
+  <si>
+    <t>29-2148-0</t>
+  </si>
+  <si>
+    <t>Departamento de Gestión Socio-educativa</t>
+  </si>
+  <si>
+    <t>Silva, Patricia Sandra</t>
+  </si>
+  <si>
+    <t>29-2149-0</t>
+  </si>
+  <si>
+    <t>Melgarejo, Cristina Noemí</t>
+  </si>
+  <si>
+    <t>29-2151-0</t>
+  </si>
+  <si>
+    <t>Departamento de Control y Registro de Titulos</t>
+  </si>
+  <si>
+    <t>29-2152-0</t>
+  </si>
+  <si>
+    <t>Departamento de Difusión de Contenidos y Repositorio</t>
+  </si>
+  <si>
+    <t>Obregón, Susana Gladis</t>
+  </si>
+  <si>
+    <t>29-2153-0</t>
+  </si>
+  <si>
+    <t>Departamento de Gestión de Infraestructura</t>
+  </si>
+  <si>
+    <t>Silva, Marisa Mabel</t>
+  </si>
+  <si>
+    <t>29-2154-0</t>
+  </si>
+  <si>
+    <t>Departamento de Control y Monitoreo</t>
+  </si>
+  <si>
+    <t>Bergema, Romina Daniela</t>
+  </si>
+  <si>
+    <t>29-2156-0</t>
+  </si>
+  <si>
+    <t>Departamento de Fondos y Desarrollos de Sistemas</t>
+  </si>
+  <si>
+    <t>Carnino, Juan Carlo</t>
+  </si>
+  <si>
+    <t>29-2157-0</t>
+  </si>
+  <si>
+    <t>Departamento de Verificaciones</t>
+  </si>
+  <si>
+    <t>De La Cruz, Miriam Viviana</t>
+  </si>
+  <si>
+    <t>29-2158-0</t>
+  </si>
+  <si>
+    <t>Departamento de Transferencias y Subvenciones</t>
+  </si>
+  <si>
+    <t>Navarro, Vilma Margarita</t>
+  </si>
+  <si>
+    <t>29-2159-0</t>
+  </si>
+  <si>
+    <t>Departamento de Verificación Informática</t>
+  </si>
+  <si>
+    <t>Maldonado, Mario Cesar</t>
+  </si>
+  <si>
+    <t>29-2160-0</t>
+  </si>
+  <si>
+    <t>Departamento de Gestión Documental y Compilación Normativa</t>
+  </si>
+  <si>
+    <t>Rodriguez, María Soledad</t>
+  </si>
+  <si>
+    <t>29-2161-0</t>
+  </si>
+  <si>
+    <t>Pagano, Fany Cristina</t>
+  </si>
+  <si>
+    <t>29-2173-0</t>
+  </si>
+  <si>
+    <t>Departamento de Estudios y Proyectos</t>
+  </si>
+  <si>
+    <t>Pucciarello, Martin Alfredo</t>
+  </si>
+  <si>
+    <t>29-2174-0</t>
+  </si>
+  <si>
+    <t>Departamento de Equipamiento Escolar</t>
+  </si>
+  <si>
+    <t>Stacul, Adela Noemí</t>
+  </si>
+  <si>
+    <t>29-2203-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Infraestructura Escolar</t>
+  </si>
+  <si>
+    <t>sub.infraescolar@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Cerrutti,, Sonia Rosana</t>
+  </si>
+  <si>
+    <t>29-2205-0</t>
+  </si>
+  <si>
+    <t>meduccpresupuestaria@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Cavalca, José Arquímedes</t>
+  </si>
+  <si>
+    <t>29-2270-0</t>
+  </si>
+  <si>
+    <t>Palavecino, Iris Noemi</t>
+  </si>
+  <si>
+    <t>29-2271-0</t>
+  </si>
+  <si>
+    <t>Departamento de Programas Nacionales</t>
+  </si>
+  <si>
+    <t>Borelli, Nancy Alejandra</t>
+  </si>
+  <si>
+    <t>29-2272-0</t>
+  </si>
+  <si>
+    <t>29-2279-0</t>
+  </si>
+  <si>
+    <t>Rodriguez, Luis Manuel</t>
+  </si>
+  <si>
+    <t>29-2280-0</t>
+  </si>
+  <si>
+    <t>Departamento de Refacciones Preventivas</t>
+  </si>
+  <si>
+    <t>Betik, Mabel Francisca</t>
+  </si>
+  <si>
+    <t>29-2281-0</t>
+  </si>
+  <si>
+    <t>Departamento de Monitoreo y Control</t>
+  </si>
+  <si>
+    <t>Cicutta, Jorge Gustavo</t>
+  </si>
+  <si>
+    <t>29-2383-0</t>
+  </si>
+  <si>
+    <t>Dirección General de Investigación Cientifica</t>
+  </si>
+  <si>
+    <t>Bergara, Mariana Alejandra</t>
+  </si>
+  <si>
+    <t>29-2384-0</t>
+  </si>
+  <si>
+    <t>Dirección de Observatorio Científico Pedagógico y Social</t>
+  </si>
+  <si>
+    <t>29-2385-0</t>
+  </si>
+  <si>
+    <t>Dirección de Observatorio Jurídico Administrativo y Contable</t>
+  </si>
+  <si>
+    <t>29-2387-0</t>
+  </si>
+  <si>
+    <t>Dirección de Observatorio de la Difusión de Contenidos Multimedia y Relaciones Sociales</t>
+  </si>
+  <si>
+    <t>chacoenredes@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Sepulveda Maldonado, Silvia Liliana</t>
+  </si>
+  <si>
+    <t>29-2388-0</t>
+  </si>
+  <si>
+    <t>Departamento de Administracíon</t>
+  </si>
+  <si>
+    <t>29-2410-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Ciencia y Tecnología</t>
+  </si>
+  <si>
+    <t>sub.cienciaytec@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Pilar, Claudia Alejandra</t>
+  </si>
+  <si>
+    <t>29-2412-0</t>
+  </si>
+  <si>
+    <t>Dirección General de Títulos y Equivalencias</t>
+  </si>
+  <si>
+    <t>29-2413-0</t>
+  </si>
+  <si>
+    <t>Dirección de Intervención y Registro</t>
+  </si>
+  <si>
+    <t>Bravo, Vanina Fernanda</t>
+  </si>
+  <si>
+    <t>29-2414-0</t>
+  </si>
+  <si>
+    <t>Dirección de Plan de Estudio y Validez Nacional</t>
+  </si>
+  <si>
+    <t>Zalas, Alfredo Jesús</t>
+  </si>
+  <si>
+    <t>29-2415-0</t>
+  </si>
+  <si>
+    <t>Dirección General de Políticas Socio-educativas e Igualdad de Géneros</t>
+  </si>
+  <si>
+    <t>Sanchez, José Santiago</t>
+  </si>
+  <si>
+    <t>29-2416-0</t>
+  </si>
+  <si>
+    <t>Departamento de Inclusión y Retención Escolar</t>
+  </si>
+  <si>
+    <t>Jojol, Hernán</t>
+  </si>
+  <si>
+    <t>29-2417-0</t>
+  </si>
+  <si>
+    <t>Dirección de Participación y Formación Ciudadana</t>
+  </si>
+  <si>
+    <t>Salas, Samuel Jorge</t>
+  </si>
+  <si>
+    <t>29-2418-0</t>
+  </si>
+  <si>
+    <t>Departamento de Promoción de Ciudadanía</t>
+  </si>
+  <si>
+    <t>29-2419-0</t>
+  </si>
+  <si>
+    <t>Departamento de Gestión y Prevención</t>
+  </si>
+  <si>
+    <t>29-2420-0</t>
+  </si>
+  <si>
+    <t>Dirección de Información Educativa</t>
+  </si>
+  <si>
+    <t>meccyt.dirinfoeduc@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Nuñez, Gerardo</t>
+  </si>
+  <si>
+    <t>29-2421-0</t>
+  </si>
+  <si>
+    <t>Dirección de Estructuras Organizativas Educativas</t>
+  </si>
+  <si>
+    <t>29-2422-0</t>
+  </si>
+  <si>
+    <t>Dirección General de Educación Pública de Gestión Privada</t>
+  </si>
+  <si>
+    <t>29-2423-0</t>
+  </si>
+  <si>
+    <t>Departamento de Monitoreo y Supervisión</t>
+  </si>
+  <si>
+    <t>29-2424-0</t>
+  </si>
+  <si>
+    <t>Departamento de Gestión de Uepgps</t>
+  </si>
+  <si>
+    <t>29-2429-0</t>
+  </si>
+  <si>
+    <t>Dirección General de Ciencia y Tecnología</t>
+  </si>
+  <si>
+    <t>Zampar, Marcelo Adrián</t>
+  </si>
+  <si>
+    <t>29-2430-0</t>
+  </si>
+  <si>
+    <t>Departamento de Inclusión y Plataformas Digitales</t>
+  </si>
+  <si>
+    <t>29-2431-0</t>
+  </si>
+  <si>
+    <t>29-2432-0</t>
+  </si>
+  <si>
+    <t>Dirección de Investigación Educativa</t>
+  </si>
+  <si>
+    <t>29-2433-0</t>
+  </si>
+  <si>
+    <t>Dirección de Currículo</t>
+  </si>
+  <si>
+    <t>Benitez, Gladis Lilian</t>
+  </si>
+  <si>
+    <t>29-2434-0</t>
+  </si>
+  <si>
+    <t>Gomez, Rosalía de los Ángeles</t>
+  </si>
+  <si>
+    <t>29-2435-0</t>
+  </si>
+  <si>
+    <t>Dirección de Fortalecimiento y Trayectorias Interculturales</t>
+  </si>
+  <si>
+    <t>Mendoza, Ricardo</t>
+  </si>
+  <si>
+    <t>29-2436-0</t>
+  </si>
+  <si>
+    <t>Departamento de Intervención e Información</t>
+  </si>
+  <si>
+    <t>Arzamendia, Luciano Gastón</t>
+  </si>
+  <si>
+    <t>29-2437-0</t>
+  </si>
+  <si>
+    <t>Dirección de Mantenimiento y Servicios</t>
+  </si>
+  <si>
+    <t>Lugo, Henry Ariel</t>
+  </si>
+  <si>
+    <t>29-2438-0</t>
+  </si>
+  <si>
+    <t>Dirección de Asuntos Juridiciales</t>
+  </si>
+  <si>
+    <t>29-2439-0</t>
+  </si>
+  <si>
+    <t>Departamento de Información Sumaria Docente</t>
+  </si>
+  <si>
+    <t>29-2440-0</t>
+  </si>
+  <si>
+    <t>29-2442-0</t>
+  </si>
+  <si>
+    <t>Dirección de Coordinación de Juntas</t>
+  </si>
+  <si>
+    <t>29-2443-0</t>
+  </si>
+  <si>
+    <t>Dirección de Educación Hospitalaria y Domiciliaria</t>
+  </si>
+  <si>
+    <t>29-2516-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Descentralización Educativa</t>
+  </si>
+  <si>
+    <t>sub.desc.educativa@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Fassano, Marta Mónica</t>
+  </si>
+  <si>
+    <t>34-1-0</t>
+  </si>
+  <si>
+    <t>Instituto de Cultura Del Chaco</t>
+  </si>
+  <si>
+    <t>cultura.presidencia@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Zorrilla, Mario Miguel</t>
+  </si>
+  <si>
+    <t>Vice Presidente</t>
+  </si>
+  <si>
+    <t>viceprescultura@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Valdez, Daniela Patricia</t>
+  </si>
+  <si>
+    <t>Zacarías, Daniela Belén</t>
+  </si>
+  <si>
+    <t>Dojas, Luis Marcelo</t>
+  </si>
+  <si>
+    <t>34-2-0</t>
+  </si>
+  <si>
+    <t>34-3-0</t>
+  </si>
+  <si>
+    <t>34-4-0</t>
+  </si>
+  <si>
+    <t>Departamento de Asuntos Jurídicos</t>
+  </si>
+  <si>
+    <t>34-5-0</t>
+  </si>
+  <si>
+    <t>34-6-0</t>
+  </si>
+  <si>
+    <t>Dirección de Producción Cultural</t>
+  </si>
+  <si>
+    <t>34-41-0</t>
+  </si>
+  <si>
+    <t>Dirección de Recursos Humanos</t>
+  </si>
+  <si>
+    <t>34-42-0</t>
+  </si>
+  <si>
+    <t>34-46-0</t>
+  </si>
+  <si>
+    <t>34-47-0</t>
+  </si>
+  <si>
+    <t>34-48-0</t>
+  </si>
+  <si>
+    <t>34-49-0</t>
+  </si>
+  <si>
+    <t>Departamento de Rendición de Cuentas</t>
+  </si>
+  <si>
+    <t>34-50-0</t>
+  </si>
+  <si>
+    <t>34-51-0</t>
+  </si>
+  <si>
+    <t>34-52-0</t>
+  </si>
+  <si>
+    <t>34-53-0</t>
+  </si>
+  <si>
+    <t>34-54-0</t>
+  </si>
+  <si>
+    <t>34-55-0</t>
+  </si>
+  <si>
+    <t>34-56-0</t>
+  </si>
+  <si>
+    <t>3624-814866</t>
+  </si>
+  <si>
+    <t>cultura.informatica@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>34-57-0</t>
+  </si>
+  <si>
+    <t>34-58-0</t>
+  </si>
+  <si>
+    <t>Departamento de Liquidación de Haberes</t>
+  </si>
+  <si>
+    <t>34-59-0</t>
+  </si>
+  <si>
+    <t>Departamento de Legajos y Licencias</t>
+  </si>
+  <si>
+    <t>34-60-0</t>
+  </si>
+  <si>
+    <t>Departamento de Industrias Culturales</t>
+  </si>
+  <si>
+    <t>34-61-0</t>
+  </si>
+  <si>
+    <t>Departamento de Artesanías</t>
+  </si>
+  <si>
+    <t>34-62-0</t>
+  </si>
+  <si>
+    <t>Departamento de Marketing Cultural</t>
+  </si>
+  <si>
+    <t>34-63-0</t>
+  </si>
+  <si>
+    <t>Departamento Infraestructura Cultural</t>
+  </si>
+  <si>
+    <t>34-64-0</t>
+  </si>
+  <si>
+    <t>Dirección de Lenguajes Artísticos</t>
+  </si>
+  <si>
+    <t>34-65-0</t>
+  </si>
+  <si>
+    <t>Departamento de Letras</t>
+  </si>
+  <si>
+    <t>34-66-0</t>
+  </si>
+  <si>
+    <t>Departamento de Música</t>
+  </si>
+  <si>
+    <t>34-67-0</t>
+  </si>
+  <si>
+    <t>Departamento de Cines Audiovisuales y Arte Digital</t>
+  </si>
+  <si>
+    <t>34-68-0</t>
+  </si>
+  <si>
+    <t>Departamento de Teatro</t>
+  </si>
+  <si>
+    <t>34-69-0</t>
+  </si>
+  <si>
+    <t>Departamento de Artes Visuales</t>
+  </si>
+  <si>
+    <t>34-70-0</t>
+  </si>
+  <si>
+    <t>Departamento de Danza</t>
+  </si>
+  <si>
+    <t>34-71-0</t>
+  </si>
+  <si>
+    <t>Dirección de Patrimonio Cultural</t>
+  </si>
+  <si>
+    <t>34-72-0</t>
+  </si>
+  <si>
+    <t>Departamento de Patrimonio Material</t>
+  </si>
+  <si>
+    <t>34-73-0</t>
+  </si>
+  <si>
+    <t>Departamento de Patrimonio Inmaterial</t>
+  </si>
+  <si>
+    <t>34-74-0</t>
+  </si>
+  <si>
+    <t>Departamento de Técnicos de Museos</t>
+  </si>
+  <si>
+    <t>34-75-0</t>
+  </si>
+  <si>
+    <t>Dirección de Promoción Socio - Cultural</t>
+  </si>
+  <si>
+    <t>34-76-0</t>
+  </si>
+  <si>
+    <t>Departamento de Proyectos Comunitarios y Socioeducativos</t>
+  </si>
+  <si>
+    <t>34-77-0</t>
+  </si>
+  <si>
+    <t>Departamento de Promoción Territorial</t>
+  </si>
+  <si>
+    <t>34-78-0</t>
+  </si>
+  <si>
+    <t>Departamento de Coordinación de Centros Culturales</t>
+  </si>
+  <si>
+    <t>34-79-0</t>
+  </si>
+  <si>
+    <t>Dirección de Asistencia y Aplicación de Normas</t>
+  </si>
+  <si>
+    <t>3624-970632</t>
+  </si>
+  <si>
+    <t>34-80-0</t>
+  </si>
+  <si>
+    <t>Departamento de Premios y Reconocimientos</t>
+  </si>
+  <si>
+    <t>36-1-0</t>
+  </si>
+  <si>
+    <t>Servicio Penitenciario y de Readaptación Social</t>
+  </si>
+  <si>
+    <t>penitenciario@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Maidana, Gilda Erika</t>
+  </si>
+  <si>
+    <t>36-8-0</t>
+  </si>
+  <si>
+    <t>36-11-0</t>
+  </si>
+  <si>
+    <t>Seguridad y Traslado</t>
+  </si>
+  <si>
+    <t>36-12-0</t>
+  </si>
+  <si>
+    <t>36-13-0</t>
+  </si>
+  <si>
+    <t>Asistencia Médica</t>
+  </si>
+  <si>
+    <t>36-15-0</t>
+  </si>
+  <si>
+    <t>Criminológico</t>
+  </si>
+  <si>
+    <t>36-20-0</t>
+  </si>
+  <si>
+    <t>36-21-0</t>
+  </si>
+  <si>
+    <t>Dirección General de Asuntos Institucionales</t>
+  </si>
+  <si>
+    <t>36-22-0</t>
+  </si>
+  <si>
+    <t>Seguridad y Criminología Penitenciaria</t>
+  </si>
+  <si>
+    <t>36-23-0</t>
+  </si>
+  <si>
+    <t>36-24-0</t>
+  </si>
+  <si>
+    <t>Complejo Penitenciario I</t>
+  </si>
+  <si>
+    <t>36-25-0</t>
+  </si>
+  <si>
+    <t>Complejo Penitenciario II</t>
+  </si>
+  <si>
+    <t>36-26-0</t>
+  </si>
+  <si>
+    <t>Zona Interior</t>
+  </si>
+  <si>
+    <t>36-27-0</t>
+  </si>
+  <si>
+    <t>36-28-0</t>
+  </si>
+  <si>
+    <t>36-29-0</t>
+  </si>
+  <si>
+    <t>36-30-0</t>
+  </si>
+  <si>
+    <t>Instituto de Formación Penitenciaria</t>
+  </si>
+  <si>
+    <t>36-31-0</t>
+  </si>
+  <si>
+    <t>Readaptación Social</t>
+  </si>
+  <si>
+    <t>36-32-0</t>
+  </si>
+  <si>
+    <t>Tratamiento</t>
+  </si>
+  <si>
+    <t>36-33-0</t>
+  </si>
+  <si>
+    <t>División Calidad, Planeamiento e Infraestructura</t>
+  </si>
+  <si>
+    <t>36-34-0</t>
+  </si>
+  <si>
+    <t>Sección Evaluación y Análisis de Proyectos y Programas</t>
+  </si>
+  <si>
+    <t>36-35-0</t>
+  </si>
+  <si>
+    <t>Sección Estadística y Sistema</t>
+  </si>
+  <si>
+    <t>36-36-0</t>
+  </si>
+  <si>
+    <t>Sección Infraestructura</t>
+  </si>
+  <si>
+    <t>36-37-0</t>
+  </si>
+  <si>
+    <t>División Relaciones Públicas e Institucionales</t>
+  </si>
+  <si>
+    <t>36-38-0</t>
+  </si>
+  <si>
+    <t>Sección Ceremonial y Protocolo</t>
+  </si>
+  <si>
+    <t>36-39-0</t>
+  </si>
+  <si>
+    <t>Sección Prensa</t>
+  </si>
+  <si>
+    <t>36-40-0</t>
+  </si>
+  <si>
+    <t>División Litigios Judiciales</t>
+  </si>
+  <si>
+    <t>36-41-0</t>
+  </si>
+  <si>
+    <t>División Actuaciones Administrativas</t>
+  </si>
+  <si>
+    <t>36-42-0</t>
+  </si>
+  <si>
+    <t>División Recaptura de Prófugos Y/o Evadidos e Informaciones</t>
+  </si>
+  <si>
+    <t>36-43-0</t>
+  </si>
+  <si>
+    <t>División Cuerpo de Operaciones Penitenciarias</t>
+  </si>
+  <si>
+    <t>36-44-0</t>
+  </si>
+  <si>
+    <t>División de Asesoría Jurídica</t>
+  </si>
+  <si>
+    <t>36-45-0</t>
+  </si>
+  <si>
+    <t>División de Investigaciones Administrativas</t>
+  </si>
+  <si>
+    <t>36-46-0</t>
+  </si>
+  <si>
+    <t>División de Auditorias Funcionales y Financieras</t>
+  </si>
+  <si>
+    <t>36-47-0</t>
+  </si>
+  <si>
+    <t>División de Desarrollo Humano</t>
+  </si>
+  <si>
+    <t>36-48-0</t>
+  </si>
+  <si>
+    <t>División de Defensas Judiciales Del Personal</t>
+  </si>
+  <si>
+    <t>36-49-0</t>
+  </si>
+  <si>
+    <t>División de Gestión y Administración de Personal</t>
+  </si>
+  <si>
+    <t>36-50-0</t>
+  </si>
+  <si>
+    <t>Sección de Legajos</t>
+  </si>
+  <si>
+    <t>36-51-0</t>
+  </si>
+  <si>
+    <t>Sección de Escalafones</t>
+  </si>
+  <si>
+    <t>36-52-0</t>
+  </si>
+  <si>
+    <t>División de Contrataciones</t>
+  </si>
+  <si>
+    <t>36-53-0</t>
+  </si>
+  <si>
+    <t>División de Contable</t>
+  </si>
+  <si>
+    <t>36-54-0</t>
+  </si>
+  <si>
+    <t>División de Tesoreria</t>
+  </si>
+  <si>
+    <t>36-55-0</t>
+  </si>
+  <si>
+    <t>División de Remuneraciones</t>
+  </si>
+  <si>
+    <t>36-56-0</t>
+  </si>
+  <si>
+    <t>División de Rendición de Cuentas</t>
+  </si>
+  <si>
+    <t>36-57-0</t>
+  </si>
+  <si>
+    <t>División de Formación Penitenciaria y Capacitación Profesional</t>
+  </si>
+  <si>
+    <t>36-58-0</t>
+  </si>
+  <si>
+    <t>Sección de Banda de Musica</t>
+  </si>
+  <si>
+    <t>36-59-0</t>
+  </si>
+  <si>
+    <t>División de Logística e Intendencia</t>
+  </si>
+  <si>
+    <t>36-60-0</t>
+  </si>
+  <si>
+    <t>Sección de Patrimonio</t>
+  </si>
+  <si>
+    <t>36-61-0</t>
+  </si>
+  <si>
+    <t>Sección de Taller</t>
+  </si>
+  <si>
+    <t>36-62-0</t>
+  </si>
+  <si>
+    <t>Sección de Soporte Comunicaciones y Sistemas</t>
+  </si>
+  <si>
+    <t>36-63-0</t>
+  </si>
+  <si>
+    <t>Sección de Sastrería Penitenciaria</t>
+  </si>
+  <si>
+    <t>36-64-0</t>
+  </si>
+  <si>
+    <t>División de Registro de Armamentos Penitenciario Provincial</t>
+  </si>
+  <si>
+    <t>36-65-0</t>
+  </si>
+  <si>
+    <t>División de Unidad Penitenciaria I (mujeres)</t>
+  </si>
+  <si>
+    <t>36-66-0</t>
+  </si>
+  <si>
+    <t>División de Unidad Penitenciaria II (general San Martin)</t>
+  </si>
+  <si>
+    <t>36-67-0</t>
+  </si>
+  <si>
+    <t>División de Unidad Penitenciaria VI (pre-egreso)</t>
+  </si>
+  <si>
+    <t>36-68-0</t>
+  </si>
+  <si>
+    <t>División de Unidad Penitenciaria VII (centro de Detención Transitorio Barranqueras)</t>
+  </si>
+  <si>
+    <t>36-69-0</t>
+  </si>
+  <si>
+    <t>Sección de Videovigilancia Metropolitana</t>
+  </si>
+  <si>
+    <t>36-70-0</t>
+  </si>
+  <si>
+    <t>Unidad Penitenciaria III (villa Angela)</t>
+  </si>
+  <si>
+    <t>36-71-0</t>
+  </si>
+  <si>
+    <t>Unidad Penitenciaria IV (charata)</t>
+  </si>
+  <si>
+    <t>36-72-0</t>
+  </si>
+  <si>
+    <t>Unidad Penitenciaria V (juan José Castelli)</t>
+  </si>
+  <si>
+    <t>36-73-0</t>
+  </si>
+  <si>
+    <t>Sección Video Vigilancia Interior</t>
+  </si>
+  <si>
+    <t>36-74-0</t>
+  </si>
+  <si>
+    <t>Sección Procesados y Condenados</t>
+  </si>
+  <si>
+    <t>36-75-0</t>
+  </si>
+  <si>
+    <t>Sección Admisión y Traslado</t>
+  </si>
+  <si>
+    <t>36-76-0</t>
+  </si>
+  <si>
+    <t>Sección Estadistica</t>
+  </si>
+  <si>
+    <t>36-77-0</t>
+  </si>
+  <si>
+    <t>Sección Capacitación de Gabinetes</t>
+  </si>
+  <si>
+    <t>36-78-0</t>
+  </si>
+  <si>
+    <t>Sección Actualización y Estadística</t>
+  </si>
+  <si>
+    <t>36-79-0</t>
+  </si>
+  <si>
+    <t>Sección de Archivos</t>
+  </si>
+  <si>
+    <t>36-80-0</t>
+  </si>
+  <si>
+    <t>División de Monitoreo Electrónico de Detenidos</t>
+  </si>
+  <si>
+    <t>36-81-0</t>
+  </si>
+  <si>
+    <t>Sección Formación</t>
+  </si>
+  <si>
+    <t>36-82-0</t>
+  </si>
+  <si>
+    <t>Sección Estadística Sanitaria</t>
+  </si>
+  <si>
+    <t>36-83-0</t>
+  </si>
+  <si>
+    <t>División de Capacitación Laboral, Asistencia Social y Espiritual</t>
+  </si>
+  <si>
+    <t>36-84-0</t>
+  </si>
+  <si>
+    <t>Sección de Trabajo</t>
+  </si>
+  <si>
+    <t>36-85-0</t>
+  </si>
+  <si>
+    <t>Sección de Asistencia Social</t>
+  </si>
+  <si>
+    <t>36-86-0</t>
+  </si>
+  <si>
+    <t>Sección de Capellanía Católica</t>
+  </si>
+  <si>
+    <t>36-87-0</t>
+  </si>
+  <si>
+    <t>Sección de Capellanía Evangélica</t>
+  </si>
+  <si>
+    <t>36-88-0</t>
+  </si>
+  <si>
+    <t>División Educación Formal y no Formal</t>
+  </si>
+  <si>
+    <t>36-89-0</t>
+  </si>
+  <si>
+    <t>Sección Educación Formal</t>
+  </si>
+  <si>
+    <t>36-90-0</t>
+  </si>
+  <si>
+    <t>Sección Educación no Formal</t>
+  </si>
+  <si>
+    <t>36-91-0</t>
+  </si>
+  <si>
+    <t>Subjefe Servicio Penitenciario</t>
+  </si>
+  <si>
+    <t>Sotelo, Gerardo Fabián</t>
+  </si>
+  <si>
+    <t>37-1-0</t>
+  </si>
+  <si>
+    <t>Instituto Provincial Para la Inclusión de Las Personas Con Discapacidad</t>
+  </si>
+  <si>
+    <t>presidencia@iprodich.gob.ar</t>
+  </si>
+  <si>
+    <t>Mitoire, Ana María</t>
+  </si>
+  <si>
+    <t>Morales, Mónica Marcela</t>
+  </si>
+  <si>
+    <t>37-2-0</t>
+  </si>
+  <si>
+    <t>planificacion@iprodich.gob.ar</t>
+  </si>
+  <si>
+    <t>37-3-0</t>
+  </si>
+  <si>
+    <t>Proyectos Con Financiamiento Especial</t>
+  </si>
+  <si>
+    <t>37-4-0</t>
+  </si>
+  <si>
+    <t>Romera, Karen</t>
+  </si>
+  <si>
+    <t>37-5-0</t>
+  </si>
+  <si>
+    <t>Mesa de Entradas, Salidas y Archivo</t>
+  </si>
+  <si>
+    <t>Mendez, Sonia Mariela</t>
+  </si>
+  <si>
+    <t>37-6-0</t>
+  </si>
+  <si>
+    <t>Gestión Legal y Administrativa</t>
+  </si>
+  <si>
+    <t>D`lessandro, Daniela Vanina</t>
+  </si>
+  <si>
+    <t>37-7-0</t>
+  </si>
+  <si>
+    <t>Frank, Emma Maria Elvira</t>
+  </si>
+  <si>
+    <t>37-8-0</t>
+  </si>
+  <si>
+    <t>37-9-0</t>
+  </si>
+  <si>
+    <t>54-55</t>
+  </si>
+  <si>
+    <t>37-11-0</t>
+  </si>
+  <si>
+    <t>37-12-0</t>
+  </si>
+  <si>
+    <t>Contrataciones y Gestión de Bienes</t>
+  </si>
+  <si>
+    <t>Manassi, Maria Eugenia</t>
+  </si>
+  <si>
+    <t>37-13-0</t>
+  </si>
+  <si>
+    <t>Certificaciones y Prestaciones</t>
+  </si>
+  <si>
+    <t>53-54</t>
+  </si>
+  <si>
+    <t>37-14-0</t>
+  </si>
+  <si>
+    <t>Evaluación de Personas</t>
+  </si>
+  <si>
+    <t>37-15-0</t>
+  </si>
+  <si>
+    <t>Evaluación de Prestadores y Prestaciones</t>
+  </si>
+  <si>
+    <t>37-16-0</t>
+  </si>
+  <si>
+    <t>Banco de Ayudas Técnicas</t>
+  </si>
+  <si>
+    <t>37-17-0</t>
+  </si>
+  <si>
+    <t>Promoción e Inclusión</t>
+  </si>
+  <si>
+    <t>37-18-0</t>
+  </si>
+  <si>
+    <t>Inclusión Social</t>
+  </si>
+  <si>
+    <t>37-19-0</t>
+  </si>
+  <si>
+    <t>Inclusión Laboral</t>
+  </si>
+  <si>
+    <t>37-20-0</t>
+  </si>
+  <si>
+    <t>Educación y Capacitación</t>
+  </si>
+  <si>
+    <t>37-21-0</t>
+  </si>
+  <si>
+    <t>Servicios Públicos</t>
+  </si>
+  <si>
+    <t>37-22-0</t>
+  </si>
+  <si>
+    <t>Centro de Información al Ciudadano</t>
+  </si>
+  <si>
+    <t>37-23-0</t>
+  </si>
+  <si>
+    <t>37-24-0</t>
+  </si>
+  <si>
+    <t>37-25-0</t>
+  </si>
+  <si>
+    <t>Presupuesto y Seguimiento</t>
+  </si>
+  <si>
+    <t>37-26-0</t>
+  </si>
+  <si>
+    <t>Servicios de Diagnóstico</t>
+  </si>
+  <si>
+    <t>37-27-0</t>
+  </si>
+  <si>
+    <t>Intervención Territorial</t>
+  </si>
+  <si>
+    <t>37-28-0</t>
+  </si>
+  <si>
+    <t>Intervención Comunitaria</t>
+  </si>
+  <si>
+    <t>37-29-0</t>
+  </si>
+  <si>
+    <t>Gobiernos Locales</t>
+  </si>
+  <si>
+    <t>39-1-0</t>
+  </si>
+  <si>
+    <t>Administración Portuaria Puerto Barranqueras</t>
+  </si>
+  <si>
+    <t>admi.puerto@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Digiuni Azula, Graciela Alicia</t>
+  </si>
+  <si>
+    <t>39-2-0</t>
+  </si>
+  <si>
+    <t>Gerente Portuario</t>
+  </si>
+  <si>
+    <t>39-3-0</t>
+  </si>
+  <si>
+    <t>Gerencia de Administración</t>
+  </si>
+  <si>
+    <t>39-4-0</t>
+  </si>
+  <si>
+    <t>Gerencia de Marketing</t>
+  </si>
+  <si>
+    <t>39-5-0</t>
+  </si>
+  <si>
+    <t>Gerencia de Logística y Operaciones</t>
+  </si>
+  <si>
+    <t>39-6-0</t>
+  </si>
+  <si>
+    <t>Secretaría Legal</t>
+  </si>
+  <si>
+    <t>39-8-0</t>
+  </si>
+  <si>
+    <t>Compras y Patrimonio</t>
+  </si>
+  <si>
+    <t>39-9-0</t>
+  </si>
+  <si>
+    <t>Contable y Rendiciones</t>
+  </si>
+  <si>
+    <t>39-10-0</t>
+  </si>
+  <si>
+    <t>39-11-0</t>
+  </si>
+  <si>
+    <t>Ventas y Facturación</t>
+  </si>
+  <si>
+    <t>39-12-0</t>
+  </si>
+  <si>
+    <t>39-13-0</t>
+  </si>
+  <si>
+    <t>Programación Portuaria</t>
+  </si>
+  <si>
+    <t>39-14-0</t>
+  </si>
+  <si>
+    <t>Obras y Proyectos Especiales</t>
+  </si>
+  <si>
+    <t>39-15-0</t>
+  </si>
+  <si>
+    <t>Asuntos Contenciosos</t>
+  </si>
+  <si>
+    <t>39-16-0</t>
+  </si>
+  <si>
+    <t>39-17-0</t>
+  </si>
+  <si>
+    <t>Gerencia de Coordinación Institucional</t>
+  </si>
+  <si>
+    <t>39-18-0</t>
+  </si>
+  <si>
+    <t>Ceremonial y Protocolo</t>
+  </si>
+  <si>
+    <t>39-19-0</t>
+  </si>
+  <si>
+    <t>Responsabilidad Social</t>
+  </si>
+  <si>
+    <t>39-20-0</t>
+  </si>
+  <si>
+    <t>Relaciones Laborales</t>
+  </si>
+  <si>
+    <t>39-21-0</t>
+  </si>
+  <si>
+    <t>Gestión y Comunicación</t>
+  </si>
+  <si>
+    <t>39-22-0</t>
+  </si>
+  <si>
+    <t>Proyectos y Control de Legalidad</t>
+  </si>
+  <si>
+    <t>39-23-0</t>
+  </si>
+  <si>
+    <t>Servicios Portuarios</t>
+  </si>
+  <si>
+    <t>42-1-0</t>
+  </si>
+  <si>
+    <t>Instituto de Turismo Del Chaco</t>
+  </si>
+  <si>
+    <t>turismo@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Mazzaroli, Verónica Liliana</t>
+  </si>
+  <si>
+    <t>42-2-0</t>
+  </si>
+  <si>
+    <t>Vice Presidencia</t>
+  </si>
+  <si>
+    <t>Braillard Poccard, Martín Víctor</t>
+  </si>
+  <si>
+    <t>42-3-0</t>
+  </si>
+  <si>
+    <t>Tofanelli, Patricia Noemi</t>
+  </si>
+  <si>
+    <t>42-4-0</t>
+  </si>
+  <si>
+    <t>Sanchez, Clara Ramona</t>
+  </si>
+  <si>
+    <t>42-5-0</t>
+  </si>
+  <si>
+    <t>Calidad</t>
+  </si>
+  <si>
+    <t>Castillo, Rosa Viviana</t>
+  </si>
+  <si>
+    <t>42-6-0</t>
+  </si>
+  <si>
+    <t>Desarrollo Turístico</t>
+  </si>
+  <si>
+    <t>Perez, Mariela Beatriz</t>
+  </si>
+  <si>
+    <t>42-7-0</t>
+  </si>
+  <si>
+    <t>Promoción y Marketing</t>
+  </si>
+  <si>
+    <t>Sánchez, Jorge Sebastián</t>
+  </si>
+  <si>
+    <t>42-8-0</t>
+  </si>
+  <si>
+    <t>Planificación</t>
+  </si>
+  <si>
+    <t>Duran Barrios, Alicia Alejandra</t>
+  </si>
+  <si>
+    <t>42-9-0</t>
+  </si>
+  <si>
+    <t>Gestión de Bienes y Rendición de Cuentas</t>
+  </si>
+  <si>
+    <t>Gonzalez, Maria del Carmen Raquel</t>
+  </si>
+  <si>
+    <t>42-10-0</t>
+  </si>
+  <si>
+    <t>Glavas, Daniela Paola</t>
+  </si>
+  <si>
+    <t>42-11-0</t>
+  </si>
+  <si>
+    <t>42-12-0</t>
+  </si>
+  <si>
+    <t>Stefanoff, Jorge, Alejandro</t>
+  </si>
+  <si>
+    <t>42-13-0</t>
+  </si>
+  <si>
+    <t>Escalante, Matias, Alejandro</t>
+  </si>
+  <si>
+    <t>42-14-0</t>
+  </si>
+  <si>
+    <t>Perini, Lorena Silvana</t>
+  </si>
+  <si>
+    <t>42-15-0</t>
+  </si>
+  <si>
+    <t>Mesa de Entradas Salidas y Archivo</t>
+  </si>
+  <si>
+    <t>Flores, Juan, Manuel</t>
+  </si>
+  <si>
+    <t>42-16-0</t>
+  </si>
+  <si>
+    <t>Ramírez, Ivanna Valeria</t>
+  </si>
+  <si>
+    <t>42-17-0</t>
+  </si>
+  <si>
+    <t>Liquidaciones</t>
+  </si>
+  <si>
+    <t>López Lotero, Carlos Daniel</t>
+  </si>
+  <si>
+    <t>42-18-0</t>
+  </si>
+  <si>
+    <t>Recursos y Productos Turísticos</t>
+  </si>
+  <si>
+    <t>42-19-0</t>
+  </si>
+  <si>
+    <t>Inversiones</t>
+  </si>
+  <si>
+    <t>Perez Ledesma, Tamara Gabriela</t>
+  </si>
+  <si>
+    <t>42-20-0</t>
+  </si>
+  <si>
+    <t>Promoción Con la Prensa</t>
+  </si>
+  <si>
+    <t>Castillo, Adriana Elizabeth</t>
+  </si>
+  <si>
+    <t>42-21-0</t>
+  </si>
+  <si>
+    <t>Promoción al Turista Potencial</t>
+  </si>
+  <si>
+    <t>Maiz, María Laura</t>
+  </si>
+  <si>
+    <t>42-22-0</t>
+  </si>
+  <si>
+    <t>Promoción Con Agentes de Comercialización</t>
+  </si>
+  <si>
+    <t>Buittoni, Daniela Mariel</t>
+  </si>
+  <si>
+    <t>42-23-0</t>
+  </si>
+  <si>
+    <t>Oficina de Información Turística</t>
+  </si>
+  <si>
+    <t>Iturralde Desoindre, Belén Alejandra</t>
+  </si>
+  <si>
+    <t>42-24-0</t>
+  </si>
+  <si>
+    <t>Planificación y Seguimiento</t>
+  </si>
+  <si>
+    <t>42-25-0</t>
+  </si>
+  <si>
+    <t>Estadística Turística</t>
+  </si>
+  <si>
+    <t>42-26-0</t>
+  </si>
+  <si>
+    <t>Registro y Fiscalización de Proveedores</t>
+  </si>
+  <si>
+    <t>Durañona, Maria Alejandra</t>
+  </si>
+  <si>
+    <t>Area de Movilidad</t>
+  </si>
+  <si>
+    <t>área de Asuntos Indígenas</t>
+  </si>
+  <si>
+    <t>área de Discapacidad</t>
+  </si>
+  <si>
+    <t>Mesa de Entradas Salidas Archivos y Notificaciones</t>
+  </si>
+  <si>
+    <t>área Recursos Humanos</t>
+  </si>
+  <si>
+    <t>área Administración</t>
+  </si>
+  <si>
+    <t>47-1-0</t>
+  </si>
+  <si>
+    <t>Instituto Del Defensor Del Pueblo</t>
+  </si>
+  <si>
+    <t>(362) 4453506</t>
+  </si>
+  <si>
+    <t>defensordelpueblo@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Voloj, Bernardo Damian</t>
+  </si>
+  <si>
+    <t>Defensor Adjunto</t>
+  </si>
+  <si>
+    <t>47-2-0</t>
+  </si>
+  <si>
+    <t>Secretaría Legal y Técnica Nº 1 - de Asuntos Contenciosos</t>
+  </si>
+  <si>
+    <t>47-3-0</t>
+  </si>
+  <si>
+    <t>Secretaría Legal y Técnica Nº 2 - de Trámite</t>
+  </si>
+  <si>
+    <t>47-4-0</t>
+  </si>
+  <si>
+    <t>Secretaría Legal y Técnica Nº 3 - de Relaciones Institucionales y Administrativas</t>
+  </si>
+  <si>
+    <t>48-1-0</t>
+  </si>
+  <si>
+    <t>Instituto Del Deporte Chaqueño</t>
+  </si>
+  <si>
+    <t>deporte@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Vazquez, Fabio Daniel</t>
+  </si>
+  <si>
+    <t>Vicepresidente</t>
+  </si>
+  <si>
+    <t>idch.vicepresidencia@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Pellegrini, Gabriel</t>
+  </si>
+  <si>
+    <t>48-2-0</t>
+  </si>
+  <si>
+    <t>Regularización Deportiva</t>
+  </si>
+  <si>
+    <t>Casafu, Romina Cecilia</t>
+  </si>
+  <si>
+    <t>48-3-0</t>
+  </si>
+  <si>
+    <t>Planificación Deportiva</t>
+  </si>
+  <si>
+    <t>Rodriguez, Adrian Walter</t>
+  </si>
+  <si>
+    <t>48-4-0</t>
+  </si>
+  <si>
+    <t>Bittel, Julio Daniel</t>
+  </si>
+  <si>
+    <t>48-5-0</t>
+  </si>
+  <si>
+    <t>Meza, Roberto  Alejandro</t>
+  </si>
+  <si>
+    <t>48-6-0</t>
+  </si>
+  <si>
+    <t>48-7-0</t>
+  </si>
+  <si>
+    <t>Contable, Rendiciones y Contralor</t>
+  </si>
+  <si>
+    <t>Echauri, Maria Fernanda</t>
+  </si>
+  <si>
+    <t>48-8-0</t>
+  </si>
+  <si>
+    <t>Fernandez, Jose Manuel</t>
+  </si>
+  <si>
+    <t>48-9-0</t>
+  </si>
+  <si>
+    <t>Molina, Marta Rosa</t>
+  </si>
+  <si>
+    <t>48-10-0</t>
+  </si>
+  <si>
+    <t>Asistencia y Liquidación de Haberes</t>
+  </si>
+  <si>
+    <t>Ortiz, Nicandro</t>
+  </si>
+  <si>
+    <t>48-11-0</t>
+  </si>
+  <si>
+    <t>Certificaciones, Legajos, Capacitación y Carrera</t>
+  </si>
+  <si>
+    <t>Gonzalez, Rosana Analía</t>
+  </si>
+  <si>
+    <t>48-12-0</t>
+  </si>
+  <si>
+    <t>Deporte Federado</t>
+  </si>
+  <si>
+    <t>Gianechini, Victor Mariano</t>
+  </si>
+  <si>
+    <t>48-13-0</t>
+  </si>
+  <si>
+    <t>Fortalecimiento y Apoyo Institucional a Entidades Deportivas</t>
+  </si>
+  <si>
+    <t>Montenegro, Raul Humberto</t>
+  </si>
+  <si>
+    <t>48-14-0</t>
+  </si>
+  <si>
+    <t>Sponzorización Deportiva y Talentos Deportivos</t>
+  </si>
+  <si>
+    <t>González, Marta Margarita</t>
+  </si>
+  <si>
+    <t>48-15-0</t>
+  </si>
+  <si>
+    <t>Juegos Federativos</t>
+  </si>
+  <si>
+    <t>48-16-0</t>
+  </si>
+  <si>
+    <t>Registros Deportivos</t>
+  </si>
+  <si>
+    <t>Rodriguez, Zulma Lorena</t>
+  </si>
+  <si>
+    <t>48-17-0</t>
+  </si>
+  <si>
+    <t>Deporte Comunitario</t>
+  </si>
+  <si>
+    <t>Ruiz Diaz, Raúl Armando</t>
+  </si>
+  <si>
+    <t>48-18-0</t>
+  </si>
+  <si>
+    <t>Polideportivos</t>
+  </si>
+  <si>
+    <t>Simek, Marcos Alberto</t>
+  </si>
+  <si>
+    <t>48-19-0</t>
+  </si>
+  <si>
+    <t>Juegos Comunitarios</t>
+  </si>
+  <si>
+    <t>Borda, Sebastián Alexis</t>
+  </si>
+  <si>
+    <t>48-20-0</t>
+  </si>
+  <si>
+    <t>Actividad Física y Salud</t>
+  </si>
+  <si>
+    <t>Godoy, Ramon Rodolfo</t>
+  </si>
+  <si>
+    <t>48-21-0</t>
+  </si>
+  <si>
+    <t>Actividades Acuáticas</t>
+  </si>
+  <si>
+    <t>Gomez, Ester</t>
+  </si>
+  <si>
+    <t>48-22-0</t>
+  </si>
+  <si>
+    <t>Red Social Del Deporte y Reinserción Social</t>
+  </si>
+  <si>
+    <t>Carrasco, Juan José</t>
+  </si>
+  <si>
+    <t>48-23-0</t>
+  </si>
+  <si>
+    <t>Competencias y Actividades Recreativas</t>
+  </si>
+  <si>
+    <t>Libre, Oscar Patricio</t>
+  </si>
+  <si>
+    <t>48-24-0</t>
+  </si>
+  <si>
+    <t>Airala, Gabriel Alejandro</t>
+  </si>
+  <si>
+    <t>48-25-0</t>
+  </si>
+  <si>
+    <t>Quiroz, Osvaldo Adrian</t>
+  </si>
+  <si>
+    <t>48-26-0</t>
+  </si>
+  <si>
+    <t>Mantenimiento y Administración Infraestructura Deportiva</t>
+  </si>
+  <si>
+    <t>Cerrano, Vanina Marisel</t>
+  </si>
+  <si>
+    <t>48-27-0</t>
+  </si>
+  <si>
+    <t>Albergues</t>
+  </si>
+  <si>
+    <t>Barrios, Orlando Antonio</t>
+  </si>
+  <si>
+    <t>48-28-0</t>
+  </si>
+  <si>
+    <t>Movilidad</t>
+  </si>
+  <si>
+    <t>Saracho, Hugo Rubén</t>
+  </si>
+  <si>
+    <t>48-29-0</t>
+  </si>
+  <si>
+    <t>Comunicación Institucional y Difusión Deportiva</t>
+  </si>
+  <si>
+    <t>Aranda, Rubén Darío</t>
+  </si>
+  <si>
+    <t>48-30-0</t>
+  </si>
+  <si>
+    <t>Medicina Del Deporte</t>
+  </si>
+  <si>
+    <t>Escobar, Analia Miriam</t>
+  </si>
+  <si>
+    <t>48-31-0</t>
+  </si>
+  <si>
+    <t>Equipo Médico y Nutricional Alto Rendimiento</t>
+  </si>
+  <si>
+    <t>Almiron, Sergio Ariel</t>
+  </si>
+  <si>
+    <t>48-32-0</t>
+  </si>
+  <si>
+    <t>Deporte Adaptado y Atención en Centros de Salud</t>
+  </si>
+  <si>
+    <t>Gonzalez, José Gabriel</t>
+  </si>
+  <si>
+    <t>49-1-0</t>
+  </si>
+  <si>
+    <t>Escuela de Gobierno</t>
+  </si>
+  <si>
+    <t>49-2-0</t>
+  </si>
+  <si>
+    <t>Administrativo Contable</t>
+  </si>
+  <si>
+    <t>49-3-0</t>
+  </si>
+  <si>
+    <t>Gestión Académica</t>
+  </si>
+  <si>
+    <t>49-4-0</t>
+  </si>
+  <si>
+    <t>Investigación y Editorial</t>
+  </si>
+  <si>
+    <t>49-5-0</t>
+  </si>
+  <si>
+    <t>Informático</t>
+  </si>
+  <si>
+    <t>52-1-0</t>
+  </si>
+  <si>
+    <t>vocaliaidraf@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>53-1-0</t>
+  </si>
+  <si>
+    <t>Secretaria de Asuntos Estratégicos</t>
+  </si>
+  <si>
+    <t>Resico, Marcos</t>
+  </si>
+  <si>
+    <t>53-2-0</t>
+  </si>
+  <si>
+    <t>Sanchez, Juan Domingo</t>
+  </si>
+  <si>
+    <t>53-3-0</t>
+  </si>
+  <si>
+    <t>tramites.municipios@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Latorre, Natalia Karina</t>
+  </si>
+  <si>
+    <t>53-4-0</t>
+  </si>
+  <si>
+    <t>Espeche, Rocio Salome</t>
+  </si>
+  <si>
+    <t>53-9-0</t>
+  </si>
+  <si>
+    <t>Dirección de Administración de Recursos Municipales</t>
+  </si>
+  <si>
+    <t>Alderete, Franco Oscar Samuel</t>
+  </si>
+  <si>
+    <t>53-10-0</t>
+  </si>
+  <si>
+    <t>Departamento de Fondos de Participación Municipal</t>
+  </si>
+  <si>
+    <t>Valenzuela, Amelia Elisabet</t>
+  </si>
+  <si>
+    <t>53-11-0</t>
+  </si>
+  <si>
+    <t>Departamento de Asesoramiento Financiero Municipal</t>
+  </si>
+  <si>
+    <t>Hojberg, Lorena Mariel</t>
+  </si>
+  <si>
+    <t>53-12-0</t>
+  </si>
+  <si>
+    <t>Departamento de Estadísticas e Información Municipal</t>
+  </si>
+  <si>
+    <t>53-14-0</t>
+  </si>
+  <si>
+    <t>Dirección de Regiones Administrativas</t>
+  </si>
+  <si>
+    <t>Valussi, Juan Alberto</t>
+  </si>
+  <si>
+    <t>53-15-0</t>
+  </si>
+  <si>
+    <t>Departamento de Descentralización Administrativa</t>
+  </si>
+  <si>
+    <t>Vargas, Hugo</t>
+  </si>
+  <si>
+    <t>53-16-0</t>
+  </si>
+  <si>
+    <t>Departamento de Cooperación Interinstitucional</t>
+  </si>
+  <si>
+    <t>Ibarra, Erica</t>
+  </si>
+  <si>
+    <t>53-24-0</t>
+  </si>
+  <si>
+    <t>Dirección de Fortalecimiento de Instituciones</t>
+  </si>
+  <si>
+    <t>Núñez Olivera, Juan José</t>
+  </si>
+  <si>
+    <t>53-27-0</t>
+  </si>
+  <si>
+    <t>Dirección de Coordinación Técnica Municipal</t>
+  </si>
+  <si>
+    <t>Benitez, Monica Beatriz</t>
+  </si>
+  <si>
+    <t>53-28-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Municipios</t>
+  </si>
+  <si>
+    <t>municipios@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Galarza, Sonia Gabriela</t>
+  </si>
+  <si>
+    <t>53-29-0</t>
+  </si>
+  <si>
+    <t>Dirección de Comunicación y Control de Pauta</t>
+  </si>
+  <si>
+    <t>53-30-0</t>
+  </si>
+  <si>
+    <t>53-31-0</t>
+  </si>
+  <si>
+    <t>Dirección de E-comunicación</t>
+  </si>
+  <si>
+    <t>53-32-0</t>
+  </si>
+  <si>
+    <t>Departamento de Comunicación Digital y Audio Visual</t>
+  </si>
+  <si>
+    <t>53-33-0</t>
+  </si>
+  <si>
+    <t>Dirección de Prensa</t>
+  </si>
+  <si>
+    <t>53-34-0</t>
+  </si>
+  <si>
+    <t>Departamento de Contenido Periodistico</t>
+  </si>
+  <si>
+    <t>53-35-0</t>
+  </si>
+  <si>
+    <t>Dirección de Planificación Periodistica</t>
+  </si>
+  <si>
+    <t>16-1-0</t>
+  </si>
+  <si>
+    <t>Instituto de Seguridad Social, Seguros y Prestamos ( INSSSEP )</t>
+  </si>
+  <si>
+    <t>441-4400</t>
+  </si>
+  <si>
+    <t>presidencia@insssep.gob.ar</t>
+  </si>
+  <si>
+    <t>Dumrauf, Irene Ada</t>
+  </si>
+  <si>
+    <t>Salom, Mariana Fernanda</t>
+  </si>
+  <si>
+    <t>16-3-0</t>
+  </si>
+  <si>
+    <t>Gerencia General de Jubilación y Prensiones</t>
+  </si>
+  <si>
+    <t>16-4-0</t>
+  </si>
+  <si>
+    <t>Gerencia General de Administración</t>
+  </si>
+  <si>
+    <t>16-5-0</t>
+  </si>
+  <si>
+    <t>Gerencia General de Obra Social y Alta Complejidad</t>
+  </si>
+  <si>
+    <t>16-6-0</t>
+  </si>
+  <si>
+    <t>Gerencia General de Seguros y Subsidios Laborales</t>
+  </si>
+  <si>
+    <t>16-7-0</t>
+  </si>
+  <si>
+    <t>Vocal - Jur 41</t>
+  </si>
+  <si>
+    <t>MUÑOZ, Ariel Marcelo</t>
+  </si>
+  <si>
+    <t>Servicios Energéticos Del Chaco Empresas Del Estado Provincial (S.E.CH.E.E.P.)</t>
+  </si>
+  <si>
+    <t>pte.secheep@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Bistoletti, Hilario José</t>
+  </si>
+  <si>
+    <t>Prueba - Empresa - Cuof NULL</t>
+  </si>
+  <si>
+    <t>Prueba - Empresa - Cuof NULL - Ajax Form</t>
+  </si>
+  <si>
+    <t>Servicio de Agua y Mantenimiento Empresas Del Estado Provincial (S.A.M.E.E.P.)</t>
+  </si>
+  <si>
+    <t>pte.sameep@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Diez, Nicolas Roberto</t>
+  </si>
+  <si>
+    <t>80-1457-1457</t>
+  </si>
+  <si>
+    <t>Custiniano, Rubén Hernán</t>
+  </si>
+  <si>
+    <t>Pereyra Iglesias, Guillermo Alberto</t>
+  </si>
+  <si>
+    <t>Fiduciaria Del Norte S.A.</t>
+  </si>
+  <si>
+    <t>fiduciariadelnorte@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Santos, Gerardo</t>
+  </si>
+  <si>
+    <t>Prueba Empresa - Campo Sin Cuof 2</t>
+  </si>
+  <si>
+    <t>85-1461-1461</t>
+  </si>
+  <si>
+    <t>Prueba - Empresa - Sin Cuof</t>
+  </si>
+  <si>
+    <t>Nuevo Banco Del Chaco S.A.</t>
+  </si>
+  <si>
+    <t>info@nbch.com.ar</t>
+  </si>
+  <si>
+    <t>Dahlgren, Eric Germán</t>
+  </si>
+  <si>
+    <t>84-1463-1463</t>
+  </si>
+  <si>
+    <t>ECOM Chaco S.A.</t>
+  </si>
+  <si>
+    <t>presidencia@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Verga, Luis Emilio</t>
+  </si>
+  <si>
+    <t>83-1465-1465</t>
+  </si>
+  <si>
+    <t>Werfil Ibañez, Carlos</t>
+  </si>
+  <si>
+    <t>Gerencia de Administración y Finanzas</t>
+  </si>
+  <si>
+    <t>Gerencia de Comercialización</t>
+  </si>
+  <si>
+    <t>Asuntos Legales</t>
+  </si>
+  <si>
+    <t>Contable  y Rendiciones</t>
+  </si>
+  <si>
+    <t>Logística y Servicios Portuarios</t>
+  </si>
+  <si>
+    <t>55-1-0</t>
+  </si>
+  <si>
+    <t>Administración Portuaria Del Puerto Las Palmas</t>
+  </si>
+  <si>
+    <t>puertolaspalmas@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Bianchi, Horacio R.</t>
+  </si>
+  <si>
+    <t>2-2-123456</t>
+  </si>
+  <si>
+    <t>Asesoria General de Gobierno</t>
+  </si>
+  <si>
+    <t>oficina.1547@chaco.gov.ar</t>
+  </si>
+  <si>
+    <t>Ferreyra, Maria Alejandra</t>
+  </si>
+  <si>
+    <t>Escribana Adscripta</t>
+  </si>
+  <si>
+    <t>De Caso, Lilian  Diana</t>
+  </si>
+  <si>
+    <t>Müller, Maria Belén</t>
+  </si>
+  <si>
+    <t>2-5-0</t>
+  </si>
+  <si>
+    <t>Escribanía General de Gobierno</t>
+  </si>
+  <si>
+    <t>(0362) 4448049 / 4448000</t>
+  </si>
+  <si>
+    <t>escribaniageneral@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Pedrozo, Walter Daniel</t>
+  </si>
+  <si>
+    <t>Dirección de Relevamiento Encuestas y Censos</t>
+  </si>
+  <si>
+    <t>Dirección de Ciencia de Datos</t>
+  </si>
+  <si>
+    <t>Dirección de Información Territorial</t>
+  </si>
+  <si>
+    <t>Departamento de Recursos Humanos</t>
+  </si>
+  <si>
+    <t>Departamento de Relevamientos Especiales</t>
+  </si>
+  <si>
+    <t>Departamento de Relevamiento Económico</t>
+  </si>
+  <si>
+    <t>Departamento de Relevamiento Socio Demográfico</t>
+  </si>
+  <si>
+    <t>Departamento de Cálculo</t>
+  </si>
+  <si>
+    <t>Departamento de Producción y Difusión de la Información</t>
+  </si>
+  <si>
+    <t>Departamento de Informática Estadística</t>
+  </si>
+  <si>
+    <t>Departamento de Investigación e Innovación</t>
+  </si>
+  <si>
+    <t>Departamento de Coordinación Territorial</t>
+  </si>
+  <si>
+    <t>Departamento de Sistemas Geográficos y Especiales</t>
+  </si>
+  <si>
+    <t>59-1-0</t>
+  </si>
+  <si>
+    <t>Dirección de Información Estadística y Territorial</t>
+  </si>
+  <si>
+    <t>Hisgen, Carlos Matias</t>
+  </si>
+  <si>
+    <t>57-1-0</t>
+  </si>
+  <si>
+    <t>Instituto Chaqueño de Ciencia, Tecnología E Innovación</t>
+  </si>
+  <si>
+    <t>iccti@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Veiravé, María Delfina</t>
+  </si>
+  <si>
+    <t>57-57-0</t>
+  </si>
+  <si>
+    <t>Gorodner, Alejandro Aron</t>
+  </si>
+  <si>
+    <t>Asas</t>
+  </si>
+  <si>
+    <t>eugeniacastro@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Aguado, Marcelo Alejandro</t>
+  </si>
+  <si>
+    <t>7-1-0</t>
+  </si>
+  <si>
+    <t>Ministerio de Seguridad</t>
+  </si>
+  <si>
+    <t>Matkovich, Hugo Daniel</t>
+  </si>
+  <si>
+    <t>7-4-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Seguridad Vial</t>
+  </si>
+  <si>
+    <t>segvialyciudadana@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Aselle, Elisa Estefanía</t>
+  </si>
+  <si>
+    <t>7-8-0</t>
+  </si>
+  <si>
+    <t>sin linea</t>
+  </si>
+  <si>
+    <t>msyjsecretariagral@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Cantalupi, Daniela Patricia</t>
+  </si>
+  <si>
+    <t>7-9-0</t>
+  </si>
+  <si>
+    <t>Dirección de Juzgamiento Administrativo e Infracciones de Tránsito</t>
+  </si>
+  <si>
+    <t>7-10-0</t>
+  </si>
+  <si>
+    <t>Departamento de Control de Agencias de Seguridad Privada</t>
+  </si>
+  <si>
+    <t>7-11-0</t>
+  </si>
+  <si>
+    <t>Departamento de Evaluación Reglamentaria y Trámite</t>
+  </si>
+  <si>
+    <t>7-12-0</t>
+  </si>
+  <si>
+    <t>Departamento de Notificación y Revisión</t>
+  </si>
+  <si>
+    <t>7-14-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Investigación e Inteligencia Criminal</t>
+  </si>
+  <si>
+    <t>subinvestigacion@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Dominguez, Angel Alfonso</t>
+  </si>
+  <si>
+    <t>7-17-0</t>
+  </si>
+  <si>
+    <t>Aguilera, Gabriela Vanesa</t>
+  </si>
+  <si>
+    <t>7-18-0</t>
+  </si>
+  <si>
+    <t>7-19-0</t>
+  </si>
+  <si>
+    <t>7-20-0</t>
+  </si>
+  <si>
+    <t>Dirección de Secretaria Institucional</t>
+  </si>
+  <si>
+    <t>relacioneslaborales@chaco.gov.ar</t>
+  </si>
+  <si>
+    <t>Segovia, Juan Carlos</t>
+  </si>
+  <si>
+    <t>7-21-0</t>
+  </si>
+  <si>
+    <t>Vallejos, Oscar Adrian</t>
+  </si>
+  <si>
+    <t>7-22-0</t>
+  </si>
+  <si>
+    <t>Zacarias, Sandra</t>
+  </si>
+  <si>
+    <t>7-23-0</t>
+  </si>
+  <si>
+    <t>Ojeda, Claudia Mariel</t>
+  </si>
+  <si>
+    <t>7-24-0</t>
+  </si>
+  <si>
+    <t>Barboza Biscay, Roberto Sebastián</t>
+  </si>
+  <si>
+    <t>7-25-0</t>
+  </si>
+  <si>
+    <t>Vera, Hector Maximiliano</t>
+  </si>
+  <si>
+    <t>7-26-0</t>
+  </si>
+  <si>
+    <t>Zarate, Zulma Liliana</t>
+  </si>
+  <si>
+    <t>7-27-0</t>
+  </si>
+  <si>
+    <t>Czumadewski, Nora Andrea</t>
+  </si>
+  <si>
+    <t>7-28-0</t>
+  </si>
+  <si>
+    <t>7-29-0</t>
+  </si>
+  <si>
+    <t>Departamento de Rendición y Contable</t>
+  </si>
+  <si>
+    <t>7-30-0</t>
+  </si>
+  <si>
+    <t>Dirección General de Centro de Liberados</t>
+  </si>
+  <si>
+    <t>7-31-0</t>
+  </si>
+  <si>
+    <t>Dirección de Control Policial</t>
+  </si>
+  <si>
+    <t>7-32-0</t>
+  </si>
+  <si>
+    <t>Defensoría Del Policía</t>
+  </si>
+  <si>
+    <t>defensoriapolicial@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>7-33-0</t>
+  </si>
+  <si>
+    <t>Dirección de Asesoría Jurídica</t>
+  </si>
+  <si>
+    <t>Reigenborn, Cintia Melina</t>
+  </si>
+  <si>
+    <t>7-45-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Seguridad Publica</t>
+  </si>
+  <si>
+    <t>subseguridadpublica@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>González, Juan de la Cruz</t>
+  </si>
+  <si>
+    <t>7-46-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Asuntos Jurídicos</t>
+  </si>
+  <si>
+    <t>subasuntosjuridicos@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Fernandez, Patricia Susana</t>
+  </si>
+  <si>
+    <t>7-47-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Narcotráfico y Crimen Organizado</t>
+  </si>
+  <si>
+    <t>narcotraficoycrimen@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Ramirez, Analía Verónica</t>
+  </si>
+  <si>
+    <t>7-48-0</t>
+  </si>
+  <si>
+    <t>Subsecretaría de Acción Comunitaria</t>
+  </si>
+  <si>
+    <t>subaccioncomunitaria@chaco.gob.ar</t>
+  </si>
+  <si>
+    <t>Silvestri, Tamara Belén</t>
+  </si>
+  <si>
+    <t>CO.LO.NO S.A</t>
+  </si>
+  <si>
+    <t>Molina, Fernando</t>
+  </si>
+  <si>
+    <t>Teijeiro, Gustavo Alberto</t>
+  </si>
+  <si>
+    <t>Director Titular</t>
+  </si>
+  <si>
+    <t>Silva, Abel Edgar</t>
+  </si>
+  <si>
+    <t>Servicios Ferroviarios Del Chaco  ( SEFECHA S.A )</t>
+  </si>
+  <si>
+    <t>Cuadra, Fernando Aníbal</t>
+  </si>
+  <si>
+    <t>Laboratorios Chaqueños S.A.</t>
+  </si>
+  <si>
+    <t>Garcia, Joaquin</t>
+  </si>
+  <si>
+    <t>CORFOR S.A.</t>
+  </si>
+  <si>
+    <t>Departamento de Prueba - Departamento</t>
+  </si>
+  <si>
+    <t>60-1-0</t>
+  </si>
+  <si>
+    <t>Secretaría de Coordinación de Gabinete</t>
+  </si>
+  <si>
+    <t>coordinaciongabinete@chaco.gob.ar</t>
+  </si>
+  <si>
     <t>Gutierrez, Livio Edgardo</t>
   </si>
   <si>
-    <t>la Clotilde</t>
-[...11791 lines deleted...]
-  <si>
     <t>60-2-0</t>
   </si>
   <si>
     <t>Subsecretaría de Modernización Del Estado</t>
   </si>
   <si>
     <t>modernizacion@chaco.gob.ar</t>
   </si>
   <si>
     <t>60-3-0</t>
   </si>
   <si>
     <t>Subsecretaría de Planificación y Evaluación de Resultados</t>
   </si>
   <si>
     <t>infraplanifest@chaco.gob.ar</t>
   </si>
   <si>
     <t>Rodríguez, Víctor Manuel</t>
   </si>
   <si>
     <t>60-4-0</t>
   </si>
   <si>
     <t>Subsecretaría de Articulación y Vinculación Estratégica</t>
   </si>
   <si>
     <t>subarticulacionyvinc@chaco.gob.ar</t>
   </si>
   <si>
     <t>Binaghi, María Soledad</t>
   </si>
   <si>
     <t>Prueba - Cargar Plano</t>
   </si>
   <si>
     <t>Prueba Empresa - Funcionario Instrumento</t>
   </si>
   <si>
     <t>Prueba Constitucional - Funcionario Instrumento</t>
   </si>
   <si>
     <t>Prueba - Autárquico - Funcionario Instrumento</t>
   </si>
   <si>
     <t>ex Ipap</t>
   </si>
   <si>
     <t>Prueba - Central - Ajax - Jur 100 Upi</t>
-  </si>
-[...1 lines deleted...]
-    <t>guitierrez, livio</t>
   </si>
   <si>
     <t>61-1-0</t>
   </si>
   <si>
     <t>Centro de Formación y Capacitación en Administración Pública Del Chaco</t>
   </si>
   <si>
     <t>prueba.oficina.autarquica@chaco.gob.ar</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -12540,51 +12540,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F1675"/>
+  <dimension ref="A1:F1682"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="152" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="29" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="45" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="47" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -12998,22851 +12998,22919 @@
       <c r="A28"/>
       <c r="B28" t="s">
         <v>100</v>
       </c>
       <c r="C28" t="s">
         <v>101</v>
       </c>
       <c r="D28"/>
       <c r="E28" t="s">
         <v>102</v>
       </c>
       <c r="F28" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29"/>
       <c r="B29" t="s">
         <v>104</v>
       </c>
       <c r="C29"/>
       <c r="D29"/>
       <c r="E29" t="s">
         <v>105</v>
       </c>
-      <c r="F29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F29"/>
     </row>
     <row r="30" spans="1:6">
       <c r="A30"/>
       <c r="B30" t="s">
+        <v>106</v>
+      </c>
+      <c r="C30" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="D30"/>
       <c r="E30" t="s">
+        <v>108</v>
+      </c>
+      <c r="F30" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31"/>
       <c r="B31" t="s">
+        <v>110</v>
+      </c>
+      <c r="C31" t="s">
         <v>111</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>112</v>
       </c>
-      <c r="D31" t="s">
+      <c r="E31" t="s">
         <v>113</v>
       </c>
-      <c r="E31" t="s">
+      <c r="F31" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32"/>
       <c r="B32" t="s">
+        <v>115</v>
+      </c>
+      <c r="C32" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="D32"/>
       <c r="E32" t="s">
+        <v>117</v>
+      </c>
+      <c r="F32" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33"/>
       <c r="B33" t="s">
+        <v>119</v>
+      </c>
+      <c r="C33" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="D33"/>
       <c r="E33" t="s">
+        <v>121</v>
+      </c>
+      <c r="F33" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34"/>
       <c r="B34" t="s">
+        <v>123</v>
+      </c>
+      <c r="C34" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="D34"/>
       <c r="E34" t="s">
+        <v>125</v>
+      </c>
+      <c r="F34" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35"/>
       <c r="B35" t="s">
+        <v>127</v>
+      </c>
+      <c r="C35" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36"/>
       <c r="B36" t="s">
+        <v>130</v>
+      </c>
+      <c r="C36" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37"/>
       <c r="B37" t="s">
+        <v>133</v>
+      </c>
+      <c r="C37" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="D37"/>
       <c r="E37" t="s">
+        <v>135</v>
+      </c>
+      <c r="F37" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38"/>
       <c r="B38" t="s">
+        <v>137</v>
+      </c>
+      <c r="C38" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39"/>
       <c r="B39" t="s">
+        <v>140</v>
+      </c>
+      <c r="C39" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="D39"/>
       <c r="E39" t="s">
+        <v>142</v>
+      </c>
+      <c r="F39" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40"/>
       <c r="B40" t="s">
+        <v>144</v>
+      </c>
+      <c r="C40" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="D40"/>
       <c r="E40" t="s">
+        <v>146</v>
+      </c>
+      <c r="F40" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41"/>
       <c r="B41" t="s">
+        <v>148</v>
+      </c>
+      <c r="C41" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42"/>
       <c r="B42" t="s">
+        <v>151</v>
+      </c>
+      <c r="C42" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43"/>
       <c r="B43" t="s">
+        <v>154</v>
+      </c>
+      <c r="C43" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="D43">
         <v>123</v>
       </c>
       <c r="E43" t="s">
+        <v>156</v>
+      </c>
+      <c r="F43" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44"/>
       <c r="B44" t="s">
+        <v>158</v>
+      </c>
+      <c r="C44" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45"/>
       <c r="B45" t="s">
+        <v>161</v>
+      </c>
+      <c r="C45" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46"/>
       <c r="B46" t="s">
+        <v>164</v>
+      </c>
+      <c r="C46" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="D46"/>
       <c r="E46" t="s">
+        <v>166</v>
+      </c>
+      <c r="F46" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47"/>
       <c r="B47" t="s">
+        <v>168</v>
+      </c>
+      <c r="C47" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48"/>
       <c r="B48" t="s">
+        <v>171</v>
+      </c>
+      <c r="C48" t="s">
         <v>172</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
         <v>173</v>
       </c>
-      <c r="D48" t="s">
+      <c r="E48" t="s">
         <v>174</v>
       </c>
-      <c r="E48" t="s">
+      <c r="F48" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49"/>
       <c r="B49" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49" t="s">
+        <v>177</v>
+      </c>
+      <c r="F49" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50"/>
       <c r="B50" t="s">
+        <v>179</v>
+      </c>
+      <c r="C50" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51"/>
       <c r="B51" t="s">
+        <v>182</v>
+      </c>
+      <c r="C51" t="s">
         <v>183</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
         <v>184</v>
       </c>
-      <c r="D51" t="s">
+      <c r="E51" t="s">
         <v>185</v>
       </c>
-      <c r="E51" t="s">
+      <c r="F51" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52"/>
       <c r="B52" t="s">
+        <v>187</v>
+      </c>
+      <c r="C52" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="D52"/>
       <c r="E52" t="s">
+        <v>189</v>
+      </c>
+      <c r="F52" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53"/>
       <c r="B53" t="s">
+        <v>191</v>
+      </c>
+      <c r="C53" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54"/>
       <c r="B54" t="s">
+        <v>194</v>
+      </c>
+      <c r="C54" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55"/>
       <c r="B55" t="s">
+        <v>197</v>
+      </c>
+      <c r="C55" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="D55"/>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56"/>
       <c r="B56" t="s">
+        <v>200</v>
+      </c>
+      <c r="C56" t="s">
         <v>201</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
         <v>202</v>
       </c>
-      <c r="D56" t="s">
+      <c r="E56" t="s">
         <v>203</v>
       </c>
-      <c r="E56" t="s">
+      <c r="F56" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57"/>
       <c r="B57" t="s">
+        <v>205</v>
+      </c>
+      <c r="C57" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="D57"/>
       <c r="E57" t="s">
+        <v>207</v>
+      </c>
+      <c r="F57" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58"/>
       <c r="B58" t="s">
+        <v>209</v>
+      </c>
+      <c r="C58" t="s">
         <v>210</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59"/>
       <c r="B59" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60"/>
       <c r="B60" t="s">
+        <v>215</v>
+      </c>
+      <c r="C60" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61"/>
       <c r="B61" t="s">
+        <v>218</v>
+      </c>
+      <c r="C61" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
       <c r="D61"/>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62"/>
       <c r="B62" t="s">
+        <v>221</v>
+      </c>
+      <c r="C62" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
       <c r="D62"/>
       <c r="E62" t="s">
+        <v>223</v>
+      </c>
+      <c r="F62" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63"/>
       <c r="B63" t="s">
+        <v>225</v>
+      </c>
+      <c r="C63" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="D63"/>
       <c r="E63"/>
       <c r="F63" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64"/>
       <c r="B64" t="s">
+        <v>228</v>
+      </c>
+      <c r="C64" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="D64"/>
       <c r="E64" t="s">
+        <v>230</v>
+      </c>
+      <c r="F64" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65"/>
       <c r="B65" t="s">
+        <v>232</v>
+      </c>
+      <c r="C65" t="s">
         <v>233</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65" t="s">
         <v>234</v>
       </c>
-      <c r="D65" t="s">
+      <c r="E65" t="s">
         <v>235</v>
       </c>
-      <c r="E65" t="s">
+      <c r="F65" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66"/>
       <c r="B66" t="s">
+        <v>237</v>
+      </c>
+      <c r="C66" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="D66"/>
       <c r="E66" t="s">
+        <v>239</v>
+      </c>
+      <c r="F66" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67"/>
       <c r="B67" t="s">
+        <v>241</v>
+      </c>
+      <c r="C67" t="s">
         <v>242</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
         <v>243</v>
       </c>
-      <c r="D67" t="s">
+      <c r="E67" t="s">
         <v>244</v>
       </c>
-      <c r="E67" t="s">
+      <c r="F67" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68"/>
       <c r="B68" t="s">
+        <v>246</v>
+      </c>
+      <c r="C68" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69"/>
       <c r="B69" t="s">
+        <v>249</v>
+      </c>
+      <c r="C69" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="D69"/>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70"/>
       <c r="B70" t="s">
+        <v>252</v>
+      </c>
+      <c r="C70" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71"/>
       <c r="B71" t="s">
+        <v>255</v>
+      </c>
+      <c r="C71" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72"/>
       <c r="B72" t="s">
+        <v>258</v>
+      </c>
+      <c r="C72" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="D72"/>
       <c r="E72" t="s">
+        <v>260</v>
+      </c>
+      <c r="F72" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73"/>
       <c r="B73" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73"/>
     </row>
     <row r="74" spans="1:6">
       <c r="A74"/>
       <c r="B74" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74"/>
     </row>
     <row r="75" spans="1:6">
       <c r="A75"/>
       <c r="B75" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75"/>
     </row>
     <row r="76" spans="1:6">
       <c r="A76"/>
       <c r="B76" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="C76"/>
       <c r="D76"/>
-      <c r="E76" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E76"/>
       <c r="F76"/>
     </row>
     <row r="77" spans="1:6">
       <c r="A77"/>
       <c r="B77" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="C77"/>
       <c r="D77"/>
       <c r="E77"/>
       <c r="F77"/>
     </row>
     <row r="78" spans="1:6">
       <c r="A78"/>
       <c r="B78" t="s">
-        <v>269</v>
+        <v>262</v>
       </c>
       <c r="C78"/>
       <c r="D78"/>
       <c r="E78"/>
       <c r="F78"/>
     </row>
     <row r="79" spans="1:6">
       <c r="A79"/>
       <c r="B79" t="s">
-        <v>270</v>
-[...12 lines deleted...]
-      </c>
+        <v>262</v>
+      </c>
+      <c r="C79"/>
+      <c r="D79"/>
+      <c r="E79"/>
+      <c r="F79"/>
     </row>
     <row r="80" spans="1:6">
       <c r="A80"/>
       <c r="B80" t="s">
-        <v>273</v>
+        <v>263</v>
       </c>
       <c r="C80"/>
       <c r="D80"/>
       <c r="E80"/>
-      <c r="F80"/>
+      <c r="F80" t="s">
+        <v>264</v>
+      </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81"/>
       <c r="B81" t="s">
-        <v>274</v>
+        <v>265</v>
       </c>
       <c r="C81"/>
-      <c r="D81">
-[...7 lines deleted...]
-      </c>
+      <c r="D81"/>
+      <c r="E81"/>
+      <c r="F81"/>
     </row>
     <row r="82" spans="1:6">
       <c r="A82"/>
       <c r="B82" t="s">
-        <v>277</v>
+        <v>262</v>
       </c>
       <c r="C82"/>
       <c r="D82"/>
       <c r="E82"/>
-      <c r="F82" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F82"/>
     </row>
     <row r="83" spans="1:6">
       <c r="A83"/>
       <c r="B83" t="s">
-        <v>279</v>
+        <v>266</v>
       </c>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83" t="s">
-        <v>280</v>
-[...3 lines deleted...]
-      </c>
+        <v>267</v>
+      </c>
+      <c r="F83"/>
     </row>
     <row r="84" spans="1:6">
       <c r="A84"/>
       <c r="B84" t="s">
-        <v>282</v>
+        <v>268</v>
       </c>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84"/>
     </row>
     <row r="85" spans="1:6">
       <c r="A85"/>
       <c r="B85" t="s">
-        <v>283</v>
+        <v>269</v>
       </c>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85"/>
     </row>
     <row r="86" spans="1:6">
       <c r="A86"/>
       <c r="B86" t="s">
+        <v>270</v>
+      </c>
+      <c r="C86">
+        <v>4448004</v>
+      </c>
+      <c r="D86">
+        <v>8004</v>
+      </c>
+      <c r="E86" t="s">
+        <v>271</v>
+      </c>
+      <c r="F86" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6">
+      <c r="A87"/>
+      <c r="B87" t="s">
+        <v>273</v>
+      </c>
+      <c r="C87"/>
+      <c r="D87"/>
+      <c r="E87"/>
+      <c r="F87"/>
+    </row>
+    <row r="88" spans="1:6">
+      <c r="A88"/>
+      <c r="B88" t="s">
+        <v>274</v>
+      </c>
+      <c r="C88"/>
+      <c r="D88">
+        <v>8285</v>
+      </c>
+      <c r="E88" t="s">
+        <v>275</v>
+      </c>
+      <c r="F88" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6">
+      <c r="A89"/>
+      <c r="B89" t="s">
+        <v>277</v>
+      </c>
+      <c r="C89"/>
+      <c r="D89"/>
+      <c r="E89"/>
+      <c r="F89" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6">
+      <c r="A90"/>
+      <c r="B90" t="s">
+        <v>279</v>
+      </c>
+      <c r="C90"/>
+      <c r="D90"/>
+      <c r="E90" t="s">
+        <v>280</v>
+      </c>
+      <c r="F90" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6">
+      <c r="A91"/>
+      <c r="B91" t="s">
+        <v>282</v>
+      </c>
+      <c r="C91"/>
+      <c r="D91"/>
+      <c r="E91"/>
+      <c r="F91"/>
+    </row>
+    <row r="92" spans="1:6">
+      <c r="A92"/>
+      <c r="B92" t="s">
+        <v>283</v>
+      </c>
+      <c r="C92"/>
+      <c r="D92"/>
+      <c r="E92"/>
+      <c r="F92"/>
+    </row>
+    <row r="93" spans="1:6">
+      <c r="A93"/>
+      <c r="B93" t="s">
         <v>284</v>
       </c>
-      <c r="C86"/>
-[...140 lines deleted...]
-      </c>
+      <c r="C93"/>
+      <c r="D93"/>
+      <c r="E93"/>
+      <c r="F93"/>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
-        <v>312</v>
+        <v>285</v>
       </c>
       <c r="B94" t="s">
-        <v>313</v>
-[...2 lines deleted...]
-        <v>314</v>
+        <v>286</v>
+      </c>
+      <c r="C94">
+        <v>4448002</v>
       </c>
       <c r="D94">
-        <v>8042</v>
+        <v>8002</v>
       </c>
       <c r="E94" t="s">
-        <v>315</v>
+        <v>287</v>
       </c>
       <c r="F94" t="s">
-        <v>316</v>
+        <v>288</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
-        <v>317</v>
+        <v>289</v>
       </c>
       <c r="B95" t="s">
-        <v>318</v>
+        <v>290</v>
       </c>
       <c r="C95">
-        <v>4448041</v>
+        <v>4419411</v>
       </c>
       <c r="D95">
-        <v>8041</v>
+        <v>8208</v>
       </c>
       <c r="E95" t="s">
-        <v>319</v>
+        <v>291</v>
       </c>
       <c r="F95" t="s">
-        <v>320</v>
+        <v>292</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>321</v>
+        <v>293</v>
       </c>
       <c r="B96" t="s">
-        <v>322</v>
+        <v>294</v>
       </c>
       <c r="C96">
-        <v>4456479</v>
+        <v>4448047</v>
       </c>
       <c r="D96">
-        <v>6479</v>
+        <v>8047</v>
       </c>
       <c r="E96" t="s">
-        <v>323</v>
+        <v>295</v>
       </c>
       <c r="F96" t="s">
-        <v>324</v>
+        <v>296</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>325</v>
+        <v>297</v>
       </c>
       <c r="B97" t="s">
-        <v>326</v>
+        <v>298</v>
       </c>
       <c r="C97">
-        <v>4448043</v>
+        <v>4448071</v>
       </c>
       <c r="D97">
-        <v>8043</v>
+        <v>8071</v>
       </c>
       <c r="E97" t="s">
-        <v>327</v>
+        <v>299</v>
       </c>
       <c r="F97" t="s">
-        <v>328</v>
+        <v>300</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>329</v>
+        <v>301</v>
       </c>
       <c r="B98" t="s">
-        <v>330</v>
-[...1 lines deleted...]
-      <c r="C98"/>
+        <v>302</v>
+      </c>
+      <c r="C98">
+        <v>4456422</v>
+      </c>
       <c r="D98">
-        <v>8285</v>
-[...2 lines deleted...]
-      <c r="F98"/>
+        <v>6422</v>
+      </c>
+      <c r="E98" t="s">
+        <v>303</v>
+      </c>
+      <c r="F98" t="s">
+        <v>304</v>
+      </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>331</v>
+        <v>305</v>
       </c>
       <c r="B99" t="s">
-        <v>332</v>
+        <v>306</v>
       </c>
       <c r="C99">
-        <v>4448010</v>
+        <v>4448053</v>
       </c>
       <c r="D99">
-        <v>8010</v>
-[...3 lines deleted...]
-      </c>
+        <v>8053</v>
+      </c>
+      <c r="E99"/>
       <c r="F99" t="s">
-        <v>334</v>
+        <v>307</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>335</v>
+        <v>308</v>
       </c>
       <c r="B100" t="s">
-        <v>336</v>
+        <v>309</v>
       </c>
       <c r="C100">
-        <v>4448007</v>
+        <v>4448046</v>
       </c>
       <c r="D100">
-        <v>8007</v>
+        <v>8046</v>
       </c>
       <c r="E100" t="s">
-        <v>337</v>
+        <v>310</v>
       </c>
       <c r="F100" t="s">
-        <v>338</v>
+        <v>311</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>339</v>
+        <v>312</v>
       </c>
       <c r="B101" t="s">
-        <v>340</v>
-[...2 lines deleted...]
-        <v>4456465</v>
+        <v>313</v>
+      </c>
+      <c r="C101" t="s">
+        <v>314</v>
       </c>
       <c r="D101">
-        <v>6465</v>
+        <v>8042</v>
       </c>
       <c r="E101" t="s">
-        <v>341</v>
+        <v>315</v>
       </c>
       <c r="F101" t="s">
-        <v>342</v>
+        <v>316</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>343</v>
+        <v>317</v>
       </c>
       <c r="B102" t="s">
-        <v>344</v>
+        <v>318</v>
       </c>
       <c r="C102">
-        <v>4453385</v>
-[...1 lines deleted...]
-      <c r="D102"/>
+        <v>4448041</v>
+      </c>
+      <c r="D102">
+        <v>8041</v>
+      </c>
       <c r="E102" t="s">
-        <v>345</v>
+        <v>319</v>
       </c>
       <c r="F102" t="s">
-        <v>346</v>
+        <v>320</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
-        <v>347</v>
+        <v>321</v>
       </c>
       <c r="B103" t="s">
-        <v>348</v>
-[...1 lines deleted...]
-      <c r="C103"/>
+        <v>322</v>
+      </c>
+      <c r="C103">
+        <v>4456479</v>
+      </c>
       <c r="D103">
-        <v>8837</v>
+        <v>6479</v>
       </c>
       <c r="E103" t="s">
-        <v>349</v>
+        <v>323</v>
       </c>
       <c r="F103" t="s">
-        <v>350</v>
+        <v>324</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>351</v>
+        <v>325</v>
       </c>
       <c r="B104" t="s">
-        <v>352</v>
+        <v>326</v>
       </c>
       <c r="C104">
-        <v>4456410</v>
+        <v>4448043</v>
       </c>
       <c r="D104">
-        <v>6410</v>
+        <v>8043</v>
       </c>
       <c r="E104" t="s">
-        <v>353</v>
+        <v>327</v>
       </c>
       <c r="F104" t="s">
-        <v>354</v>
+        <v>328</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>355</v>
+        <v>329</v>
       </c>
       <c r="B105" t="s">
-        <v>356</v>
-[...3 lines deleted...]
-      </c>
+        <v>330</v>
+      </c>
+      <c r="C105"/>
       <c r="D105">
-        <v>8801</v>
+        <v>8285</v>
       </c>
       <c r="E105"/>
-      <c r="F105" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F105"/>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>358</v>
+        <v>331</v>
       </c>
       <c r="B106" t="s">
-        <v>359</v>
-[...1 lines deleted...]
-      <c r="C106"/>
+        <v>332</v>
+      </c>
+      <c r="C106">
+        <v>4448010</v>
+      </c>
       <c r="D106">
-        <v>7412</v>
+        <v>8010</v>
       </c>
       <c r="E106" t="s">
-        <v>360</v>
+        <v>333</v>
       </c>
       <c r="F106" t="s">
-        <v>361</v>
+        <v>334</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>362</v>
+        <v>335</v>
       </c>
       <c r="B107" t="s">
-        <v>363</v>
-[...1 lines deleted...]
-      <c r="C107"/>
+        <v>336</v>
+      </c>
+      <c r="C107">
+        <v>4448007</v>
+      </c>
       <c r="D107">
-        <v>8591</v>
-[...2 lines deleted...]
-      <c r="F107"/>
+        <v>8007</v>
+      </c>
+      <c r="E107" t="s">
+        <v>337</v>
+      </c>
+      <c r="F107" t="s">
+        <v>338</v>
+      </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>364</v>
+        <v>339</v>
       </c>
       <c r="B108" t="s">
-        <v>365</v>
+        <v>340</v>
       </c>
       <c r="C108">
-        <v>4456479</v>
+        <v>4456465</v>
       </c>
       <c r="D108">
-        <v>6479</v>
-[...2 lines deleted...]
-      <c r="F108"/>
+        <v>6465</v>
+      </c>
+      <c r="E108" t="s">
+        <v>341</v>
+      </c>
+      <c r="F108" t="s">
+        <v>342</v>
+      </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>366</v>
+        <v>343</v>
       </c>
       <c r="B109" t="s">
-        <v>367</v>
+        <v>344</v>
       </c>
       <c r="C109">
-        <v>4448043</v>
-[...5 lines deleted...]
-      <c r="F109"/>
+        <v>4453385</v>
+      </c>
+      <c r="D109"/>
+      <c r="E109" t="s">
+        <v>345</v>
+      </c>
+      <c r="F109" t="s">
+        <v>346</v>
+      </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>368</v>
+        <v>347</v>
       </c>
       <c r="B110" t="s">
-        <v>369</v>
+        <v>348</v>
       </c>
       <c r="C110"/>
       <c r="D110">
-        <v>8310</v>
-[...1 lines deleted...]
-      <c r="E110"/>
+        <v>8837</v>
+      </c>
+      <c r="E110" t="s">
+        <v>349</v>
+      </c>
       <c r="F110" t="s">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>371</v>
+        <v>351</v>
       </c>
       <c r="B111" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="C111"/>
+        <v>352</v>
+      </c>
+      <c r="C111">
+        <v>4456410</v>
+      </c>
       <c r="D111">
-        <v>8149</v>
-[...1 lines deleted...]
-      <c r="E111"/>
+        <v>6410</v>
+      </c>
+      <c r="E111" t="s">
+        <v>353</v>
+      </c>
       <c r="F111" t="s">
-        <v>373</v>
+        <v>354</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>374</v>
+        <v>355</v>
       </c>
       <c r="B112" t="s">
-        <v>375</v>
-[...1 lines deleted...]
-      <c r="C112"/>
+        <v>356</v>
+      </c>
+      <c r="C112">
+        <v>4448801</v>
+      </c>
       <c r="D112">
-        <v>8849</v>
-[...3 lines deleted...]
-      </c>
+        <v>8801</v>
+      </c>
+      <c r="E112"/>
       <c r="F112" t="s">
-        <v>377</v>
+        <v>357</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>378</v>
+        <v>358</v>
       </c>
       <c r="B113" t="s">
-        <v>379</v>
+        <v>359</v>
       </c>
       <c r="C113"/>
-      <c r="D113"/>
-      <c r="E113"/>
+      <c r="D113">
+        <v>7412</v>
+      </c>
+      <c r="E113" t="s">
+        <v>360</v>
+      </c>
       <c r="F113" t="s">
-        <v>380</v>
+        <v>361</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>381</v>
+        <v>362</v>
       </c>
       <c r="B114" t="s">
-        <v>382</v>
+        <v>363</v>
       </c>
       <c r="C114"/>
       <c r="D114">
-        <v>8203</v>
+        <v>8591</v>
       </c>
       <c r="E114"/>
-      <c r="F114" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F114"/>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>384</v>
+        <v>364</v>
       </c>
       <c r="B115" t="s">
-        <v>385</v>
-[...5 lines deleted...]
-        <v>387</v>
+        <v>365</v>
+      </c>
+      <c r="C115">
+        <v>4456479</v>
+      </c>
+      <c r="D115">
+        <v>6479</v>
       </c>
       <c r="E115"/>
-      <c r="F115" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F115"/>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>389</v>
+        <v>366</v>
       </c>
       <c r="B116" t="s">
-        <v>390</v>
-[...1 lines deleted...]
-      <c r="C116"/>
+        <v>367</v>
+      </c>
+      <c r="C116">
+        <v>4448043</v>
+      </c>
       <c r="D116">
-        <v>8203</v>
+        <v>8043</v>
       </c>
       <c r="E116"/>
-      <c r="F116" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F116"/>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>392</v>
+        <v>368</v>
       </c>
       <c r="B117" t="s">
-        <v>393</v>
-[...3 lines deleted...]
-      </c>
+        <v>369</v>
+      </c>
+      <c r="C117"/>
       <c r="D117">
-        <v>6405</v>
+        <v>8310</v>
       </c>
       <c r="E117"/>
       <c r="F117" t="s">
-        <v>394</v>
+        <v>370</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>395</v>
+        <v>371</v>
       </c>
       <c r="B118" t="s">
-        <v>396</v>
-[...3 lines deleted...]
-      </c>
+        <v>372</v>
+      </c>
+      <c r="C118"/>
       <c r="D118">
-        <v>6406</v>
-[...3 lines deleted...]
-      </c>
+        <v>8149</v>
+      </c>
+      <c r="E118"/>
       <c r="F118" t="s">
-        <v>398</v>
+        <v>373</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>399</v>
+        <v>374</v>
       </c>
       <c r="B119" t="s">
-        <v>400</v>
+        <v>375</v>
       </c>
       <c r="C119"/>
       <c r="D119">
-        <v>8137</v>
+        <v>8849</v>
       </c>
       <c r="E119" t="s">
-        <v>401</v>
+        <v>376</v>
       </c>
       <c r="F119" t="s">
-        <v>402</v>
+        <v>377</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>403</v>
+        <v>378</v>
       </c>
       <c r="B120" t="s">
-        <v>404</v>
-[...9 lines deleted...]
-      </c>
+        <v>379</v>
+      </c>
+      <c r="C120"/>
+      <c r="D120"/>
+      <c r="E120"/>
       <c r="F120" t="s">
-        <v>406</v>
+        <v>380</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>407</v>
+        <v>381</v>
       </c>
       <c r="B121" t="s">
-        <v>408</v>
+        <v>382</v>
       </c>
       <c r="C121"/>
       <c r="D121">
-        <v>8137</v>
+        <v>8203</v>
       </c>
       <c r="E121"/>
-      <c r="F121"/>
+      <c r="F121" t="s">
+        <v>383</v>
+      </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>409</v>
+        <v>384</v>
       </c>
       <c r="B122" t="s">
-        <v>379</v>
-[...3 lines deleted...]
-        <v>8837</v>
+        <v>385</v>
+      </c>
+      <c r="C122" t="s">
+        <v>386</v>
+      </c>
+      <c r="D122" t="s">
+        <v>387</v>
       </c>
       <c r="E122"/>
       <c r="F122" t="s">
-        <v>410</v>
+        <v>388</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>411</v>
+        <v>389</v>
       </c>
       <c r="B123" t="s">
-        <v>412</v>
+        <v>390</v>
       </c>
       <c r="C123"/>
       <c r="D123">
-        <v>8837</v>
+        <v>8203</v>
       </c>
       <c r="E123"/>
       <c r="F123" t="s">
-        <v>413</v>
+        <v>391</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>414</v>
+        <v>392</v>
       </c>
       <c r="B124" t="s">
-        <v>415</v>
-[...1 lines deleted...]
-      <c r="C124"/>
+        <v>393</v>
+      </c>
+      <c r="C124">
+        <v>4456405</v>
+      </c>
       <c r="D124">
-        <v>8309</v>
+        <v>6405</v>
       </c>
       <c r="E124"/>
-      <c r="F124"/>
+      <c r="F124" t="s">
+        <v>394</v>
+      </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>416</v>
+        <v>395</v>
       </c>
       <c r="B125" t="s">
-        <v>417</v>
-[...1 lines deleted...]
-      <c r="C125"/>
+        <v>396</v>
+      </c>
+      <c r="C125">
+        <v>4456406</v>
+      </c>
       <c r="D125">
-        <v>8837</v>
-[...2 lines deleted...]
-      <c r="F125"/>
+        <v>6406</v>
+      </c>
+      <c r="E125" t="s">
+        <v>397</v>
+      </c>
+      <c r="F125" t="s">
+        <v>398</v>
+      </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>418</v>
+        <v>399</v>
       </c>
       <c r="B126" t="s">
-        <v>419</v>
+        <v>400</v>
       </c>
       <c r="C126"/>
       <c r="D126">
-        <v>8837</v>
-[...1 lines deleted...]
-      <c r="E126"/>
+        <v>8137</v>
+      </c>
+      <c r="E126" t="s">
+        <v>401</v>
+      </c>
       <c r="F126" t="s">
-        <v>420</v>
+        <v>402</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>421</v>
+        <v>403</v>
       </c>
       <c r="B127" t="s">
-        <v>422</v>
-[...1 lines deleted...]
-      <c r="C127"/>
+        <v>404</v>
+      </c>
+      <c r="C127">
+        <v>4448025</v>
+      </c>
       <c r="D127">
-        <v>8837</v>
-[...2 lines deleted...]
-      <c r="F127"/>
+        <v>8025</v>
+      </c>
+      <c r="E127" t="s">
+        <v>405</v>
+      </c>
+      <c r="F127" t="s">
+        <v>406</v>
+      </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>423</v>
+        <v>407</v>
       </c>
       <c r="B128" t="s">
-        <v>424</v>
+        <v>408</v>
       </c>
       <c r="C128"/>
       <c r="D128">
-        <v>8309</v>
+        <v>8137</v>
       </c>
       <c r="E128"/>
       <c r="F128"/>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>425</v>
+        <v>409</v>
       </c>
       <c r="B129" t="s">
-        <v>426</v>
+        <v>379</v>
       </c>
       <c r="C129"/>
       <c r="D129">
-        <v>8309</v>
+        <v>8837</v>
       </c>
       <c r="E129"/>
       <c r="F129" t="s">
-        <v>427</v>
+        <v>410</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>428</v>
+        <v>411</v>
       </c>
       <c r="B130" t="s">
-        <v>379</v>
-[...3 lines deleted...]
-      </c>
+        <v>412</v>
+      </c>
+      <c r="C130"/>
       <c r="D130">
-        <v>8047</v>
+        <v>8837</v>
       </c>
       <c r="E130"/>
       <c r="F130" t="s">
-        <v>429</v>
+        <v>413</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>430</v>
+        <v>414</v>
       </c>
       <c r="B131" t="s">
-        <v>431</v>
-[...3 lines deleted...]
-      </c>
+        <v>415</v>
+      </c>
+      <c r="C131"/>
       <c r="D131">
-        <v>8038</v>
-[...6 lines deleted...]
-      </c>
+        <v>8309</v>
+      </c>
+      <c r="E131"/>
+      <c r="F131"/>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>434</v>
+        <v>416</v>
       </c>
       <c r="B132" t="s">
-        <v>435</v>
+        <v>417</v>
       </c>
       <c r="C132"/>
       <c r="D132">
-        <v>8377</v>
-[...6 lines deleted...]
-      </c>
+        <v>8837</v>
+      </c>
+      <c r="E132"/>
+      <c r="F132"/>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>438</v>
+        <v>418</v>
       </c>
       <c r="B133" t="s">
-        <v>439</v>
+        <v>419</v>
       </c>
       <c r="C133"/>
-      <c r="D133"/>
+      <c r="D133">
+        <v>8837</v>
+      </c>
       <c r="E133"/>
-      <c r="F133"/>
+      <c r="F133" t="s">
+        <v>420</v>
+      </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>440</v>
+        <v>421</v>
       </c>
       <c r="B134" t="s">
-        <v>441</v>
+        <v>422</v>
       </c>
       <c r="C134"/>
       <c r="D134">
-        <v>8330</v>
-[...6 lines deleted...]
-      </c>
+        <v>8837</v>
+      </c>
+      <c r="E134"/>
+      <c r="F134"/>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>444</v>
+        <v>423</v>
       </c>
       <c r="B135" t="s">
-        <v>445</v>
+        <v>424</v>
       </c>
       <c r="C135"/>
       <c r="D135">
-        <v>8330</v>
-[...6 lines deleted...]
-      </c>
+        <v>8309</v>
+      </c>
+      <c r="E135"/>
+      <c r="F135"/>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>448</v>
+        <v>425</v>
       </c>
       <c r="B136" t="s">
-        <v>449</v>
-[...3 lines deleted...]
-      </c>
+        <v>426</v>
+      </c>
+      <c r="C136"/>
       <c r="D136">
-        <v>8305</v>
-[...3 lines deleted...]
-      </c>
+        <v>8309</v>
+      </c>
+      <c r="E136"/>
       <c r="F136" t="s">
-        <v>451</v>
+        <v>427</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>452</v>
+        <v>428</v>
       </c>
       <c r="B137" t="s">
-        <v>453</v>
-[...1 lines deleted...]
-      <c r="C137"/>
+        <v>379</v>
+      </c>
+      <c r="C137">
+        <v>4448047</v>
+      </c>
       <c r="D137">
-        <v>8305</v>
-[...3 lines deleted...]
-      </c>
+        <v>8047</v>
+      </c>
+      <c r="E137"/>
       <c r="F137" t="s">
-        <v>455</v>
+        <v>429</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>456</v>
+        <v>430</v>
       </c>
       <c r="B138" t="s">
-        <v>457</v>
-[...1 lines deleted...]
-      <c r="C138"/>
+        <v>431</v>
+      </c>
+      <c r="C138">
+        <v>4448038</v>
+      </c>
       <c r="D138">
-        <v>7342</v>
+        <v>8038</v>
       </c>
       <c r="E138" t="s">
-        <v>454</v>
+        <v>432</v>
       </c>
       <c r="F138" t="s">
-        <v>458</v>
+        <v>433</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>459</v>
+        <v>434</v>
       </c>
       <c r="B139" t="s">
-        <v>460</v>
+        <v>435</v>
       </c>
       <c r="C139"/>
       <c r="D139">
-        <v>8188</v>
+        <v>8377</v>
       </c>
       <c r="E139" t="s">
-        <v>461</v>
+        <v>436</v>
       </c>
       <c r="F139" t="s">
-        <v>462</v>
+        <v>437</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>463</v>
+        <v>438</v>
       </c>
       <c r="B140" t="s">
-        <v>464</v>
+        <v>439</v>
       </c>
       <c r="C140"/>
-      <c r="D140" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D140"/>
+      <c r="E140"/>
+      <c r="F140"/>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>468</v>
+        <v>440</v>
       </c>
       <c r="B141" t="s">
-        <v>469</v>
+        <v>441</v>
       </c>
       <c r="C141"/>
       <c r="D141">
-        <v>7307</v>
+        <v>8330</v>
       </c>
       <c r="E141" t="s">
-        <v>470</v>
+        <v>442</v>
       </c>
       <c r="F141" t="s">
-        <v>471</v>
+        <v>443</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>472</v>
+        <v>444</v>
       </c>
       <c r="B142" t="s">
-        <v>473</v>
+        <v>445</v>
       </c>
       <c r="C142"/>
       <c r="D142">
-        <v>7307</v>
+        <v>8330</v>
       </c>
       <c r="E142" t="s">
-        <v>474</v>
+        <v>446</v>
       </c>
       <c r="F142" t="s">
-        <v>475</v>
+        <v>447</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>476</v>
+        <v>448</v>
       </c>
       <c r="B143" t="s">
-        <v>477</v>
-[...1 lines deleted...]
-      <c r="C143"/>
+        <v>449</v>
+      </c>
+      <c r="C143">
+        <v>4448047</v>
+      </c>
       <c r="D143">
-        <v>7307</v>
+        <v>8305</v>
       </c>
       <c r="E143" t="s">
-        <v>478</v>
+        <v>450</v>
       </c>
       <c r="F143" t="s">
-        <v>479</v>
+        <v>451</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>480</v>
+        <v>452</v>
       </c>
       <c r="B144" t="s">
-        <v>379</v>
-[...3 lines deleted...]
-      </c>
+        <v>453</v>
+      </c>
+      <c r="C144"/>
       <c r="D144">
-        <v>6406</v>
+        <v>8305</v>
       </c>
       <c r="E144" t="s">
-        <v>481</v>
+        <v>454</v>
       </c>
       <c r="F144" t="s">
-        <v>482</v>
+        <v>455</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>483</v>
+        <v>456</v>
       </c>
       <c r="B145" t="s">
-        <v>484</v>
-[...3 lines deleted...]
-      </c>
+        <v>457</v>
+      </c>
+      <c r="C145"/>
       <c r="D145">
-        <v>6406</v>
-[...2 lines deleted...]
-      <c r="F145"/>
+        <v>7342</v>
+      </c>
+      <c r="E145" t="s">
+        <v>454</v>
+      </c>
+      <c r="F145" t="s">
+        <v>458</v>
+      </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>485</v>
+        <v>459</v>
       </c>
       <c r="B146" t="s">
-        <v>486</v>
-[...3 lines deleted...]
-      </c>
+        <v>460</v>
+      </c>
+      <c r="C146"/>
       <c r="D146">
-        <v>6410</v>
-[...1 lines deleted...]
-      <c r="E146"/>
+        <v>8188</v>
+      </c>
+      <c r="E146" t="s">
+        <v>461</v>
+      </c>
       <c r="F146" t="s">
-        <v>487</v>
+        <v>462</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>488</v>
+        <v>463</v>
       </c>
       <c r="B147" t="s">
-        <v>489</v>
-[...5 lines deleted...]
-        <v>6410</v>
+        <v>464</v>
+      </c>
+      <c r="C147"/>
+      <c r="D147" t="s">
+        <v>465</v>
       </c>
       <c r="E147" t="s">
-        <v>490</v>
+        <v>466</v>
       </c>
       <c r="F147" t="s">
-        <v>491</v>
+        <v>467</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>492</v>
+        <v>468</v>
       </c>
       <c r="B148" t="s">
-        <v>493</v>
-[...3 lines deleted...]
-      </c>
+        <v>469</v>
+      </c>
+      <c r="C148"/>
       <c r="D148">
-        <v>6410</v>
-[...2 lines deleted...]
-      <c r="F148"/>
+        <v>7307</v>
+      </c>
+      <c r="E148" t="s">
+        <v>470</v>
+      </c>
+      <c r="F148" t="s">
+        <v>471</v>
+      </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>494</v>
+        <v>472</v>
       </c>
       <c r="B149" t="s">
-        <v>495</v>
+        <v>473</v>
       </c>
       <c r="C149"/>
-      <c r="D149"/>
-[...1 lines deleted...]
-      <c r="F149"/>
+      <c r="D149">
+        <v>7307</v>
+      </c>
+      <c r="E149" t="s">
+        <v>474</v>
+      </c>
+      <c r="F149" t="s">
+        <v>475</v>
+      </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>496</v>
+        <v>476</v>
       </c>
       <c r="B150" t="s">
-        <v>497</v>
-[...6 lines deleted...]
-      <c r="F150"/>
+        <v>477</v>
+      </c>
+      <c r="C150"/>
+      <c r="D150">
+        <v>7307</v>
+      </c>
+      <c r="E150" t="s">
+        <v>478</v>
+      </c>
+      <c r="F150" t="s">
+        <v>479</v>
+      </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>498</v>
+        <v>480</v>
       </c>
       <c r="B151" t="s">
-        <v>499</v>
+        <v>379</v>
       </c>
       <c r="C151">
-        <v>4453520</v>
-[...3 lines deleted...]
-      <c r="F151"/>
+        <v>4456406</v>
+      </c>
+      <c r="D151">
+        <v>6406</v>
+      </c>
+      <c r="E151" t="s">
+        <v>481</v>
+      </c>
+      <c r="F151" t="s">
+        <v>482</v>
+      </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
-        <v>500</v>
+        <v>483</v>
       </c>
       <c r="B152" t="s">
-        <v>501</v>
+        <v>484</v>
       </c>
       <c r="C152">
-        <v>4456433</v>
+        <v>4456406</v>
       </c>
       <c r="D152">
-        <v>6433</v>
-[...6 lines deleted...]
-      </c>
+        <v>6406</v>
+      </c>
+      <c r="E152"/>
+      <c r="F152"/>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
-        <v>504</v>
+        <v>485</v>
       </c>
       <c r="B153" t="s">
-        <v>505</v>
-[...1 lines deleted...]
-      <c r="C153"/>
+        <v>486</v>
+      </c>
+      <c r="C153">
+        <v>4456410</v>
+      </c>
       <c r="D153">
-        <v>8815</v>
-[...3 lines deleted...]
-      </c>
+        <v>6410</v>
+      </c>
+      <c r="E153"/>
       <c r="F153" t="s">
-        <v>507</v>
+        <v>487</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
-        <v>508</v>
+        <v>488</v>
       </c>
       <c r="B154" t="s">
-        <v>509</v>
-[...1 lines deleted...]
-      <c r="C154"/>
+        <v>489</v>
+      </c>
+      <c r="C154">
+        <v>4456410</v>
+      </c>
       <c r="D154">
-        <v>7343</v>
+        <v>6410</v>
       </c>
       <c r="E154" t="s">
-        <v>510</v>
+        <v>490</v>
       </c>
       <c r="F154" t="s">
-        <v>511</v>
+        <v>491</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
-        <v>512</v>
+        <v>492</v>
       </c>
       <c r="B155" t="s">
-        <v>513</v>
-[...1 lines deleted...]
-      <c r="C155"/>
+        <v>493</v>
+      </c>
+      <c r="C155">
+        <v>4456410</v>
+      </c>
       <c r="D155">
-        <v>8601</v>
-[...6 lines deleted...]
-      </c>
+        <v>6410</v>
+      </c>
+      <c r="E155"/>
+      <c r="F155"/>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
-        <v>516</v>
+        <v>494</v>
       </c>
       <c r="B156" t="s">
-        <v>517</v>
-[...12 lines deleted...]
-      </c>
+        <v>495</v>
+      </c>
+      <c r="C156"/>
+      <c r="D156"/>
+      <c r="E156"/>
+      <c r="F156"/>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
-        <v>520</v>
+        <v>496</v>
       </c>
       <c r="B157" t="s">
-        <v>521</v>
+        <v>497</v>
       </c>
       <c r="C157">
-        <v>4448044</v>
-[...3 lines deleted...]
-      </c>
+        <v>4453520</v>
+      </c>
+      <c r="D157"/>
       <c r="E157"/>
-      <c r="F157" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F157"/>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>523</v>
+        <v>498</v>
       </c>
       <c r="B158" t="s">
-        <v>524</v>
-[...6 lines deleted...]
-      </c>
+        <v>499</v>
+      </c>
+      <c r="C158">
+        <v>4453520</v>
+      </c>
+      <c r="D158"/>
       <c r="E158"/>
-      <c r="F158" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F158"/>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
-        <v>528</v>
+        <v>500</v>
       </c>
       <c r="B159" t="s">
-        <v>529</v>
-[...1 lines deleted...]
-      <c r="C159"/>
+        <v>501</v>
+      </c>
+      <c r="C159">
+        <v>4456433</v>
+      </c>
       <c r="D159">
-        <v>8801</v>
+        <v>6433</v>
       </c>
       <c r="E159" t="s">
-        <v>530</v>
+        <v>502</v>
       </c>
       <c r="F159" t="s">
-        <v>531</v>
+        <v>503</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
-        <v>532</v>
+        <v>504</v>
       </c>
       <c r="B160" t="s">
-        <v>533</v>
+        <v>505</v>
       </c>
       <c r="C160"/>
       <c r="D160">
-        <v>8801</v>
+        <v>8815</v>
       </c>
       <c r="E160" t="s">
-        <v>534</v>
+        <v>506</v>
       </c>
       <c r="F160" t="s">
-        <v>535</v>
+        <v>507</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
-        <v>536</v>
+        <v>508</v>
       </c>
       <c r="B161" t="s">
-        <v>537</v>
-[...5 lines deleted...]
-        <v>538</v>
+        <v>509</v>
+      </c>
+      <c r="C161"/>
+      <c r="D161">
+        <v>7343</v>
       </c>
       <c r="E161" t="s">
-        <v>539</v>
+        <v>510</v>
       </c>
       <c r="F161" t="s">
-        <v>540</v>
+        <v>511</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
-        <v>541</v>
+        <v>512</v>
       </c>
       <c r="B162" t="s">
-        <v>379</v>
-[...3 lines deleted...]
-      </c>
+        <v>513</v>
+      </c>
+      <c r="C162"/>
       <c r="D162">
-        <v>6416</v>
+        <v>8601</v>
       </c>
       <c r="E162" t="s">
-        <v>542</v>
+        <v>514</v>
       </c>
       <c r="F162" t="s">
-        <v>543</v>
+        <v>515</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>544</v>
+        <v>516</v>
       </c>
       <c r="B163" t="s">
-        <v>545</v>
+        <v>517</v>
       </c>
       <c r="C163">
-        <v>4456416</v>
+        <v>4448012</v>
       </c>
       <c r="D163">
-        <v>6416</v>
+        <v>8012</v>
       </c>
       <c r="E163" t="s">
-        <v>546</v>
+        <v>518</v>
       </c>
       <c r="F163" t="s">
-        <v>547</v>
+        <v>519</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>548</v>
+        <v>520</v>
       </c>
       <c r="B164" t="s">
-        <v>549</v>
-[...1 lines deleted...]
-      <c r="C164"/>
+        <v>521</v>
+      </c>
+      <c r="C164">
+        <v>4448044</v>
+      </c>
       <c r="D164">
-        <v>7353</v>
+        <v>8044</v>
       </c>
       <c r="E164"/>
-      <c r="F164"/>
+      <c r="F164" t="s">
+        <v>522</v>
+      </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
-        <v>550</v>
+        <v>523</v>
       </c>
       <c r="B165" t="s">
-        <v>551</v>
-[...3 lines deleted...]
-        <v>7353</v>
+        <v>524</v>
+      </c>
+      <c r="C165" t="s">
+        <v>525</v>
+      </c>
+      <c r="D165" t="s">
+        <v>526</v>
       </c>
       <c r="E165"/>
       <c r="F165" t="s">
-        <v>552</v>
+        <v>527</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
-        <v>553</v>
+        <v>528</v>
       </c>
       <c r="B166" t="s">
-        <v>554</v>
-[...5 lines deleted...]
-        <v>555</v>
+        <v>529</v>
+      </c>
+      <c r="C166"/>
+      <c r="D166">
+        <v>8801</v>
       </c>
       <c r="E166" t="s">
-        <v>556</v>
+        <v>530</v>
       </c>
       <c r="F166" t="s">
-        <v>557</v>
+        <v>531</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
-        <v>558</v>
+        <v>532</v>
       </c>
       <c r="B167" t="s">
-        <v>559</v>
+        <v>533</v>
       </c>
       <c r="C167"/>
       <c r="D167">
-        <v>8149</v>
+        <v>8801</v>
       </c>
       <c r="E167" t="s">
-        <v>560</v>
+        <v>534</v>
       </c>
       <c r="F167" t="s">
-        <v>561</v>
+        <v>535</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
-        <v>562</v>
+        <v>536</v>
       </c>
       <c r="B168" t="s">
-        <v>379</v>
-[...3 lines deleted...]
-        <v>8149</v>
+        <v>537</v>
+      </c>
+      <c r="C168">
+        <v>4456416</v>
+      </c>
+      <c r="D168" t="s">
+        <v>538</v>
       </c>
       <c r="E168" t="s">
-        <v>563</v>
+        <v>539</v>
       </c>
       <c r="F168" t="s">
-        <v>564</v>
+        <v>540</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
-        <v>565</v>
+        <v>541</v>
       </c>
       <c r="B169" t="s">
-        <v>566</v>
-[...1 lines deleted...]
-      <c r="C169"/>
+        <v>379</v>
+      </c>
+      <c r="C169">
+        <v>4456416</v>
+      </c>
       <c r="D169">
-        <v>8211</v>
-[...1 lines deleted...]
-      <c r="E169"/>
+        <v>6416</v>
+      </c>
+      <c r="E169" t="s">
+        <v>542</v>
+      </c>
       <c r="F169" t="s">
-        <v>567</v>
+        <v>543</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
-        <v>568</v>
+        <v>544</v>
       </c>
       <c r="B170" t="s">
-        <v>569</v>
-[...1 lines deleted...]
-      <c r="C170"/>
+        <v>545</v>
+      </c>
+      <c r="C170">
+        <v>4456416</v>
+      </c>
       <c r="D170">
-        <v>8235</v>
-[...1 lines deleted...]
-      <c r="E170"/>
+        <v>6416</v>
+      </c>
+      <c r="E170" t="s">
+        <v>546</v>
+      </c>
       <c r="F170" t="s">
-        <v>570</v>
+        <v>547</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
-        <v>571</v>
+        <v>548</v>
       </c>
       <c r="B171" t="s">
-        <v>572</v>
+        <v>549</v>
       </c>
       <c r="C171"/>
       <c r="D171">
-        <v>8211</v>
-[...3 lines deleted...]
-      </c>
+        <v>7353</v>
+      </c>
+      <c r="E171"/>
       <c r="F171"/>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
-        <v>574</v>
+        <v>550</v>
       </c>
       <c r="B172" t="s">
-        <v>575</v>
+        <v>551</v>
       </c>
       <c r="C172"/>
       <c r="D172">
-        <v>7284</v>
+        <v>7353</v>
       </c>
       <c r="E172"/>
       <c r="F172" t="s">
-        <v>576</v>
+        <v>552</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
-        <v>577</v>
+        <v>553</v>
       </c>
       <c r="B173" t="s">
-        <v>578</v>
+        <v>554</v>
       </c>
       <c r="C173">
-        <v>4448030</v>
-[...2 lines deleted...]
-        <v>8030</v>
+        <v>4448500</v>
+      </c>
+      <c r="D173" t="s">
+        <v>555</v>
       </c>
       <c r="E173" t="s">
-        <v>579</v>
+        <v>556</v>
       </c>
       <c r="F173" t="s">
-        <v>580</v>
+        <v>557</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
-        <v>581</v>
+        <v>558</v>
       </c>
       <c r="B174" t="s">
-        <v>582</v>
-[...3 lines deleted...]
-      </c>
+        <v>559</v>
+      </c>
+      <c r="C174"/>
       <c r="D174">
-        <v>6416</v>
+        <v>8149</v>
       </c>
       <c r="E174" t="s">
-        <v>583</v>
+        <v>560</v>
       </c>
       <c r="F174" t="s">
-        <v>584</v>
+        <v>561</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
-        <v>585</v>
+        <v>562</v>
       </c>
       <c r="B175" t="s">
-        <v>586</v>
-[...3 lines deleted...]
-      </c>
+        <v>379</v>
+      </c>
+      <c r="C175"/>
       <c r="D175">
-        <v>6479</v>
-[...1 lines deleted...]
-      <c r="E175"/>
+        <v>8149</v>
+      </c>
+      <c r="E175" t="s">
+        <v>563</v>
+      </c>
       <c r="F175" t="s">
-        <v>587</v>
+        <v>564</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
-        <v>588</v>
+        <v>565</v>
       </c>
       <c r="B176" t="s">
-        <v>589</v>
+        <v>566</v>
       </c>
       <c r="C176"/>
       <c r="D176">
-        <v>8591</v>
+        <v>8211</v>
       </c>
       <c r="E176"/>
       <c r="F176" t="s">
-        <v>590</v>
+        <v>567</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
-        <v>591</v>
+        <v>568</v>
       </c>
       <c r="B177" t="s">
-        <v>495</v>
-[...3 lines deleted...]
-      </c>
+        <v>569</v>
+      </c>
+      <c r="C177"/>
       <c r="D177">
-        <v>8007</v>
-[...3 lines deleted...]
-      </c>
+        <v>8235</v>
+      </c>
+      <c r="E177"/>
       <c r="F177" t="s">
-        <v>593</v>
+        <v>570</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
-        <v>594</v>
+        <v>571</v>
       </c>
       <c r="B178" t="s">
-        <v>595</v>
+        <v>572</v>
       </c>
       <c r="C178"/>
       <c r="D178">
-        <v>8849</v>
-[...4 lines deleted...]
-      </c>
+        <v>8211</v>
+      </c>
+      <c r="E178" t="s">
+        <v>573</v>
+      </c>
+      <c r="F178"/>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
-        <v>597</v>
+        <v>574</v>
       </c>
       <c r="B179" t="s">
-        <v>598</v>
-[...3 lines deleted...]
-      </c>
+        <v>575</v>
+      </c>
+      <c r="C179"/>
       <c r="D179">
-        <v>8010</v>
+        <v>7284</v>
       </c>
       <c r="E179"/>
       <c r="F179" t="s">
-        <v>599</v>
+        <v>576</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
-        <v>600</v>
+        <v>577</v>
       </c>
       <c r="B180" t="s">
-        <v>601</v>
-[...1 lines deleted...]
-      <c r="C180"/>
+        <v>578</v>
+      </c>
+      <c r="C180">
+        <v>4448030</v>
+      </c>
       <c r="D180">
-        <v>8213</v>
-[...1 lines deleted...]
-      <c r="E180"/>
+        <v>8030</v>
+      </c>
+      <c r="E180" t="s">
+        <v>579</v>
+      </c>
       <c r="F180" t="s">
-        <v>602</v>
+        <v>580</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
-        <v>603</v>
+        <v>581</v>
       </c>
       <c r="B181" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-      <c r="D181"/>
+        <v>582</v>
+      </c>
+      <c r="C181">
+        <v>4456416</v>
+      </c>
+      <c r="D181">
+        <v>6416</v>
+      </c>
       <c r="E181" t="s">
-        <v>604</v>
+        <v>583</v>
       </c>
       <c r="F181" t="s">
-        <v>278</v>
+        <v>584</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
-        <v>605</v>
+        <v>585</v>
       </c>
       <c r="B182" t="s">
-        <v>606</v>
+        <v>586</v>
       </c>
       <c r="C182">
-        <v>4448047</v>
+        <v>4456479</v>
       </c>
       <c r="D182">
-        <v>8038</v>
-[...3 lines deleted...]
-      </c>
+        <v>6479</v>
+      </c>
+      <c r="E182"/>
       <c r="F182" t="s">
-        <v>608</v>
+        <v>587</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
-        <v>609</v>
+        <v>588</v>
       </c>
       <c r="B183" t="s">
-        <v>610</v>
+        <v>589</v>
       </c>
       <c r="C183"/>
       <c r="D183">
-        <v>8853</v>
-[...3 lines deleted...]
-      </c>
+        <v>8591</v>
+      </c>
+      <c r="E183"/>
       <c r="F183" t="s">
-        <v>612</v>
+        <v>590</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
-        <v>613</v>
+        <v>591</v>
       </c>
       <c r="B184" t="s">
-        <v>614</v>
+        <v>495</v>
       </c>
       <c r="C184">
-        <v>4448053</v>
+        <v>4448007</v>
       </c>
       <c r="D184">
-        <v>8053</v>
-[...1 lines deleted...]
-      <c r="E184"/>
+        <v>8007</v>
+      </c>
+      <c r="E184" t="s">
+        <v>592</v>
+      </c>
       <c r="F184" t="s">
-        <v>615</v>
+        <v>593</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
-        <v>616</v>
+        <v>594</v>
       </c>
       <c r="B185" t="s">
-        <v>617</v>
+        <v>595</v>
       </c>
       <c r="C185"/>
       <c r="D185">
-        <v>8109</v>
+        <v>8849</v>
       </c>
       <c r="E185"/>
       <c r="F185" t="s">
-        <v>618</v>
+        <v>596</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
-        <v>619</v>
+        <v>597</v>
       </c>
       <c r="B186" t="s">
-        <v>620</v>
-[...1 lines deleted...]
-      <c r="C186"/>
+        <v>598</v>
+      </c>
+      <c r="C186">
+        <v>4448010</v>
+      </c>
       <c r="D186">
-        <v>8143</v>
+        <v>8010</v>
       </c>
       <c r="E186"/>
       <c r="F186" t="s">
-        <v>621</v>
+        <v>599</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
-        <v>622</v>
+        <v>600</v>
       </c>
       <c r="B187" t="s">
-        <v>623</v>
+        <v>601</v>
       </c>
       <c r="C187"/>
       <c r="D187">
-        <v>7343</v>
-[...3 lines deleted...]
-      </c>
+        <v>8213</v>
+      </c>
+      <c r="E187"/>
       <c r="F187" t="s">
-        <v>625</v>
+        <v>602</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
-        <v>626</v>
+        <v>603</v>
       </c>
       <c r="B188" t="s">
-        <v>627</v>
+        <v>277</v>
       </c>
       <c r="C188"/>
       <c r="D188"/>
       <c r="E188" t="s">
-        <v>628</v>
+        <v>604</v>
       </c>
       <c r="F188" t="s">
-        <v>629</v>
+        <v>278</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
-        <v>630</v>
+        <v>605</v>
       </c>
       <c r="B189" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-      <c r="D189"/>
+        <v>606</v>
+      </c>
+      <c r="C189">
+        <v>4448047</v>
+      </c>
+      <c r="D189">
+        <v>8038</v>
+      </c>
       <c r="E189" t="s">
-        <v>632</v>
+        <v>607</v>
       </c>
       <c r="F189" t="s">
-        <v>633</v>
+        <v>608</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
-        <v>634</v>
+        <v>609</v>
       </c>
       <c r="B190" t="s">
-        <v>635</v>
-[...3 lines deleted...]
-      </c>
+        <v>610</v>
+      </c>
+      <c r="C190"/>
       <c r="D190">
-        <v>6470</v>
+        <v>8853</v>
       </c>
       <c r="E190" t="s">
-        <v>275</v>
+        <v>611</v>
       </c>
       <c r="F190" t="s">
-        <v>636</v>
+        <v>612</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
-        <v>637</v>
+        <v>613</v>
       </c>
       <c r="B191" t="s">
-        <v>638</v>
-[...1 lines deleted...]
-      <c r="C191"/>
+        <v>614</v>
+      </c>
+      <c r="C191">
+        <v>4448053</v>
+      </c>
       <c r="D191">
-        <v>8330</v>
-[...3 lines deleted...]
-      </c>
+        <v>8053</v>
+      </c>
+      <c r="E191"/>
       <c r="F191" t="s">
-        <v>640</v>
+        <v>615</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
-        <v>641</v>
+        <v>616</v>
       </c>
       <c r="B192" t="s">
-        <v>642</v>
-[...3 lines deleted...]
-      </c>
+        <v>617</v>
+      </c>
+      <c r="C192"/>
       <c r="D192">
-        <v>6416</v>
+        <v>8109</v>
       </c>
       <c r="E192"/>
       <c r="F192" t="s">
-        <v>643</v>
+        <v>618</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
-        <v>644</v>
+        <v>619</v>
       </c>
       <c r="B193" t="s">
-        <v>645</v>
+        <v>620</v>
       </c>
       <c r="C193"/>
       <c r="D193">
-        <v>7284</v>
-[...3 lines deleted...]
-      </c>
+        <v>8143</v>
+      </c>
+      <c r="E193"/>
       <c r="F193" t="s">
-        <v>647</v>
+        <v>621</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
-        <v>648</v>
+        <v>622</v>
       </c>
       <c r="B194" t="s">
-        <v>649</v>
+        <v>623</v>
       </c>
       <c r="C194"/>
       <c r="D194">
-        <v>8285</v>
-[...1 lines deleted...]
-      <c r="E194"/>
+        <v>7343</v>
+      </c>
+      <c r="E194" t="s">
+        <v>624</v>
+      </c>
       <c r="F194" t="s">
-        <v>650</v>
+        <v>625</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
-        <v>651</v>
+        <v>626</v>
       </c>
       <c r="B195" t="s">
-        <v>652</v>
-[...8 lines deleted...]
-      <c r="F195"/>
+        <v>627</v>
+      </c>
+      <c r="C195"/>
+      <c r="D195"/>
+      <c r="E195" t="s">
+        <v>628</v>
+      </c>
+      <c r="F195" t="s">
+        <v>629</v>
+      </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
-        <v>653</v>
+        <v>630</v>
       </c>
       <c r="B196" t="s">
-        <v>439</v>
-[...7 lines deleted...]
-      <c r="E196"/>
+        <v>631</v>
+      </c>
+      <c r="C196"/>
+      <c r="D196"/>
+      <c r="E196" t="s">
+        <v>632</v>
+      </c>
       <c r="F196" t="s">
-        <v>654</v>
+        <v>633</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
-        <v>655</v>
+        <v>634</v>
       </c>
       <c r="B197" t="s">
-        <v>656</v>
-[...4 lines deleted...]
-      <c r="F197"/>
+        <v>635</v>
+      </c>
+      <c r="C197">
+        <v>4456470</v>
+      </c>
+      <c r="D197">
+        <v>6470</v>
+      </c>
+      <c r="E197" t="s">
+        <v>275</v>
+      </c>
+      <c r="F197" t="s">
+        <v>636</v>
+      </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
-        <v>657</v>
+        <v>637</v>
       </c>
       <c r="B198" t="s">
-        <v>658</v>
+        <v>638</v>
       </c>
       <c r="C198"/>
-      <c r="D198"/>
-      <c r="E198"/>
+      <c r="D198">
+        <v>8330</v>
+      </c>
+      <c r="E198" t="s">
+        <v>639</v>
+      </c>
       <c r="F198" t="s">
-        <v>659</v>
+        <v>640</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
-        <v>660</v>
+        <v>641</v>
       </c>
       <c r="B199" t="s">
-        <v>661</v>
-[...2 lines deleted...]
-      <c r="D199"/>
+        <v>642</v>
+      </c>
+      <c r="C199">
+        <v>4456416</v>
+      </c>
+      <c r="D199">
+        <v>6416</v>
+      </c>
       <c r="E199"/>
       <c r="F199" t="s">
-        <v>662</v>
+        <v>643</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" t="s">
-        <v>663</v>
+        <v>644</v>
       </c>
       <c r="B200" t="s">
-        <v>664</v>
+        <v>645</v>
       </c>
       <c r="C200"/>
       <c r="D200">
-        <v>8836</v>
+        <v>7284</v>
       </c>
       <c r="E200" t="s">
-        <v>665</v>
-[...1 lines deleted...]
-      <c r="F200"/>
+        <v>646</v>
+      </c>
+      <c r="F200" t="s">
+        <v>647</v>
+      </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" t="s">
-        <v>666</v>
+        <v>648</v>
       </c>
       <c r="B201" t="s">
-        <v>667</v>
+        <v>649</v>
       </c>
       <c r="C201"/>
       <c r="D201">
-        <v>8836</v>
+        <v>8285</v>
       </c>
       <c r="E201"/>
-      <c r="F201"/>
+      <c r="F201" t="s">
+        <v>650</v>
+      </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
-        <v>668</v>
+        <v>651</v>
       </c>
       <c r="B202" t="s">
-        <v>669</v>
-[...2 lines deleted...]
-      <c r="D202"/>
+        <v>652</v>
+      </c>
+      <c r="C202">
+        <v>4448012</v>
+      </c>
+      <c r="D202">
+        <v>8012</v>
+      </c>
       <c r="E202"/>
-      <c r="F202" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F202"/>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" t="s">
-        <v>671</v>
+        <v>653</v>
       </c>
       <c r="B203" t="s">
-        <v>672</v>
-[...2 lines deleted...]
-      <c r="D203"/>
+        <v>439</v>
+      </c>
+      <c r="C203">
+        <v>4448013</v>
+      </c>
+      <c r="D203">
+        <v>8013</v>
+      </c>
       <c r="E203"/>
       <c r="F203" t="s">
-        <v>673</v>
+        <v>654</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" t="s">
-        <v>674</v>
+        <v>655</v>
       </c>
       <c r="B204" t="s">
-        <v>495</v>
+        <v>656</v>
       </c>
       <c r="C204"/>
-      <c r="D204">
-[...7 lines deleted...]
-      </c>
+      <c r="D204"/>
+      <c r="E204"/>
+      <c r="F204"/>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
-        <v>674</v>
+        <v>657</v>
       </c>
       <c r="B205" t="s">
-        <v>677</v>
+        <v>658</v>
       </c>
       <c r="C205"/>
       <c r="D205"/>
       <c r="E205"/>
-      <c r="F205"/>
+      <c r="F205" t="s">
+        <v>659</v>
+      </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" t="s">
-        <v>678</v>
+        <v>660</v>
       </c>
       <c r="B206" t="s">
-        <v>679</v>
+        <v>661</v>
       </c>
       <c r="C206"/>
       <c r="D206"/>
       <c r="E206"/>
-      <c r="F206"/>
+      <c r="F206" t="s">
+        <v>662</v>
+      </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" t="s">
-        <v>680</v>
+        <v>663</v>
       </c>
       <c r="B207" t="s">
-        <v>681</v>
+        <v>664</v>
       </c>
       <c r="C207"/>
-      <c r="D207"/>
-      <c r="E207"/>
+      <c r="D207">
+        <v>8836</v>
+      </c>
+      <c r="E207" t="s">
+        <v>665</v>
+      </c>
       <c r="F207"/>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" t="s">
-        <v>682</v>
+        <v>666</v>
       </c>
       <c r="B208" t="s">
-        <v>683</v>
+        <v>667</v>
       </c>
       <c r="C208"/>
-      <c r="D208"/>
-[...5 lines deleted...]
-      </c>
+      <c r="D208">
+        <v>8836</v>
+      </c>
+      <c r="E208"/>
+      <c r="F208"/>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" t="s">
-        <v>686</v>
+        <v>668</v>
       </c>
       <c r="B209" t="s">
-        <v>687</v>
+        <v>669</v>
       </c>
       <c r="C209"/>
       <c r="D209"/>
-      <c r="E209" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E209"/>
       <c r="F209" t="s">
-        <v>689</v>
+        <v>670</v>
       </c>
     </row>
     <row r="210" spans="1:6">
-      <c r="A210"/>
+      <c r="A210" t="s">
+        <v>671</v>
+      </c>
       <c r="B210" t="s">
-        <v>627</v>
-[...9 lines deleted...]
-      </c>
+        <v>672</v>
+      </c>
+      <c r="C210"/>
+      <c r="D210"/>
+      <c r="E210"/>
       <c r="F210" t="s">
-        <v>691</v>
+        <v>673</v>
       </c>
     </row>
     <row r="211" spans="1:6">
-      <c r="A211"/>
+      <c r="A211" t="s">
+        <v>674</v>
+      </c>
       <c r="B211" t="s">
-        <v>426</v>
+        <v>495</v>
       </c>
       <c r="C211"/>
-      <c r="D211"/>
-[...1 lines deleted...]
-      <c r="F211"/>
+      <c r="D211">
+        <v>8221</v>
+      </c>
+      <c r="E211" t="s">
+        <v>675</v>
+      </c>
+      <c r="F211" t="s">
+        <v>676</v>
+      </c>
     </row>
     <row r="212" spans="1:6">
-      <c r="A212"/>
+      <c r="A212" t="s">
+        <v>674</v>
+      </c>
       <c r="B212" t="s">
-        <v>692</v>
+        <v>677</v>
       </c>
       <c r="C212"/>
       <c r="D212"/>
       <c r="E212"/>
       <c r="F212"/>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" t="s">
-        <v>693</v>
+        <v>678</v>
       </c>
       <c r="B213" t="s">
-        <v>694</v>
+        <v>679</v>
       </c>
       <c r="C213"/>
       <c r="D213"/>
       <c r="E213"/>
       <c r="F213"/>
     </row>
     <row r="214" spans="1:6">
-      <c r="A214"/>
+      <c r="A214" t="s">
+        <v>680</v>
+      </c>
       <c r="B214" t="s">
-        <v>695</v>
-[...3 lines deleted...]
-      </c>
+        <v>681</v>
+      </c>
+      <c r="C214"/>
       <c r="D214"/>
-      <c r="E214" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E214"/>
+      <c r="F214"/>
     </row>
     <row r="215" spans="1:6">
-      <c r="A215"/>
+      <c r="A215" t="s">
+        <v>682</v>
+      </c>
       <c r="B215" t="s">
-        <v>698</v>
-[...3 lines deleted...]
-      </c>
+        <v>683</v>
+      </c>
+      <c r="C215"/>
       <c r="D215"/>
       <c r="E215" t="s">
-        <v>700</v>
+        <v>684</v>
       </c>
       <c r="F215" t="s">
-        <v>701</v>
+        <v>685</v>
       </c>
     </row>
     <row r="216" spans="1:6">
-      <c r="A216"/>
+      <c r="A216" t="s">
+        <v>686</v>
+      </c>
       <c r="B216" t="s">
-        <v>702</v>
-[...3 lines deleted...]
-      </c>
+        <v>687</v>
+      </c>
+      <c r="C216"/>
       <c r="D216"/>
       <c r="E216" t="s">
-        <v>704</v>
+        <v>688</v>
       </c>
       <c r="F216" t="s">
-        <v>705</v>
+        <v>689</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217"/>
       <c r="B217" t="s">
-        <v>706</v>
+        <v>627</v>
       </c>
       <c r="C217">
-        <v>3624567326</v>
-[...1 lines deleted...]
-      <c r="D217"/>
+        <v>4456470</v>
+      </c>
+      <c r="D217" t="s">
+        <v>690</v>
+      </c>
       <c r="E217" t="s">
-        <v>707</v>
+        <v>628</v>
       </c>
       <c r="F217" t="s">
-        <v>708</v>
+        <v>691</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218"/>
       <c r="B218" t="s">
-        <v>709</v>
-[...3 lines deleted...]
-      </c>
+        <v>426</v>
+      </c>
+      <c r="C218"/>
       <c r="D218"/>
-      <c r="E218" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E218"/>
+      <c r="F218"/>
     </row>
     <row r="219" spans="1:6">
       <c r="A219"/>
       <c r="B219" t="s">
-        <v>712</v>
-[...3 lines deleted...]
-      </c>
+        <v>692</v>
+      </c>
+      <c r="C219"/>
       <c r="D219"/>
-      <c r="E219" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E219"/>
       <c r="F219"/>
     </row>
     <row r="220" spans="1:6">
-      <c r="A220"/>
+      <c r="A220" t="s">
+        <v>693</v>
+      </c>
       <c r="B220" t="s">
-        <v>715</v>
-[...3 lines deleted...]
-      </c>
+        <v>694</v>
+      </c>
+      <c r="C220"/>
       <c r="D220"/>
       <c r="E220"/>
       <c r="F220"/>
     </row>
     <row r="221" spans="1:6">
       <c r="A221"/>
       <c r="B221" t="s">
-        <v>717</v>
-[...2 lines deleted...]
-        <v>718</v>
+        <v>695</v>
+      </c>
+      <c r="C221">
+        <v>3624901124</v>
       </c>
       <c r="D221"/>
       <c r="E221" t="s">
-        <v>719</v>
-[...1 lines deleted...]
-      <c r="F221"/>
+        <v>696</v>
+      </c>
+      <c r="F221" t="s">
+        <v>697</v>
+      </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222"/>
       <c r="B222" t="s">
-        <v>720</v>
+        <v>698</v>
       </c>
       <c r="C222" t="s">
-        <v>721</v>
+        <v>699</v>
       </c>
       <c r="D222"/>
-      <c r="E222"/>
-      <c r="F222"/>
+      <c r="E222" t="s">
+        <v>700</v>
+      </c>
+      <c r="F222" t="s">
+        <v>701</v>
+      </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223"/>
       <c r="B223" t="s">
-        <v>722</v>
-[...1 lines deleted...]
-      <c r="C223"/>
+        <v>702</v>
+      </c>
+      <c r="C223" t="s">
+        <v>703</v>
+      </c>
       <c r="D223"/>
-      <c r="E223"/>
-      <c r="F223"/>
+      <c r="E223" t="s">
+        <v>704</v>
+      </c>
+      <c r="F223" t="s">
+        <v>705</v>
+      </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224"/>
       <c r="B224" t="s">
-        <v>723</v>
-[...1 lines deleted...]
-      <c r="C224"/>
+        <v>706</v>
+      </c>
+      <c r="C224">
+        <v>3624567326</v>
+      </c>
       <c r="D224"/>
-      <c r="E224"/>
-      <c r="F224"/>
+      <c r="E224" t="s">
+        <v>707</v>
+      </c>
+      <c r="F224" t="s">
+        <v>708</v>
+      </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225"/>
       <c r="B225" t="s">
-        <v>724</v>
-[...1 lines deleted...]
-      <c r="C225"/>
+        <v>709</v>
+      </c>
+      <c r="C225">
+        <v>3624901095</v>
+      </c>
       <c r="D225"/>
-      <c r="E225"/>
-      <c r="F225"/>
+      <c r="E225" t="s">
+        <v>710</v>
+      </c>
+      <c r="F225" t="s">
+        <v>711</v>
+      </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226"/>
       <c r="B226" t="s">
-        <v>725</v>
-[...1 lines deleted...]
-      <c r="C226"/>
+        <v>712</v>
+      </c>
+      <c r="C226" t="s">
+        <v>713</v>
+      </c>
       <c r="D226"/>
-      <c r="E226"/>
+      <c r="E226" t="s">
+        <v>714</v>
+      </c>
       <c r="F226"/>
     </row>
     <row r="227" spans="1:6">
       <c r="A227"/>
       <c r="B227" t="s">
-        <v>726</v>
-[...1 lines deleted...]
-      <c r="C227"/>
+        <v>715</v>
+      </c>
+      <c r="C227" t="s">
+        <v>716</v>
+      </c>
       <c r="D227"/>
       <c r="E227"/>
       <c r="F227"/>
     </row>
     <row r="228" spans="1:6">
       <c r="A228"/>
       <c r="B228" t="s">
-        <v>727</v>
-[...1 lines deleted...]
-      <c r="C228"/>
+        <v>717</v>
+      </c>
+      <c r="C228" t="s">
+        <v>718</v>
+      </c>
       <c r="D228"/>
-      <c r="E228"/>
+      <c r="E228" t="s">
+        <v>719</v>
+      </c>
       <c r="F228"/>
     </row>
     <row r="229" spans="1:6">
       <c r="A229"/>
       <c r="B229" t="s">
-        <v>728</v>
-[...1 lines deleted...]
-      <c r="C229"/>
+        <v>720</v>
+      </c>
+      <c r="C229" t="s">
+        <v>721</v>
+      </c>
       <c r="D229"/>
       <c r="E229"/>
       <c r="F229"/>
     </row>
     <row r="230" spans="1:6">
       <c r="A230"/>
       <c r="B230" t="s">
-        <v>729</v>
-[...3 lines deleted...]
-      </c>
+        <v>722</v>
+      </c>
+      <c r="C230"/>
       <c r="D230"/>
-      <c r="E230" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E230"/>
       <c r="F230"/>
     </row>
     <row r="231" spans="1:6">
       <c r="A231"/>
       <c r="B231" t="s">
-        <v>732</v>
+        <v>723</v>
       </c>
       <c r="C231"/>
       <c r="D231"/>
       <c r="E231"/>
       <c r="F231"/>
     </row>
     <row r="232" spans="1:6">
       <c r="A232"/>
       <c r="B232" t="s">
-        <v>733</v>
-[...3 lines deleted...]
-      </c>
+        <v>724</v>
+      </c>
+      <c r="C232"/>
       <c r="D232"/>
-      <c r="E232" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E232"/>
       <c r="F232"/>
     </row>
     <row r="233" spans="1:6">
       <c r="A233"/>
       <c r="B233" t="s">
-        <v>736</v>
+        <v>725</v>
       </c>
       <c r="C233"/>
       <c r="D233"/>
       <c r="E233"/>
       <c r="F233"/>
     </row>
     <row r="234" spans="1:6">
       <c r="A234"/>
       <c r="B234" t="s">
-        <v>737</v>
-[...3 lines deleted...]
-      </c>
+        <v>726</v>
+      </c>
+      <c r="C234"/>
       <c r="D234"/>
-      <c r="E234" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E234"/>
       <c r="F234"/>
     </row>
     <row r="235" spans="1:6">
       <c r="A235"/>
       <c r="B235" t="s">
-        <v>740</v>
-[...3 lines deleted...]
-      </c>
+        <v>727</v>
+      </c>
+      <c r="C235"/>
       <c r="D235"/>
-      <c r="E235" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E235"/>
       <c r="F235"/>
     </row>
     <row r="236" spans="1:6">
       <c r="A236"/>
       <c r="B236" t="s">
-        <v>743</v>
-[...3 lines deleted...]
-      </c>
+        <v>728</v>
+      </c>
+      <c r="C236"/>
       <c r="D236"/>
-      <c r="E236" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E236"/>
       <c r="F236"/>
     </row>
     <row r="237" spans="1:6">
       <c r="A237"/>
       <c r="B237" t="s">
-        <v>746</v>
+        <v>729</v>
       </c>
       <c r="C237" t="s">
-        <v>747</v>
+        <v>730</v>
       </c>
       <c r="D237"/>
       <c r="E237" t="s">
-        <v>748</v>
+        <v>731</v>
       </c>
       <c r="F237"/>
     </row>
     <row r="238" spans="1:6">
       <c r="A238"/>
       <c r="B238" t="s">
-        <v>749</v>
-[...3 lines deleted...]
-      </c>
+        <v>732</v>
+      </c>
+      <c r="C238"/>
       <c r="D238"/>
-      <c r="E238" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E238"/>
       <c r="F238"/>
     </row>
     <row r="239" spans="1:6">
       <c r="A239"/>
       <c r="B239" t="s">
-        <v>752</v>
+        <v>733</v>
       </c>
       <c r="C239" t="s">
-        <v>753</v>
+        <v>734</v>
       </c>
       <c r="D239"/>
       <c r="E239" t="s">
-        <v>754</v>
+        <v>735</v>
       </c>
       <c r="F239"/>
     </row>
     <row r="240" spans="1:6">
       <c r="A240"/>
       <c r="B240" t="s">
-        <v>755</v>
-[...3 lines deleted...]
-      </c>
+        <v>736</v>
+      </c>
+      <c r="C240"/>
       <c r="D240"/>
-      <c r="E240" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E240"/>
       <c r="F240"/>
     </row>
     <row r="241" spans="1:6">
       <c r="A241"/>
       <c r="B241" t="s">
-        <v>758</v>
+        <v>737</v>
       </c>
       <c r="C241" t="s">
-        <v>759</v>
+        <v>738</v>
       </c>
       <c r="D241"/>
       <c r="E241" t="s">
-        <v>760</v>
+        <v>739</v>
       </c>
       <c r="F241"/>
     </row>
     <row r="242" spans="1:6">
       <c r="A242"/>
       <c r="B242" t="s">
-        <v>761</v>
+        <v>740</v>
       </c>
       <c r="C242" t="s">
-        <v>762</v>
+        <v>741</v>
       </c>
       <c r="D242"/>
       <c r="E242" t="s">
-        <v>763</v>
+        <v>742</v>
       </c>
       <c r="F242"/>
     </row>
     <row r="243" spans="1:6">
       <c r="A243"/>
       <c r="B243" t="s">
-        <v>764</v>
+        <v>743</v>
       </c>
       <c r="C243" t="s">
-        <v>765</v>
+        <v>744</v>
       </c>
       <c r="D243"/>
       <c r="E243" t="s">
-        <v>766</v>
+        <v>745</v>
       </c>
       <c r="F243"/>
     </row>
     <row r="244" spans="1:6">
       <c r="A244"/>
       <c r="B244" t="s">
-        <v>767</v>
-[...1 lines deleted...]
-      <c r="C244"/>
+        <v>746</v>
+      </c>
+      <c r="C244" t="s">
+        <v>747</v>
+      </c>
       <c r="D244"/>
-      <c r="E244"/>
+      <c r="E244" t="s">
+        <v>748</v>
+      </c>
       <c r="F244"/>
     </row>
     <row r="245" spans="1:6">
       <c r="A245"/>
       <c r="B245" t="s">
-        <v>768</v>
+        <v>749</v>
       </c>
       <c r="C245" t="s">
-        <v>769</v>
+        <v>750</v>
       </c>
       <c r="D245"/>
       <c r="E245" t="s">
-        <v>770</v>
+        <v>751</v>
       </c>
       <c r="F245"/>
     </row>
     <row r="246" spans="1:6">
       <c r="A246"/>
       <c r="B246" t="s">
-        <v>771</v>
-[...1 lines deleted...]
-      <c r="C246"/>
+        <v>752</v>
+      </c>
+      <c r="C246" t="s">
+        <v>753</v>
+      </c>
       <c r="D246"/>
-      <c r="E246"/>
+      <c r="E246" t="s">
+        <v>754</v>
+      </c>
       <c r="F246"/>
     </row>
     <row r="247" spans="1:6">
       <c r="A247"/>
       <c r="B247" t="s">
-        <v>772</v>
+        <v>755</v>
       </c>
       <c r="C247" t="s">
-        <v>773</v>
+        <v>756</v>
       </c>
       <c r="D247"/>
       <c r="E247" t="s">
-        <v>774</v>
+        <v>757</v>
       </c>
       <c r="F247"/>
     </row>
     <row r="248" spans="1:6">
       <c r="A248"/>
       <c r="B248" t="s">
-        <v>775</v>
+        <v>758</v>
       </c>
       <c r="C248" t="s">
-        <v>776</v>
+        <v>759</v>
       </c>
       <c r="D248"/>
       <c r="E248" t="s">
-        <v>777</v>
+        <v>760</v>
       </c>
       <c r="F248"/>
     </row>
     <row r="249" spans="1:6">
       <c r="A249"/>
       <c r="B249" t="s">
-        <v>778</v>
+        <v>761</v>
       </c>
       <c r="C249" t="s">
-        <v>779</v>
+        <v>762</v>
       </c>
       <c r="D249"/>
       <c r="E249" t="s">
-        <v>780</v>
+        <v>763</v>
       </c>
       <c r="F249"/>
     </row>
     <row r="250" spans="1:6">
       <c r="A250"/>
       <c r="B250" t="s">
-        <v>781</v>
+        <v>764</v>
       </c>
       <c r="C250" t="s">
-        <v>782</v>
+        <v>765</v>
       </c>
       <c r="D250"/>
       <c r="E250" t="s">
-        <v>783</v>
+        <v>766</v>
       </c>
       <c r="F250"/>
     </row>
     <row r="251" spans="1:6">
       <c r="A251"/>
       <c r="B251" t="s">
-        <v>784</v>
-[...3 lines deleted...]
-      </c>
+        <v>767</v>
+      </c>
+      <c r="C251"/>
       <c r="D251"/>
       <c r="E251"/>
       <c r="F251"/>
     </row>
     <row r="252" spans="1:6">
       <c r="A252"/>
       <c r="B252" t="s">
-        <v>786</v>
+        <v>768</v>
       </c>
       <c r="C252" t="s">
-        <v>787</v>
+        <v>769</v>
       </c>
       <c r="D252"/>
-      <c r="E252"/>
+      <c r="E252" t="s">
+        <v>770</v>
+      </c>
       <c r="F252"/>
     </row>
     <row r="253" spans="1:6">
       <c r="A253"/>
       <c r="B253" t="s">
-        <v>788</v>
+        <v>771</v>
       </c>
       <c r="C253"/>
       <c r="D253"/>
       <c r="E253"/>
       <c r="F253"/>
     </row>
     <row r="254" spans="1:6">
       <c r="A254"/>
       <c r="B254" t="s">
-        <v>789</v>
+        <v>772</v>
       </c>
       <c r="C254" t="s">
-        <v>790</v>
+        <v>773</v>
       </c>
       <c r="D254"/>
-      <c r="E254"/>
+      <c r="E254" t="s">
+        <v>774</v>
+      </c>
       <c r="F254"/>
     </row>
     <row r="255" spans="1:6">
       <c r="A255"/>
       <c r="B255" t="s">
-        <v>791</v>
+        <v>775</v>
       </c>
       <c r="C255" t="s">
-        <v>792</v>
+        <v>776</v>
       </c>
       <c r="D255"/>
-      <c r="E255"/>
+      <c r="E255" t="s">
+        <v>777</v>
+      </c>
       <c r="F255"/>
     </row>
     <row r="256" spans="1:6">
       <c r="A256"/>
       <c r="B256" t="s">
-        <v>793</v>
+        <v>778</v>
       </c>
       <c r="C256" t="s">
-        <v>794</v>
+        <v>779</v>
       </c>
       <c r="D256"/>
-      <c r="E256"/>
+      <c r="E256" t="s">
+        <v>780</v>
+      </c>
       <c r="F256"/>
     </row>
     <row r="257" spans="1:6">
       <c r="A257"/>
       <c r="B257" t="s">
-        <v>795</v>
-[...1 lines deleted...]
-      <c r="C257"/>
+        <v>781</v>
+      </c>
+      <c r="C257" t="s">
+        <v>782</v>
+      </c>
       <c r="D257"/>
-      <c r="E257"/>
+      <c r="E257" t="s">
+        <v>783</v>
+      </c>
       <c r="F257"/>
     </row>
     <row r="258" spans="1:6">
-      <c r="A258" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A258"/>
       <c r="B258" t="s">
-        <v>797</v>
-[...12 lines deleted...]
-      </c>
+        <v>784</v>
+      </c>
+      <c r="C258" t="s">
+        <v>785</v>
+      </c>
+      <c r="D258"/>
+      <c r="E258"/>
+      <c r="F258"/>
     </row>
     <row r="259" spans="1:6">
-      <c r="A259" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A259"/>
       <c r="B259" t="s">
-        <v>801</v>
-[...12 lines deleted...]
-      </c>
+        <v>786</v>
+      </c>
+      <c r="C259" t="s">
+        <v>787</v>
+      </c>
+      <c r="D259"/>
+      <c r="E259"/>
+      <c r="F259"/>
     </row>
     <row r="260" spans="1:6">
       <c r="A260"/>
       <c r="B260" t="s">
-        <v>702</v>
+        <v>788</v>
       </c>
       <c r="C260"/>
       <c r="D260"/>
       <c r="E260"/>
       <c r="F260"/>
     </row>
     <row r="261" spans="1:6">
-      <c r="A261" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A261"/>
       <c r="B261" t="s">
-        <v>805</v>
+        <v>789</v>
       </c>
       <c r="C261" t="s">
-        <v>806</v>
+        <v>790</v>
       </c>
       <c r="D261"/>
       <c r="E261"/>
       <c r="F261"/>
     </row>
     <row r="262" spans="1:6">
-      <c r="A262" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A262"/>
       <c r="B262" t="s">
-        <v>808</v>
+        <v>791</v>
       </c>
       <c r="C262" t="s">
-        <v>809</v>
+        <v>792</v>
       </c>
       <c r="D262"/>
       <c r="E262"/>
       <c r="F262"/>
     </row>
     <row r="263" spans="1:6">
-      <c r="A263" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A263"/>
       <c r="B263" t="s">
-        <v>811</v>
+        <v>793</v>
       </c>
       <c r="C263" t="s">
-        <v>812</v>
+        <v>794</v>
       </c>
       <c r="D263"/>
       <c r="E263"/>
       <c r="F263"/>
     </row>
     <row r="264" spans="1:6">
-      <c r="A264" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A264"/>
       <c r="B264" t="s">
-        <v>814</v>
-[...3 lines deleted...]
-      </c>
+        <v>795</v>
+      </c>
+      <c r="C264"/>
       <c r="D264"/>
       <c r="E264"/>
       <c r="F264"/>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" t="s">
-        <v>816</v>
+        <v>796</v>
       </c>
       <c r="B265" t="s">
-        <v>817</v>
-[...6 lines deleted...]
-      <c r="F265"/>
+        <v>797</v>
+      </c>
+      <c r="C265">
+        <v>4434207</v>
+      </c>
+      <c r="D265">
+        <v>8206</v>
+      </c>
+      <c r="E265" t="s">
+        <v>798</v>
+      </c>
+      <c r="F265" t="s">
+        <v>799</v>
+      </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" t="s">
-        <v>819</v>
+        <v>800</v>
       </c>
       <c r="B266" t="s">
-        <v>820</v>
-[...5 lines deleted...]
-      <c r="E266"/>
+        <v>801</v>
+      </c>
+      <c r="C266">
+        <v>4448059</v>
+      </c>
+      <c r="D266">
+        <v>8059</v>
+      </c>
+      <c r="E266" t="s">
+        <v>802</v>
+      </c>
       <c r="F266" t="s">
-        <v>822</v>
+        <v>803</v>
       </c>
     </row>
     <row r="267" spans="1:6">
-      <c r="A267" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A267"/>
       <c r="B267" t="s">
-        <v>824</v>
-[...3 lines deleted...]
-      </c>
+        <v>702</v>
+      </c>
+      <c r="C267"/>
       <c r="D267"/>
       <c r="E267"/>
       <c r="F267"/>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" t="s">
-        <v>826</v>
+        <v>804</v>
       </c>
       <c r="B268" t="s">
-        <v>827</v>
+        <v>805</v>
       </c>
       <c r="C268" t="s">
-        <v>828</v>
+        <v>806</v>
       </c>
       <c r="D268"/>
       <c r="E268"/>
       <c r="F268"/>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" t="s">
-        <v>829</v>
+        <v>807</v>
       </c>
       <c r="B269" t="s">
-        <v>830</v>
+        <v>808</v>
       </c>
       <c r="C269" t="s">
-        <v>831</v>
+        <v>809</v>
       </c>
       <c r="D269"/>
       <c r="E269"/>
       <c r="F269"/>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" t="s">
-        <v>832</v>
+        <v>810</v>
       </c>
       <c r="B270" t="s">
-        <v>833</v>
+        <v>811</v>
       </c>
       <c r="C270" t="s">
-        <v>834</v>
+        <v>812</v>
       </c>
       <c r="D270"/>
       <c r="E270"/>
       <c r="F270"/>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" t="s">
-        <v>835</v>
+        <v>813</v>
       </c>
       <c r="B271" t="s">
-        <v>836</v>
+        <v>814</v>
       </c>
       <c r="C271" t="s">
-        <v>837</v>
+        <v>815</v>
       </c>
       <c r="D271"/>
       <c r="E271"/>
       <c r="F271"/>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" t="s">
-        <v>838</v>
+        <v>816</v>
       </c>
       <c r="B272" t="s">
-        <v>839</v>
+        <v>817</v>
       </c>
       <c r="C272" t="s">
-        <v>840</v>
+        <v>818</v>
       </c>
       <c r="D272"/>
       <c r="E272"/>
       <c r="F272"/>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" t="s">
-        <v>841</v>
+        <v>819</v>
       </c>
       <c r="B273" t="s">
-        <v>842</v>
+        <v>820</v>
       </c>
       <c r="C273" t="s">
-        <v>843</v>
+        <v>821</v>
       </c>
       <c r="D273"/>
       <c r="E273"/>
-      <c r="F273"/>
+      <c r="F273" t="s">
+        <v>822</v>
+      </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" t="s">
-        <v>844</v>
+        <v>823</v>
       </c>
       <c r="B274" t="s">
-        <v>845</v>
-[...1 lines deleted...]
-      <c r="C274"/>
+        <v>824</v>
+      </c>
+      <c r="C274" t="s">
+        <v>825</v>
+      </c>
       <c r="D274"/>
       <c r="E274"/>
       <c r="F274"/>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" t="s">
-        <v>846</v>
+        <v>826</v>
       </c>
       <c r="B275" t="s">
-        <v>847</v>
+        <v>827</v>
       </c>
       <c r="C275" t="s">
-        <v>848</v>
+        <v>828</v>
       </c>
       <c r="D275"/>
       <c r="E275"/>
       <c r="F275"/>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" t="s">
-        <v>849</v>
+        <v>829</v>
       </c>
       <c r="B276" t="s">
-        <v>850</v>
+        <v>830</v>
       </c>
       <c r="C276" t="s">
-        <v>851</v>
+        <v>831</v>
       </c>
       <c r="D276"/>
       <c r="E276"/>
       <c r="F276"/>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" t="s">
-        <v>852</v>
+        <v>832</v>
       </c>
       <c r="B277" t="s">
-        <v>853</v>
+        <v>833</v>
       </c>
       <c r="C277" t="s">
-        <v>854</v>
+        <v>834</v>
       </c>
       <c r="D277"/>
       <c r="E277"/>
       <c r="F277"/>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" t="s">
-        <v>855</v>
+        <v>835</v>
       </c>
       <c r="B278" t="s">
-        <v>856</v>
+        <v>836</v>
       </c>
       <c r="C278" t="s">
-        <v>857</v>
+        <v>837</v>
       </c>
       <c r="D278"/>
       <c r="E278"/>
       <c r="F278"/>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" t="s">
-        <v>858</v>
+        <v>838</v>
       </c>
       <c r="B279" t="s">
-        <v>859</v>
+        <v>839</v>
       </c>
       <c r="C279" t="s">
-        <v>860</v>
+        <v>840</v>
       </c>
       <c r="D279"/>
       <c r="E279"/>
       <c r="F279"/>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" t="s">
-        <v>861</v>
+        <v>841</v>
       </c>
       <c r="B280" t="s">
-        <v>862</v>
+        <v>842</v>
       </c>
       <c r="C280" t="s">
-        <v>863</v>
+        <v>843</v>
       </c>
       <c r="D280"/>
       <c r="E280"/>
       <c r="F280"/>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" t="s">
-        <v>864</v>
+        <v>844</v>
       </c>
       <c r="B281" t="s">
-        <v>865</v>
-[...3 lines deleted...]
-      </c>
+        <v>845</v>
+      </c>
+      <c r="C281"/>
       <c r="D281"/>
       <c r="E281"/>
       <c r="F281"/>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" t="s">
-        <v>867</v>
+        <v>846</v>
       </c>
       <c r="B282" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="C282" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
       <c r="D282"/>
       <c r="E282"/>
       <c r="F282"/>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" t="s">
-        <v>870</v>
+        <v>849</v>
       </c>
       <c r="B283" t="s">
-        <v>871</v>
-[...1 lines deleted...]
-      <c r="C283"/>
+        <v>850</v>
+      </c>
+      <c r="C283" t="s">
+        <v>851</v>
+      </c>
       <c r="D283"/>
       <c r="E283"/>
       <c r="F283"/>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" t="s">
-        <v>872</v>
+        <v>852</v>
       </c>
       <c r="B284" t="s">
-        <v>873</v>
-[...1 lines deleted...]
-      <c r="C284"/>
+        <v>853</v>
+      </c>
+      <c r="C284" t="s">
+        <v>854</v>
+      </c>
       <c r="D284"/>
       <c r="E284"/>
       <c r="F284"/>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" t="s">
-        <v>874</v>
+        <v>855</v>
       </c>
       <c r="B285" t="s">
-        <v>875</v>
+        <v>856</v>
       </c>
       <c r="C285" t="s">
-        <v>876</v>
+        <v>857</v>
       </c>
       <c r="D285"/>
       <c r="E285"/>
-      <c r="F285" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F285"/>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" t="s">
-        <v>878</v>
+        <v>858</v>
       </c>
       <c r="B286" t="s">
-        <v>879</v>
+        <v>859</v>
       </c>
       <c r="C286" t="s">
-        <v>880</v>
+        <v>860</v>
       </c>
       <c r="D286"/>
       <c r="E286"/>
       <c r="F286"/>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" t="s">
-        <v>881</v>
+        <v>861</v>
       </c>
       <c r="B287" t="s">
-        <v>882</v>
+        <v>862</v>
       </c>
       <c r="C287" t="s">
-        <v>883</v>
+        <v>863</v>
       </c>
       <c r="D287"/>
       <c r="E287"/>
       <c r="F287"/>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" t="s">
-        <v>884</v>
+        <v>864</v>
       </c>
       <c r="B288" t="s">
-        <v>885</v>
+        <v>865</v>
       </c>
       <c r="C288" t="s">
-        <v>886</v>
+        <v>866</v>
       </c>
       <c r="D288"/>
       <c r="E288"/>
-      <c r="F288" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F288"/>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" t="s">
-        <v>888</v>
+        <v>867</v>
       </c>
       <c r="B289" t="s">
-        <v>889</v>
+        <v>868</v>
       </c>
       <c r="C289" t="s">
-        <v>890</v>
+        <v>869</v>
       </c>
       <c r="D289"/>
       <c r="E289"/>
       <c r="F289"/>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" t="s">
-        <v>891</v>
+        <v>870</v>
       </c>
       <c r="B290" t="s">
-        <v>892</v>
-[...3 lines deleted...]
-      </c>
+        <v>871</v>
+      </c>
+      <c r="C290"/>
       <c r="D290"/>
       <c r="E290"/>
       <c r="F290"/>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" t="s">
-        <v>894</v>
+        <v>872</v>
       </c>
       <c r="B291" t="s">
-        <v>895</v>
-[...3 lines deleted...]
-      </c>
+        <v>873</v>
+      </c>
+      <c r="C291"/>
       <c r="D291"/>
       <c r="E291"/>
       <c r="F291"/>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" t="s">
-        <v>897</v>
+        <v>874</v>
       </c>
       <c r="B292" t="s">
-        <v>898</v>
+        <v>875</v>
       </c>
       <c r="C292" t="s">
-        <v>899</v>
+        <v>876</v>
       </c>
       <c r="D292"/>
       <c r="E292"/>
-      <c r="F292"/>
+      <c r="F292" t="s">
+        <v>877</v>
+      </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" t="s">
-        <v>900</v>
+        <v>878</v>
       </c>
       <c r="B293" t="s">
-        <v>901</v>
+        <v>879</v>
       </c>
       <c r="C293" t="s">
-        <v>902</v>
+        <v>880</v>
       </c>
       <c r="D293"/>
       <c r="E293"/>
       <c r="F293"/>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" t="s">
-        <v>903</v>
+        <v>881</v>
       </c>
       <c r="B294" t="s">
-        <v>904</v>
+        <v>882</v>
       </c>
       <c r="C294" t="s">
-        <v>905</v>
+        <v>883</v>
       </c>
       <c r="D294"/>
       <c r="E294"/>
       <c r="F294"/>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" t="s">
-        <v>906</v>
+        <v>884</v>
       </c>
       <c r="B295" t="s">
-        <v>907</v>
+        <v>885</v>
       </c>
       <c r="C295" t="s">
-        <v>908</v>
+        <v>886</v>
       </c>
       <c r="D295"/>
       <c r="E295"/>
-      <c r="F295"/>
+      <c r="F295" t="s">
+        <v>887</v>
+      </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" t="s">
-        <v>909</v>
+        <v>888</v>
       </c>
       <c r="B296" t="s">
-        <v>910</v>
+        <v>889</v>
       </c>
       <c r="C296" t="s">
-        <v>911</v>
+        <v>890</v>
       </c>
       <c r="D296"/>
       <c r="E296"/>
       <c r="F296"/>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" t="s">
-        <v>912</v>
+        <v>891</v>
       </c>
       <c r="B297" t="s">
-        <v>913</v>
+        <v>892</v>
       </c>
       <c r="C297" t="s">
-        <v>914</v>
+        <v>893</v>
       </c>
       <c r="D297"/>
       <c r="E297"/>
       <c r="F297"/>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" t="s">
-        <v>915</v>
+        <v>894</v>
       </c>
       <c r="B298" t="s">
-        <v>916</v>
+        <v>895</v>
       </c>
       <c r="C298" t="s">
-        <v>917</v>
+        <v>896</v>
       </c>
       <c r="D298"/>
       <c r="E298"/>
       <c r="F298"/>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" t="s">
-        <v>918</v>
+        <v>897</v>
       </c>
       <c r="B299" t="s">
-        <v>919</v>
+        <v>898</v>
       </c>
       <c r="C299" t="s">
-        <v>920</v>
+        <v>899</v>
       </c>
       <c r="D299"/>
       <c r="E299"/>
       <c r="F299"/>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" t="s">
-        <v>921</v>
+        <v>900</v>
       </c>
       <c r="B300" t="s">
-        <v>922</v>
-[...1 lines deleted...]
-      <c r="C300"/>
+        <v>901</v>
+      </c>
+      <c r="C300" t="s">
+        <v>902</v>
+      </c>
       <c r="D300"/>
       <c r="E300"/>
-      <c r="F300" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F300"/>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" t="s">
-        <v>924</v>
+        <v>903</v>
       </c>
       <c r="B301" t="s">
-        <v>925</v>
+        <v>904</v>
       </c>
       <c r="C301" t="s">
-        <v>926</v>
+        <v>905</v>
       </c>
       <c r="D301"/>
       <c r="E301"/>
       <c r="F301"/>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" t="s">
-        <v>927</v>
+        <v>906</v>
       </c>
       <c r="B302" t="s">
-        <v>928</v>
+        <v>907</v>
       </c>
       <c r="C302" t="s">
-        <v>929</v>
+        <v>908</v>
       </c>
       <c r="D302"/>
       <c r="E302"/>
       <c r="F302"/>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" t="s">
-        <v>930</v>
+        <v>909</v>
       </c>
       <c r="B303" t="s">
-        <v>359</v>
-[...12 lines deleted...]
-      </c>
+        <v>910</v>
+      </c>
+      <c r="C303" t="s">
+        <v>911</v>
+      </c>
+      <c r="D303"/>
+      <c r="E303"/>
+      <c r="F303"/>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" t="s">
-        <v>934</v>
+        <v>912</v>
       </c>
       <c r="B304" t="s">
-        <v>606</v>
-[...12 lines deleted...]
-      </c>
+        <v>913</v>
+      </c>
+      <c r="C304" t="s">
+        <v>914</v>
+      </c>
+      <c r="D304"/>
+      <c r="E304"/>
+      <c r="F304"/>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" t="s">
-        <v>937</v>
+        <v>915</v>
       </c>
       <c r="B305" t="s">
-        <v>309</v>
+        <v>916</v>
       </c>
       <c r="C305" t="s">
-        <v>938</v>
-[...3 lines deleted...]
-      </c>
+        <v>917</v>
+      </c>
+      <c r="D305"/>
       <c r="E305"/>
-      <c r="F305" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F305"/>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" t="s">
-        <v>941</v>
+        <v>918</v>
       </c>
       <c r="B306" t="s">
-        <v>942</v>
+        <v>919</v>
       </c>
       <c r="C306" t="s">
-        <v>943</v>
+        <v>920</v>
       </c>
       <c r="D306"/>
-      <c r="E306" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E306"/>
+      <c r="F306"/>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" t="s">
-        <v>946</v>
+        <v>921</v>
       </c>
       <c r="B307" t="s">
-        <v>947</v>
-[...9 lines deleted...]
-      </c>
+        <v>922</v>
+      </c>
+      <c r="C307"/>
+      <c r="D307"/>
+      <c r="E307"/>
       <c r="F307" t="s">
-        <v>949</v>
+        <v>923</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" t="s">
-        <v>950</v>
+        <v>924</v>
       </c>
       <c r="B308" t="s">
-        <v>951</v>
+        <v>925</v>
       </c>
       <c r="C308" t="s">
-        <v>952</v>
+        <v>926</v>
       </c>
       <c r="D308"/>
       <c r="E308"/>
       <c r="F308"/>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" t="s">
-        <v>953</v>
+        <v>927</v>
       </c>
       <c r="B309" t="s">
-        <v>954</v>
+        <v>928</v>
       </c>
       <c r="C309" t="s">
-        <v>955</v>
+        <v>929</v>
       </c>
       <c r="D309"/>
       <c r="E309"/>
       <c r="F309"/>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" t="s">
-        <v>956</v>
+        <v>930</v>
       </c>
       <c r="B310" t="s">
-        <v>957</v>
+        <v>359</v>
       </c>
       <c r="C310">
-        <v>103</v>
-[...4 lines deleted...]
-      <c r="E310"/>
+        <v>4456461</v>
+      </c>
+      <c r="D310" t="s">
+        <v>931</v>
+      </c>
+      <c r="E310" t="s">
+        <v>932</v>
+      </c>
       <c r="F310" t="s">
-        <v>958</v>
+        <v>933</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" t="s">
-        <v>959</v>
+        <v>934</v>
       </c>
       <c r="B311" t="s">
-        <v>356</v>
-[...5 lines deleted...]
-      <c r="E311"/>
+        <v>606</v>
+      </c>
+      <c r="C311">
+        <v>4448061</v>
+      </c>
+      <c r="D311">
+        <v>8061</v>
+      </c>
+      <c r="E311" t="s">
+        <v>935</v>
+      </c>
       <c r="F311" t="s">
-        <v>960</v>
+        <v>936</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" t="s">
-        <v>961</v>
+        <v>937</v>
       </c>
       <c r="B312" t="s">
-        <v>372</v>
+        <v>309</v>
       </c>
       <c r="C312" t="s">
-        <v>955</v>
-[...1 lines deleted...]
-      <c r="D312"/>
+        <v>938</v>
+      </c>
+      <c r="D312" t="s">
+        <v>939</v>
+      </c>
       <c r="E312"/>
       <c r="F312" t="s">
-        <v>962</v>
+        <v>940</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" t="s">
-        <v>963</v>
+        <v>941</v>
       </c>
       <c r="B313" t="s">
-        <v>375</v>
-[...7 lines deleted...]
-      <c r="E313"/>
+        <v>942</v>
+      </c>
+      <c r="C313" t="s">
+        <v>943</v>
+      </c>
+      <c r="D313"/>
+      <c r="E313" t="s">
+        <v>944</v>
+      </c>
       <c r="F313" t="s">
-        <v>964</v>
+        <v>945</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" t="s">
-        <v>965</v>
+        <v>946</v>
       </c>
       <c r="B314" t="s">
-        <v>966</v>
-[...5 lines deleted...]
-      <c r="E314"/>
+        <v>947</v>
+      </c>
+      <c r="C314">
+        <v>8240</v>
+      </c>
+      <c r="D314">
+        <v>8240</v>
+      </c>
+      <c r="E314" t="s">
+        <v>948</v>
+      </c>
       <c r="F314" t="s">
-        <v>967</v>
+        <v>949</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" t="s">
-        <v>968</v>
+        <v>950</v>
       </c>
       <c r="B315" t="s">
-        <v>396</v>
-[...6 lines deleted...]
-      </c>
+        <v>951</v>
+      </c>
+      <c r="C315" t="s">
+        <v>952</v>
+      </c>
+      <c r="D315"/>
       <c r="E315"/>
-      <c r="F315" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F315"/>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" t="s">
-        <v>970</v>
+        <v>953</v>
       </c>
       <c r="B316" t="s">
-        <v>404</v>
-[...6 lines deleted...]
-      </c>
+        <v>954</v>
+      </c>
+      <c r="C316" t="s">
+        <v>955</v>
+      </c>
+      <c r="D316"/>
       <c r="E316"/>
-      <c r="F316" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F316"/>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" t="s">
-        <v>972</v>
+        <v>956</v>
       </c>
       <c r="B317" t="s">
-        <v>973</v>
-[...4 lines deleted...]
-      <c r="D317"/>
+        <v>957</v>
+      </c>
+      <c r="C317">
+        <v>103</v>
+      </c>
+      <c r="D317">
+        <v>103</v>
+      </c>
       <c r="E317"/>
       <c r="F317" t="s">
-        <v>974</v>
+        <v>958</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" t="s">
-        <v>975</v>
+        <v>959</v>
       </c>
       <c r="B318" t="s">
-        <v>393</v>
+        <v>356</v>
       </c>
       <c r="C318" t="s">
         <v>955</v>
       </c>
-      <c r="D318">
-[...1 lines deleted...]
-      </c>
+      <c r="D318"/>
       <c r="E318"/>
       <c r="F318" t="s">
-        <v>976</v>
+        <v>960</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" t="s">
-        <v>977</v>
+        <v>961</v>
       </c>
       <c r="B319" t="s">
-        <v>400</v>
+        <v>372</v>
       </c>
       <c r="C319" t="s">
         <v>955</v>
       </c>
-      <c r="D319">
-[...1 lines deleted...]
-      </c>
+      <c r="D319"/>
       <c r="E319"/>
       <c r="F319" t="s">
-        <v>978</v>
+        <v>962</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" t="s">
-        <v>979</v>
+        <v>963</v>
       </c>
       <c r="B320" t="s">
-        <v>431</v>
+        <v>375</v>
       </c>
       <c r="C320">
         <v>4448060</v>
       </c>
       <c r="D320">
         <v>8060</v>
       </c>
       <c r="E320"/>
       <c r="F320" t="s">
-        <v>980</v>
+        <v>964</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" t="s">
-        <v>981</v>
+        <v>965</v>
       </c>
       <c r="B321" t="s">
-        <v>982</v>
+        <v>966</v>
       </c>
       <c r="C321" t="s">
         <v>955</v>
       </c>
       <c r="D321"/>
       <c r="E321"/>
       <c r="F321" t="s">
-        <v>983</v>
+        <v>967</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" t="s">
-        <v>984</v>
+        <v>968</v>
       </c>
       <c r="B322" t="s">
-        <v>985</v>
-[...4 lines deleted...]
-      <c r="D322"/>
+        <v>396</v>
+      </c>
+      <c r="C322">
+        <v>4456406</v>
+      </c>
+      <c r="D322">
+        <v>6406</v>
+      </c>
       <c r="E322"/>
       <c r="F322" t="s">
-        <v>986</v>
+        <v>969</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" t="s">
-        <v>987</v>
+        <v>970</v>
       </c>
       <c r="B323" t="s">
-        <v>988</v>
-[...4 lines deleted...]
-      <c r="D323"/>
+        <v>404</v>
+      </c>
+      <c r="C323">
+        <v>8</v>
+      </c>
+      <c r="D323">
+        <v>8342</v>
+      </c>
       <c r="E323"/>
       <c r="F323" t="s">
-        <v>989</v>
+        <v>971</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" t="s">
-        <v>990</v>
+        <v>972</v>
       </c>
       <c r="B324" t="s">
-        <v>991</v>
+        <v>973</v>
       </c>
       <c r="C324" t="s">
         <v>955</v>
       </c>
       <c r="D324"/>
       <c r="E324"/>
       <c r="F324" t="s">
-        <v>992</v>
+        <v>974</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" t="s">
-        <v>993</v>
+        <v>975</v>
       </c>
       <c r="B325" t="s">
-        <v>994</v>
+        <v>393</v>
       </c>
       <c r="C325" t="s">
         <v>955</v>
       </c>
-      <c r="D325"/>
+      <c r="D325">
+        <v>8344</v>
+      </c>
       <c r="E325"/>
-      <c r="F325"/>
+      <c r="F325" t="s">
+        <v>976</v>
+      </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" t="s">
-        <v>995</v>
+        <v>977</v>
       </c>
       <c r="B326" t="s">
-        <v>996</v>
+        <v>400</v>
       </c>
       <c r="C326" t="s">
         <v>955</v>
       </c>
-      <c r="D326"/>
+      <c r="D326">
+        <v>7325</v>
+      </c>
       <c r="E326"/>
       <c r="F326" t="s">
-        <v>997</v>
+        <v>978</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" t="s">
-        <v>998</v>
+        <v>979</v>
       </c>
       <c r="B327" t="s">
-        <v>999</v>
-[...4 lines deleted...]
-      <c r="D327"/>
+        <v>431</v>
+      </c>
+      <c r="C327">
+        <v>4448060</v>
+      </c>
+      <c r="D327">
+        <v>8060</v>
+      </c>
       <c r="E327"/>
-      <c r="F327"/>
+      <c r="F327" t="s">
+        <v>980</v>
+      </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" t="s">
-        <v>1000</v>
+        <v>981</v>
       </c>
       <c r="B328" t="s">
-        <v>1001</v>
+        <v>982</v>
       </c>
       <c r="C328" t="s">
         <v>955</v>
       </c>
       <c r="D328"/>
       <c r="E328"/>
       <c r="F328" t="s">
-        <v>1002</v>
+        <v>983</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" t="s">
-        <v>1003</v>
+        <v>984</v>
       </c>
       <c r="B329" t="s">
-        <v>1004</v>
+        <v>985</v>
       </c>
       <c r="C329" t="s">
         <v>955</v>
       </c>
       <c r="D329"/>
       <c r="E329"/>
       <c r="F329" t="s">
-        <v>1005</v>
+        <v>986</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" t="s">
-        <v>1006</v>
+        <v>987</v>
       </c>
       <c r="B330" t="s">
-        <v>1007</v>
+        <v>988</v>
       </c>
       <c r="C330" t="s">
         <v>955</v>
       </c>
       <c r="D330"/>
       <c r="E330"/>
       <c r="F330" t="s">
-        <v>1008</v>
+        <v>989</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" t="s">
-        <v>1009</v>
+        <v>990</v>
       </c>
       <c r="B331" t="s">
-        <v>1010</v>
+        <v>991</v>
       </c>
       <c r="C331" t="s">
         <v>955</v>
       </c>
       <c r="D331"/>
       <c r="E331"/>
       <c r="F331" t="s">
-        <v>1011</v>
+        <v>992</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" t="s">
-        <v>1012</v>
+        <v>993</v>
       </c>
       <c r="B332" t="s">
-        <v>379</v>
+        <v>994</v>
       </c>
       <c r="C332" t="s">
         <v>955</v>
       </c>
       <c r="D332"/>
       <c r="E332"/>
       <c r="F332"/>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" t="s">
-        <v>1013</v>
+        <v>995</v>
       </c>
       <c r="B333" t="s">
-        <v>1014</v>
+        <v>996</v>
       </c>
       <c r="C333" t="s">
         <v>955</v>
       </c>
       <c r="D333"/>
       <c r="E333"/>
-      <c r="F333"/>
+      <c r="F333" t="s">
+        <v>997</v>
+      </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" t="s">
-        <v>1015</v>
+        <v>998</v>
       </c>
       <c r="B334" t="s">
-        <v>1016</v>
+        <v>999</v>
       </c>
       <c r="C334" t="s">
         <v>955</v>
       </c>
       <c r="D334"/>
       <c r="E334"/>
-      <c r="F334" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F334"/>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" t="s">
-        <v>1018</v>
+        <v>1000</v>
       </c>
       <c r="B335" t="s">
-        <v>1019</v>
+        <v>1001</v>
       </c>
       <c r="C335" t="s">
         <v>955</v>
       </c>
       <c r="D335"/>
       <c r="E335"/>
       <c r="F335" t="s">
-        <v>1020</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" t="s">
-        <v>1021</v>
+        <v>1003</v>
       </c>
       <c r="B336" t="s">
-        <v>1022</v>
+        <v>1004</v>
       </c>
       <c r="C336" t="s">
         <v>955</v>
       </c>
       <c r="D336"/>
       <c r="E336"/>
       <c r="F336" t="s">
-        <v>1023</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" t="s">
-        <v>1024</v>
+        <v>1006</v>
       </c>
       <c r="B337" t="s">
-        <v>1025</v>
+        <v>1007</v>
       </c>
       <c r="C337" t="s">
         <v>955</v>
       </c>
       <c r="D337"/>
       <c r="E337"/>
       <c r="F337" t="s">
-        <v>1026</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" t="s">
-        <v>1027</v>
+        <v>1009</v>
       </c>
       <c r="B338" t="s">
-        <v>1028</v>
+        <v>1010</v>
       </c>
       <c r="C338" t="s">
         <v>955</v>
       </c>
       <c r="D338"/>
       <c r="E338"/>
       <c r="F338" t="s">
-        <v>1029</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" t="s">
-        <v>1030</v>
+        <v>1012</v>
       </c>
       <c r="B339" t="s">
-        <v>1031</v>
+        <v>379</v>
       </c>
       <c r="C339" t="s">
         <v>955</v>
       </c>
       <c r="D339"/>
       <c r="E339"/>
-      <c r="F339" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F339"/>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" t="s">
-        <v>1033</v>
+        <v>1013</v>
       </c>
       <c r="B340" t="s">
-        <v>1034</v>
-[...1 lines deleted...]
-      <c r="C340"/>
+        <v>1014</v>
+      </c>
+      <c r="C340" t="s">
+        <v>955</v>
+      </c>
       <c r="D340"/>
       <c r="E340"/>
       <c r="F340"/>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" t="s">
-        <v>1035</v>
+        <v>1015</v>
       </c>
       <c r="B341" t="s">
-        <v>1036</v>
+        <v>1016</v>
       </c>
       <c r="C341" t="s">
         <v>955</v>
       </c>
       <c r="D341"/>
-      <c r="E341" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E341"/>
       <c r="F341" t="s">
-        <v>1038</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" t="s">
-        <v>1039</v>
+        <v>1018</v>
       </c>
       <c r="B342" t="s">
-        <v>1040</v>
+        <v>1019</v>
       </c>
       <c r="C342" t="s">
         <v>955</v>
       </c>
       <c r="D342"/>
       <c r="E342"/>
       <c r="F342" t="s">
-        <v>1041</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" t="s">
-        <v>1042</v>
+        <v>1021</v>
       </c>
       <c r="B343" t="s">
-        <v>1043</v>
+        <v>1022</v>
       </c>
       <c r="C343" t="s">
         <v>955</v>
       </c>
       <c r="D343"/>
       <c r="E343"/>
       <c r="F343" t="s">
-        <v>1044</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" t="s">
-        <v>1045</v>
+        <v>1024</v>
       </c>
       <c r="B344" t="s">
-        <v>1046</v>
-[...9 lines deleted...]
-      </c>
+        <v>1025</v>
+      </c>
+      <c r="C344" t="s">
+        <v>955</v>
+      </c>
+      <c r="D344"/>
+      <c r="E344"/>
       <c r="F344" t="s">
-        <v>1048</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" t="s">
-        <v>1049</v>
+        <v>1027</v>
       </c>
       <c r="B345" t="s">
-        <v>1050</v>
-[...2 lines deleted...]
-        <v>4425561</v>
+        <v>1028</v>
+      </c>
+      <c r="C345" t="s">
+        <v>955</v>
       </c>
       <c r="D345"/>
       <c r="E345"/>
       <c r="F345" t="s">
-        <v>1051</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" t="s">
-        <v>1052</v>
+        <v>1030</v>
       </c>
       <c r="B346" t="s">
-        <v>1053</v>
+        <v>1031</v>
       </c>
       <c r="C346" t="s">
         <v>955</v>
       </c>
       <c r="D346"/>
       <c r="E346"/>
       <c r="F346" t="s">
-        <v>1054</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" t="s">
-        <v>1055</v>
+        <v>1033</v>
       </c>
       <c r="B347" t="s">
-        <v>1056</v>
-[...3 lines deleted...]
-      </c>
+        <v>1034</v>
+      </c>
+      <c r="C347"/>
       <c r="D347"/>
       <c r="E347"/>
-      <c r="F347" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F347"/>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" t="s">
-        <v>1058</v>
+        <v>1035</v>
       </c>
       <c r="B348" t="s">
-        <v>1059</v>
+        <v>1036</v>
       </c>
       <c r="C348" t="s">
         <v>955</v>
       </c>
       <c r="D348"/>
-      <c r="E348"/>
-      <c r="F348"/>
+      <c r="E348" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F348" t="s">
+        <v>1038</v>
+      </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" t="s">
-        <v>1060</v>
+        <v>1039</v>
       </c>
       <c r="B349" t="s">
-        <v>1061</v>
+        <v>1040</v>
       </c>
       <c r="C349" t="s">
         <v>955</v>
       </c>
       <c r="D349"/>
       <c r="E349"/>
       <c r="F349" t="s">
-        <v>1062</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" t="s">
-        <v>1063</v>
+        <v>1042</v>
       </c>
       <c r="B350" t="s">
-        <v>1064</v>
+        <v>1043</v>
       </c>
       <c r="C350" t="s">
         <v>955</v>
       </c>
       <c r="D350"/>
       <c r="E350"/>
       <c r="F350" t="s">
-        <v>1065</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" t="s">
-        <v>1066</v>
+        <v>1045</v>
       </c>
       <c r="B351" t="s">
-        <v>1067</v>
-[...5 lines deleted...]
-      <c r="E351"/>
+        <v>1046</v>
+      </c>
+      <c r="C351">
+        <v>4448039</v>
+      </c>
+      <c r="D351">
+        <v>8039</v>
+      </c>
+      <c r="E351" t="s">
+        <v>1047</v>
+      </c>
       <c r="F351" t="s">
-        <v>1068</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" t="s">
-        <v>1069</v>
+        <v>1049</v>
       </c>
       <c r="B352" t="s">
-        <v>1070</v>
-[...2 lines deleted...]
-        <v>955</v>
+        <v>1050</v>
+      </c>
+      <c r="C352">
+        <v>4425561</v>
       </c>
       <c r="D352"/>
       <c r="E352"/>
       <c r="F352" t="s">
-        <v>1071</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" t="s">
-        <v>1072</v>
+        <v>1052</v>
       </c>
       <c r="B353" t="s">
-        <v>1073</v>
-[...2 lines deleted...]
-        <v>4426957</v>
+        <v>1053</v>
+      </c>
+      <c r="C353" t="s">
+        <v>955</v>
       </c>
       <c r="D353"/>
       <c r="E353"/>
-      <c r="F353"/>
+      <c r="F353" t="s">
+        <v>1054</v>
+      </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" t="s">
-        <v>1074</v>
+        <v>1055</v>
       </c>
       <c r="B354" t="s">
-        <v>1075</v>
+        <v>1056</v>
       </c>
       <c r="C354" t="s">
-        <v>1076</v>
+        <v>955</v>
       </c>
       <c r="D354"/>
       <c r="E354"/>
-      <c r="F354"/>
+      <c r="F354" t="s">
+        <v>1057</v>
+      </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" t="s">
-        <v>1077</v>
+        <v>1058</v>
       </c>
       <c r="B355" t="s">
-        <v>379</v>
-[...1 lines deleted...]
-      <c r="C355"/>
+        <v>1059</v>
+      </c>
+      <c r="C355" t="s">
+        <v>955</v>
+      </c>
       <c r="D355"/>
       <c r="E355"/>
-      <c r="F355" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F355"/>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" t="s">
-        <v>1079</v>
+        <v>1060</v>
       </c>
       <c r="B356" t="s">
-        <v>1080</v>
+        <v>1061</v>
       </c>
       <c r="C356" t="s">
         <v>955</v>
       </c>
       <c r="D356"/>
       <c r="E356"/>
       <c r="F356" t="s">
-        <v>1081</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" t="s">
-        <v>1082</v>
+        <v>1063</v>
       </c>
       <c r="B357" t="s">
-        <v>1083</v>
+        <v>1064</v>
       </c>
       <c r="C357" t="s">
         <v>955</v>
       </c>
       <c r="D357"/>
       <c r="E357"/>
       <c r="F357" t="s">
-        <v>1084</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" t="s">
-        <v>1085</v>
+        <v>1066</v>
       </c>
       <c r="B358" t="s">
-        <v>1086</v>
+        <v>1067</v>
       </c>
       <c r="C358" t="s">
         <v>955</v>
       </c>
       <c r="D358"/>
       <c r="E358"/>
       <c r="F358" t="s">
-        <v>1087</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" t="s">
-        <v>1088</v>
+        <v>1069</v>
       </c>
       <c r="B359" t="s">
-        <v>994</v>
+        <v>1070</v>
       </c>
       <c r="C359" t="s">
         <v>955</v>
       </c>
       <c r="D359"/>
       <c r="E359"/>
       <c r="F359" t="s">
-        <v>1089</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" t="s">
-        <v>1090</v>
+        <v>1072</v>
       </c>
       <c r="B360" t="s">
-        <v>988</v>
-[...2 lines deleted...]
-        <v>955</v>
+        <v>1073</v>
+      </c>
+      <c r="C360">
+        <v>4426957</v>
       </c>
       <c r="D360"/>
       <c r="E360"/>
-      <c r="F360" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F360"/>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" t="s">
-        <v>1092</v>
+        <v>1074</v>
       </c>
       <c r="B361" t="s">
-        <v>1093</v>
+        <v>1075</v>
       </c>
       <c r="C361" t="s">
-        <v>955</v>
+        <v>1076</v>
       </c>
       <c r="D361"/>
       <c r="E361"/>
       <c r="F361"/>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" t="s">
-        <v>1094</v>
+        <v>1077</v>
       </c>
       <c r="B362" t="s">
-        <v>991</v>
-[...3 lines deleted...]
-      </c>
+        <v>379</v>
+      </c>
+      <c r="C362"/>
       <c r="D362"/>
       <c r="E362"/>
-      <c r="F362"/>
+      <c r="F362" t="s">
+        <v>1078</v>
+      </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" t="s">
-        <v>1095</v>
+        <v>1079</v>
       </c>
       <c r="B363" t="s">
-        <v>985</v>
+        <v>1080</v>
       </c>
       <c r="C363" t="s">
         <v>955</v>
       </c>
       <c r="D363"/>
       <c r="E363"/>
       <c r="F363" t="s">
-        <v>1096</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" t="s">
-        <v>1097</v>
+        <v>1082</v>
       </c>
       <c r="B364" t="s">
-        <v>1098</v>
+        <v>1083</v>
       </c>
       <c r="C364" t="s">
         <v>955</v>
       </c>
       <c r="D364"/>
-      <c r="E364" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E364"/>
       <c r="F364" t="s">
-        <v>1100</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" t="s">
-        <v>1101</v>
+        <v>1085</v>
       </c>
       <c r="B365" t="s">
-        <v>1102</v>
-[...1 lines deleted...]
-      <c r="C365"/>
+        <v>1086</v>
+      </c>
+      <c r="C365" t="s">
+        <v>955</v>
+      </c>
       <c r="D365"/>
       <c r="E365"/>
       <c r="F365" t="s">
-        <v>1103</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" t="s">
-        <v>1104</v>
+        <v>1088</v>
       </c>
       <c r="B366" t="s">
-        <v>1105</v>
-[...1 lines deleted...]
-      <c r="C366"/>
+        <v>994</v>
+      </c>
+      <c r="C366" t="s">
+        <v>955</v>
+      </c>
       <c r="D366"/>
       <c r="E366"/>
       <c r="F366" t="s">
-        <v>1106</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" t="s">
-        <v>1107</v>
+        <v>1090</v>
       </c>
       <c r="B367" t="s">
-        <v>1108</v>
-[...1 lines deleted...]
-      <c r="C367"/>
+        <v>988</v>
+      </c>
+      <c r="C367" t="s">
+        <v>955</v>
+      </c>
       <c r="D367"/>
       <c r="E367"/>
       <c r="F367" t="s">
-        <v>1109</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" t="s">
-        <v>1110</v>
+        <v>1092</v>
       </c>
       <c r="B368" t="s">
-        <v>1111</v>
-[...1 lines deleted...]
-      <c r="C368"/>
+        <v>1093</v>
+      </c>
+      <c r="C368" t="s">
+        <v>955</v>
+      </c>
       <c r="D368"/>
       <c r="E368"/>
-      <c r="F368" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F368"/>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" t="s">
-        <v>1113</v>
+        <v>1094</v>
       </c>
       <c r="B369" t="s">
-        <v>1114</v>
-[...1 lines deleted...]
-      <c r="C369"/>
+        <v>991</v>
+      </c>
+      <c r="C369" t="s">
+        <v>955</v>
+      </c>
       <c r="D369"/>
       <c r="E369"/>
-      <c r="F369" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F369"/>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" t="s">
-        <v>1116</v>
+        <v>1095</v>
       </c>
       <c r="B370" t="s">
-        <v>1117</v>
-[...1 lines deleted...]
-      <c r="C370"/>
+        <v>985</v>
+      </c>
+      <c r="C370" t="s">
+        <v>955</v>
+      </c>
       <c r="D370"/>
       <c r="E370"/>
       <c r="F370" t="s">
-        <v>1118</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" t="s">
-        <v>1119</v>
+        <v>1097</v>
       </c>
       <c r="B371" t="s">
-        <v>1120</v>
-[...1 lines deleted...]
-      <c r="C371"/>
+        <v>1098</v>
+      </c>
+      <c r="C371" t="s">
+        <v>955</v>
+      </c>
       <c r="D371"/>
-      <c r="E371"/>
+      <c r="E371" t="s">
+        <v>1099</v>
+      </c>
       <c r="F371" t="s">
-        <v>1121</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" t="s">
-        <v>1122</v>
+        <v>1101</v>
       </c>
       <c r="B372" t="s">
-        <v>1123</v>
+        <v>1102</v>
       </c>
       <c r="C372"/>
       <c r="D372"/>
       <c r="E372"/>
-      <c r="F372"/>
+      <c r="F372" t="s">
+        <v>1103</v>
+      </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" t="s">
-        <v>1124</v>
+        <v>1104</v>
       </c>
       <c r="B373" t="s">
-        <v>1125</v>
+        <v>1105</v>
       </c>
       <c r="C373"/>
       <c r="D373"/>
       <c r="E373"/>
       <c r="F373" t="s">
-        <v>1126</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" t="s">
-        <v>1127</v>
+        <v>1107</v>
       </c>
       <c r="B374" t="s">
-        <v>1128</v>
+        <v>1108</v>
       </c>
       <c r="C374"/>
       <c r="D374"/>
       <c r="E374"/>
       <c r="F374" t="s">
-        <v>1129</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" t="s">
-        <v>1130</v>
+        <v>1110</v>
       </c>
       <c r="B375" t="s">
-        <v>1131</v>
+        <v>1111</v>
       </c>
       <c r="C375"/>
       <c r="D375"/>
       <c r="E375"/>
       <c r="F375" t="s">
-        <v>1132</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" t="s">
-        <v>1133</v>
+        <v>1113</v>
       </c>
       <c r="B376" t="s">
-        <v>1134</v>
-[...3 lines deleted...]
-      </c>
+        <v>1114</v>
+      </c>
+      <c r="C376"/>
       <c r="D376"/>
-      <c r="E376" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E376"/>
       <c r="F376" t="s">
-        <v>1136</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" t="s">
-        <v>1137</v>
+        <v>1116</v>
       </c>
       <c r="B377" t="s">
-        <v>1138</v>
-[...3 lines deleted...]
-      </c>
+        <v>1117</v>
+      </c>
+      <c r="C377"/>
       <c r="D377"/>
       <c r="E377"/>
-      <c r="F377"/>
+      <c r="F377" t="s">
+        <v>1118</v>
+      </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" t="s">
-        <v>1139</v>
+        <v>1119</v>
       </c>
       <c r="B378" t="s">
-        <v>1140</v>
-[...3 lines deleted...]
-      </c>
+        <v>1120</v>
+      </c>
+      <c r="C378"/>
       <c r="D378"/>
       <c r="E378"/>
       <c r="F378" t="s">
-        <v>1141</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" t="s">
-        <v>1142</v>
+        <v>1122</v>
       </c>
       <c r="B379" t="s">
-        <v>1143</v>
-[...3 lines deleted...]
-      </c>
+        <v>1123</v>
+      </c>
+      <c r="C379"/>
       <c r="D379"/>
       <c r="E379"/>
-      <c r="F379" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F379"/>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" t="s">
-        <v>1145</v>
+        <v>1124</v>
       </c>
       <c r="B380" t="s">
-        <v>1146</v>
-[...3 lines deleted...]
-      </c>
+        <v>1125</v>
+      </c>
+      <c r="C380"/>
       <c r="D380"/>
       <c r="E380"/>
       <c r="F380" t="s">
-        <v>1147</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" t="s">
-        <v>1148</v>
+        <v>1127</v>
       </c>
       <c r="B381" t="s">
-        <v>1149</v>
-[...3 lines deleted...]
-      </c>
+        <v>1128</v>
+      </c>
+      <c r="C381"/>
       <c r="D381"/>
       <c r="E381"/>
-      <c r="F381"/>
+      <c r="F381" t="s">
+        <v>1129</v>
+      </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" t="s">
-        <v>1150</v>
+        <v>1130</v>
       </c>
       <c r="B382" t="s">
-        <v>1151</v>
-[...3 lines deleted...]
-      </c>
+        <v>1131</v>
+      </c>
+      <c r="C382"/>
       <c r="D382"/>
-      <c r="E382" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E382"/>
       <c r="F382" t="s">
-        <v>1153</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" t="s">
-        <v>1154</v>
+        <v>1133</v>
       </c>
       <c r="B383" t="s">
-        <v>379</v>
-[...1 lines deleted...]
-      <c r="C383"/>
+        <v>1134</v>
+      </c>
+      <c r="C383">
+        <v>4427895</v>
+      </c>
       <c r="D383"/>
-      <c r="E383"/>
+      <c r="E383" t="s">
+        <v>1135</v>
+      </c>
       <c r="F383" t="s">
-        <v>1155</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" t="s">
-        <v>1156</v>
+        <v>1137</v>
       </c>
       <c r="B384" t="s">
-        <v>1157</v>
+        <v>1138</v>
       </c>
       <c r="C384">
-        <v>4448019</v>
-[...9 lines deleted...]
-      </c>
+        <v>4427895</v>
+      </c>
+      <c r="D384"/>
+      <c r="E384"/>
+      <c r="F384"/>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" t="s">
-        <v>1161</v>
+        <v>1139</v>
       </c>
       <c r="B385" t="s">
-        <v>1162</v>
-[...1 lines deleted...]
-      <c r="C385"/>
+        <v>1140</v>
+      </c>
+      <c r="C385">
+        <v>4427895</v>
+      </c>
       <c r="D385"/>
       <c r="E385"/>
       <c r="F385" t="s">
-        <v>1163</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" t="s">
-        <v>1164</v>
+        <v>1142</v>
       </c>
       <c r="B386" t="s">
-        <v>1165</v>
-[...1 lines deleted...]
-      <c r="C386"/>
+        <v>1143</v>
+      </c>
+      <c r="C386">
+        <v>4427895</v>
+      </c>
       <c r="D386"/>
-      <c r="E386" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E386"/>
       <c r="F386" t="s">
-        <v>1167</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" t="s">
-        <v>1168</v>
+        <v>1145</v>
       </c>
       <c r="B387" t="s">
-        <v>1169</v>
+        <v>1146</v>
       </c>
       <c r="C387">
-        <v>4448011</v>
-[...6 lines deleted...]
-      </c>
+        <v>4427895</v>
+      </c>
+      <c r="D387"/>
+      <c r="E387"/>
       <c r="F387" t="s">
-        <v>1172</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" t="s">
-        <v>1173</v>
+        <v>1148</v>
       </c>
       <c r="B388" t="s">
-        <v>664</v>
-[...1 lines deleted...]
-      <c r="C388"/>
+        <v>1149</v>
+      </c>
+      <c r="C388">
+        <v>4427895</v>
+      </c>
       <c r="D388"/>
       <c r="E388"/>
-      <c r="F388" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F388"/>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" t="s">
-        <v>1175</v>
+        <v>1150</v>
       </c>
       <c r="B389" t="s">
-        <v>667</v>
-[...1 lines deleted...]
-      <c r="C389"/>
+        <v>1151</v>
+      </c>
+      <c r="C389">
+        <v>4427895</v>
+      </c>
       <c r="D389"/>
-      <c r="E389"/>
+      <c r="E389" t="s">
+        <v>1152</v>
+      </c>
       <c r="F389" t="s">
-        <v>1176</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" t="s">
-        <v>1177</v>
+        <v>1154</v>
       </c>
       <c r="B390" t="s">
-        <v>1093</v>
-[...3 lines deleted...]
-      </c>
+        <v>379</v>
+      </c>
+      <c r="C390"/>
       <c r="D390"/>
       <c r="E390"/>
-      <c r="F390"/>
+      <c r="F390" t="s">
+        <v>1155</v>
+      </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" t="s">
-        <v>1178</v>
+        <v>1156</v>
       </c>
       <c r="B391" t="s">
-        <v>1179</v>
-[...3 lines deleted...]
-      <c r="E391"/>
+        <v>1157</v>
+      </c>
+      <c r="C391">
+        <v>4448019</v>
+      </c>
+      <c r="D391" t="s">
+        <v>1158</v>
+      </c>
+      <c r="E391" t="s">
+        <v>1159</v>
+      </c>
       <c r="F391" t="s">
-        <v>1180</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" t="s">
-        <v>1181</v>
+        <v>1161</v>
       </c>
       <c r="B392" t="s">
-        <v>1182</v>
+        <v>1162</v>
       </c>
       <c r="C392"/>
       <c r="D392"/>
       <c r="E392"/>
       <c r="F392" t="s">
-        <v>1183</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" t="s">
-        <v>1184</v>
+        <v>1164</v>
       </c>
       <c r="B393" t="s">
-        <v>1185</v>
+        <v>1165</v>
       </c>
       <c r="C393"/>
       <c r="D393"/>
       <c r="E393" t="s">
-        <v>1186</v>
+        <v>1166</v>
       </c>
       <c r="F393" t="s">
-        <v>1187</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" t="s">
-        <v>1188</v>
+        <v>1168</v>
       </c>
       <c r="B394" t="s">
-        <v>1189</v>
-[...2 lines deleted...]
-      <c r="D394"/>
+        <v>1169</v>
+      </c>
+      <c r="C394">
+        <v>4448011</v>
+      </c>
+      <c r="D394" t="s">
+        <v>1170</v>
+      </c>
       <c r="E394" t="s">
-        <v>1190</v>
+        <v>1171</v>
       </c>
       <c r="F394" t="s">
-        <v>1191</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" t="s">
-        <v>1192</v>
+        <v>1173</v>
       </c>
       <c r="B395" t="s">
-        <v>1193</v>
+        <v>664</v>
       </c>
       <c r="C395"/>
       <c r="D395"/>
-      <c r="E395" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E395"/>
       <c r="F395" t="s">
-        <v>1195</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" t="s">
-        <v>1196</v>
+        <v>1175</v>
       </c>
       <c r="B396" t="s">
-        <v>1197</v>
+        <v>667</v>
       </c>
       <c r="C396"/>
       <c r="D396"/>
-      <c r="E396" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E396"/>
       <c r="F396" t="s">
-        <v>1199</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="397" spans="1:6">
-      <c r="A397"/>
+      <c r="A397" t="s">
+        <v>1177</v>
+      </c>
       <c r="B397" t="s">
-        <v>379</v>
-[...1 lines deleted...]
-      <c r="C397"/>
+        <v>1093</v>
+      </c>
+      <c r="C397" t="s">
+        <v>955</v>
+      </c>
       <c r="D397"/>
       <c r="E397"/>
       <c r="F397"/>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" t="s">
-        <v>1200</v>
+        <v>1178</v>
       </c>
       <c r="B398" t="s">
-        <v>1201</v>
-[...9 lines deleted...]
-      </c>
+        <v>1179</v>
+      </c>
+      <c r="C398"/>
+      <c r="D398"/>
+      <c r="E398"/>
       <c r="F398" t="s">
-        <v>1203</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" t="s">
-        <v>1200</v>
+        <v>1181</v>
       </c>
       <c r="B399" t="s">
-        <v>1204</v>
+        <v>1182</v>
       </c>
       <c r="C399"/>
       <c r="D399"/>
       <c r="E399"/>
-      <c r="F399"/>
+      <c r="F399" t="s">
+        <v>1183</v>
+      </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" t="s">
-        <v>1205</v>
+        <v>1184</v>
       </c>
       <c r="B400" t="s">
-        <v>801</v>
-[...6 lines deleted...]
-      </c>
+        <v>1185</v>
+      </c>
+      <c r="C400"/>
+      <c r="D400"/>
       <c r="E400" t="s">
-        <v>1207</v>
-[...1 lines deleted...]
-      <c r="F400"/>
+        <v>1186</v>
+      </c>
+      <c r="F400" t="s">
+        <v>1187</v>
+      </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" t="s">
-        <v>1208</v>
+        <v>1188</v>
       </c>
       <c r="B401" t="s">
-        <v>1209</v>
-[...6 lines deleted...]
-      </c>
+        <v>1189</v>
+      </c>
+      <c r="C401"/>
+      <c r="D401"/>
       <c r="E401" t="s">
-        <v>1210</v>
+        <v>1190</v>
       </c>
       <c r="F401" t="s">
-        <v>1211</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" t="s">
-        <v>1212</v>
+        <v>1192</v>
       </c>
       <c r="B402" t="s">
-        <v>1213</v>
-[...6 lines deleted...]
-      </c>
+        <v>1193</v>
+      </c>
+      <c r="C402"/>
+      <c r="D402"/>
       <c r="E402" t="s">
-        <v>1214</v>
+        <v>1194</v>
       </c>
       <c r="F402" t="s">
-        <v>1215</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" t="s">
-        <v>1216</v>
+        <v>1196</v>
       </c>
       <c r="B403" t="s">
-        <v>606</v>
-[...6 lines deleted...]
-      </c>
+        <v>1197</v>
+      </c>
+      <c r="C403"/>
+      <c r="D403"/>
       <c r="E403" t="s">
-        <v>1217</v>
+        <v>1198</v>
       </c>
       <c r="F403" t="s">
-        <v>1218</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="404" spans="1:6">
-      <c r="A404" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A404"/>
       <c r="B404" t="s">
-        <v>1220</v>
-[...6 lines deleted...]
-      </c>
+        <v>379</v>
+      </c>
+      <c r="C404"/>
+      <c r="D404"/>
       <c r="E404"/>
-      <c r="F404" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F404"/>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" t="s">
-        <v>1224</v>
+        <v>1200</v>
       </c>
       <c r="B405" t="s">
-        <v>1225</v>
+        <v>1201</v>
       </c>
       <c r="C405">
         <v>4448022</v>
       </c>
       <c r="D405">
-        <v>8083</v>
+        <v>8022</v>
       </c>
       <c r="E405" t="s">
-        <v>1226</v>
+        <v>1202</v>
       </c>
       <c r="F405" t="s">
-        <v>1227</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" t="s">
-        <v>1228</v>
+        <v>1200</v>
       </c>
       <c r="B406" t="s">
-        <v>1229</v>
-[...12 lines deleted...]
-      </c>
+        <v>1204</v>
+      </c>
+      <c r="C406"/>
+      <c r="D406"/>
+      <c r="E406"/>
+      <c r="F406"/>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" t="s">
-        <v>1233</v>
+        <v>1205</v>
       </c>
       <c r="B407" t="s">
-        <v>1234</v>
-[...3 lines deleted...]
-      <c r="E407"/>
+        <v>801</v>
+      </c>
+      <c r="C407">
+        <v>4448054</v>
+      </c>
+      <c r="D407" t="s">
+        <v>1206</v>
+      </c>
+      <c r="E407" t="s">
+        <v>1207</v>
+      </c>
       <c r="F407"/>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" t="s">
-        <v>1235</v>
+        <v>1208</v>
       </c>
       <c r="B408" t="s">
-        <v>1236</v>
+        <v>1209</v>
       </c>
       <c r="C408">
         <v>4448084</v>
       </c>
       <c r="D408">
         <v>8084</v>
       </c>
-      <c r="E408"/>
+      <c r="E408" t="s">
+        <v>1210</v>
+      </c>
       <c r="F408" t="s">
-        <v>1237</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" t="s">
-        <v>1238</v>
+        <v>1212</v>
       </c>
       <c r="B409" t="s">
-        <v>1239</v>
+        <v>1213</v>
       </c>
       <c r="C409">
-        <v>4448084</v>
+        <v>4448070</v>
       </c>
       <c r="D409">
-        <v>8084</v>
-[...1 lines deleted...]
-      <c r="E409"/>
+        <v>8070</v>
+      </c>
+      <c r="E409" t="s">
+        <v>1214</v>
+      </c>
       <c r="F409" t="s">
-        <v>1240</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" t="s">
-        <v>1241</v>
+        <v>1216</v>
       </c>
       <c r="B410" t="s">
-        <v>396</v>
+        <v>606</v>
       </c>
       <c r="C410">
-        <v>4448070</v>
+        <v>4448000</v>
       </c>
       <c r="D410">
-        <v>8851</v>
+        <v>8308</v>
       </c>
       <c r="E410" t="s">
-        <v>1242</v>
+        <v>1217</v>
       </c>
       <c r="F410" t="s">
-        <v>1243</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" t="s">
-        <v>1244</v>
+        <v>1219</v>
       </c>
       <c r="B411" t="s">
-        <v>400</v>
-[...2 lines deleted...]
-        <v>4448070</v>
+        <v>1220</v>
+      </c>
+      <c r="C411" t="s">
+        <v>1221</v>
       </c>
       <c r="D411" t="s">
-        <v>1245</v>
+        <v>1222</v>
       </c>
       <c r="E411"/>
       <c r="F411" t="s">
-        <v>1246</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" t="s">
-        <v>1247</v>
+        <v>1224</v>
       </c>
       <c r="B412" t="s">
-        <v>393</v>
+        <v>1225</v>
       </c>
       <c r="C412">
-        <v>4448070</v>
-[...4 lines deleted...]
-      <c r="E412"/>
+        <v>4448022</v>
+      </c>
+      <c r="D412">
+        <v>8083</v>
+      </c>
+      <c r="E412" t="s">
+        <v>1226</v>
+      </c>
       <c r="F412" t="s">
-        <v>1249</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" t="s">
-        <v>1250</v>
+        <v>1228</v>
       </c>
       <c r="B413" t="s">
-        <v>1251</v>
+        <v>1229</v>
       </c>
       <c r="C413">
-        <v>4448070</v>
+        <v>4448022</v>
       </c>
       <c r="D413" t="s">
-        <v>1252</v>
-[...2 lines deleted...]
-      <c r="F413"/>
+        <v>1230</v>
+      </c>
+      <c r="E413" t="s">
+        <v>1231</v>
+      </c>
+      <c r="F413" t="s">
+        <v>1232</v>
+      </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" t="s">
-        <v>1253</v>
+        <v>1233</v>
       </c>
       <c r="B414" t="s">
-        <v>1254</v>
-[...9 lines deleted...]
-      </c>
+        <v>1234</v>
+      </c>
+      <c r="C414"/>
+      <c r="D414"/>
+      <c r="E414"/>
       <c r="F414"/>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" t="s">
-        <v>1256</v>
+        <v>1235</v>
       </c>
       <c r="B415" t="s">
-        <v>1257</v>
+        <v>1236</v>
       </c>
       <c r="C415">
-        <v>4448000</v>
+        <v>4448084</v>
       </c>
       <c r="D415">
-        <v>8308</v>
-[...3 lines deleted...]
-      </c>
+        <v>8084</v>
+      </c>
+      <c r="E415"/>
       <c r="F415" t="s">
-        <v>1259</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" t="s">
-        <v>1260</v>
+        <v>1238</v>
       </c>
       <c r="B416" t="s">
-        <v>435</v>
+        <v>1239</v>
       </c>
       <c r="C416">
-        <v>4448000</v>
+        <v>4448084</v>
       </c>
       <c r="D416">
-        <v>8308</v>
+        <v>8084</v>
       </c>
       <c r="E416"/>
       <c r="F416" t="s">
-        <v>1261</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" t="s">
-        <v>1262</v>
+        <v>1241</v>
       </c>
       <c r="B417" t="s">
-        <v>431</v>
+        <v>396</v>
       </c>
       <c r="C417">
-        <v>4448000</v>
+        <v>4448070</v>
       </c>
       <c r="D417">
-        <v>8308</v>
-[...1 lines deleted...]
-      <c r="E417"/>
+        <v>8851</v>
+      </c>
+      <c r="E417" t="s">
+        <v>1242</v>
+      </c>
       <c r="F417" t="s">
-        <v>1263</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" t="s">
-        <v>1264</v>
+        <v>1244</v>
       </c>
       <c r="B418" t="s">
-        <v>1265</v>
+        <v>400</v>
       </c>
       <c r="C418">
-        <v>4448083</v>
-[...2 lines deleted...]
-        <v>8083</v>
+        <v>4448070</v>
+      </c>
+      <c r="D418" t="s">
+        <v>1245</v>
       </c>
       <c r="E418"/>
-      <c r="F418"/>
+      <c r="F418" t="s">
+        <v>1246</v>
+      </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" t="s">
-        <v>1266</v>
+        <v>1247</v>
       </c>
       <c r="B419" t="s">
-        <v>1267</v>
-[...3 lines deleted...]
-        <v>8473</v>
+        <v>393</v>
+      </c>
+      <c r="C419">
+        <v>4448070</v>
+      </c>
+      <c r="D419" t="s">
+        <v>1248</v>
       </c>
       <c r="E419"/>
-      <c r="F419"/>
+      <c r="F419" t="s">
+        <v>1249</v>
+      </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" t="s">
-        <v>1268</v>
+        <v>1250</v>
       </c>
       <c r="B420" t="s">
-        <v>1269</v>
-[...3 lines deleted...]
-        <v>8471</v>
+        <v>1251</v>
+      </c>
+      <c r="C420">
+        <v>4448070</v>
+      </c>
+      <c r="D420" t="s">
+        <v>1252</v>
       </c>
       <c r="E420"/>
       <c r="F420"/>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" t="s">
-        <v>1270</v>
+        <v>1253</v>
       </c>
       <c r="B421" t="s">
-        <v>1271</v>
-[...1 lines deleted...]
-      <c r="C421"/>
+        <v>1254</v>
+      </c>
+      <c r="C421">
+        <v>4448070</v>
+      </c>
       <c r="D421">
-        <v>8472</v>
-[...1 lines deleted...]
-      <c r="E421"/>
+        <v>8431</v>
+      </c>
+      <c r="E421" t="s">
+        <v>1255</v>
+      </c>
       <c r="F421"/>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" t="s">
-        <v>1272</v>
+        <v>1256</v>
       </c>
       <c r="B422" t="s">
-        <v>1273</v>
-[...1 lines deleted...]
-      <c r="C422"/>
+        <v>1257</v>
+      </c>
+      <c r="C422">
+        <v>4448000</v>
+      </c>
       <c r="D422">
-        <v>8155</v>
-[...2 lines deleted...]
-      <c r="F422"/>
+        <v>8308</v>
+      </c>
+      <c r="E422" t="s">
+        <v>1258</v>
+      </c>
+      <c r="F422" t="s">
+        <v>1259</v>
+      </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" t="s">
-        <v>1274</v>
+        <v>1260</v>
       </c>
       <c r="B423" t="s">
-        <v>1275</v>
-[...2 lines deleted...]
-      <c r="D423"/>
+        <v>435</v>
+      </c>
+      <c r="C423">
+        <v>4448000</v>
+      </c>
+      <c r="D423">
+        <v>8308</v>
+      </c>
       <c r="E423"/>
       <c r="F423" t="s">
-        <v>1276</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" t="s">
-        <v>1277</v>
+        <v>1262</v>
       </c>
       <c r="B424" t="s">
-        <v>1278</v>
-[...1 lines deleted...]
-      <c r="C424"/>
+        <v>431</v>
+      </c>
+      <c r="C424">
+        <v>4448000</v>
+      </c>
       <c r="D424">
-        <v>8141</v>
+        <v>8308</v>
       </c>
       <c r="E424"/>
       <c r="F424" t="s">
-        <v>1279</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" t="s">
-        <v>1280</v>
+        <v>1264</v>
       </c>
       <c r="B425" t="s">
-        <v>1281</v>
-[...1 lines deleted...]
-      <c r="C425"/>
+        <v>1265</v>
+      </c>
+      <c r="C425">
+        <v>4448083</v>
+      </c>
       <c r="D425">
-        <v>8141</v>
+        <v>8083</v>
       </c>
       <c r="E425"/>
       <c r="F425"/>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" t="s">
-        <v>1282</v>
+        <v>1266</v>
       </c>
       <c r="B426" t="s">
-        <v>1283</v>
+        <v>1267</v>
       </c>
       <c r="C426"/>
-      <c r="D426"/>
+      <c r="D426">
+        <v>8473</v>
+      </c>
       <c r="E426"/>
-      <c r="F426" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F426"/>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" t="s">
-        <v>1285</v>
+        <v>1268</v>
       </c>
       <c r="B427" t="s">
-        <v>1286</v>
+        <v>1269</v>
       </c>
       <c r="C427"/>
-      <c r="D427"/>
+      <c r="D427">
+        <v>8471</v>
+      </c>
       <c r="E427"/>
-      <c r="F427" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F427"/>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" t="s">
-        <v>1288</v>
+        <v>1270</v>
       </c>
       <c r="B428" t="s">
-        <v>1289</v>
-[...5 lines deleted...]
-        <v>1290</v>
+        <v>1271</v>
+      </c>
+      <c r="C428"/>
+      <c r="D428">
+        <v>8472</v>
       </c>
       <c r="E428"/>
-      <c r="F428" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F428"/>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" t="s">
-        <v>1292</v>
+        <v>1272</v>
       </c>
       <c r="B429" t="s">
-        <v>1108</v>
-[...3 lines deleted...]
-      </c>
+        <v>1273</v>
+      </c>
+      <c r="C429"/>
       <c r="D429">
-        <v>8231</v>
+        <v>8155</v>
       </c>
       <c r="E429"/>
-      <c r="F429" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F429"/>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" t="s">
-        <v>1294</v>
+        <v>1274</v>
       </c>
       <c r="B430" t="s">
-        <v>1295</v>
+        <v>1275</v>
       </c>
       <c r="C430"/>
       <c r="D430"/>
       <c r="E430"/>
-      <c r="F430"/>
+      <c r="F430" t="s">
+        <v>1276</v>
+      </c>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" t="s">
-        <v>1296</v>
+        <v>1277</v>
       </c>
       <c r="B431" t="s">
-        <v>1297</v>
-[...4 lines deleted...]
-      <c r="D431"/>
+        <v>1278</v>
+      </c>
+      <c r="C431"/>
+      <c r="D431">
+        <v>8141</v>
+      </c>
       <c r="E431"/>
       <c r="F431" t="s">
-        <v>1298</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" t="s">
-        <v>1299</v>
+        <v>1280</v>
       </c>
       <c r="B432" t="s">
-        <v>1300</v>
-[...4 lines deleted...]
-      <c r="D432"/>
+        <v>1281</v>
+      </c>
+      <c r="C432"/>
+      <c r="D432">
+        <v>8141</v>
+      </c>
       <c r="E432"/>
-      <c r="F432" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F432"/>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" t="s">
-        <v>1302</v>
+        <v>1282</v>
       </c>
       <c r="B433" t="s">
-        <v>1303</v>
-[...3 lines deleted...]
-      </c>
+        <v>1283</v>
+      </c>
+      <c r="C433"/>
       <c r="D433"/>
       <c r="E433"/>
       <c r="F433" t="s">
-        <v>1304</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" t="s">
-        <v>1305</v>
+        <v>1285</v>
       </c>
       <c r="B434" t="s">
-        <v>1306</v>
+        <v>1286</v>
       </c>
       <c r="C434"/>
       <c r="D434"/>
       <c r="E434"/>
-      <c r="F434"/>
+      <c r="F434" t="s">
+        <v>1287</v>
+      </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" t="s">
-        <v>1307</v>
+        <v>1288</v>
       </c>
       <c r="B435" t="s">
-        <v>1308</v>
-[...2 lines deleted...]
-      <c r="D435"/>
+        <v>1289</v>
+      </c>
+      <c r="C435">
+        <v>4448054</v>
+      </c>
+      <c r="D435" t="s">
+        <v>1290</v>
+      </c>
       <c r="E435"/>
-      <c r="F435"/>
+      <c r="F435" t="s">
+        <v>1291</v>
+      </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" t="s">
-        <v>1309</v>
+        <v>1292</v>
       </c>
       <c r="B436" t="s">
-        <v>1310</v>
-[...2 lines deleted...]
-      <c r="D436"/>
+        <v>1108</v>
+      </c>
+      <c r="C436">
+        <v>4448231</v>
+      </c>
+      <c r="D436">
+        <v>8231</v>
+      </c>
       <c r="E436"/>
-      <c r="F436"/>
+      <c r="F436" t="s">
+        <v>1293</v>
+      </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" t="s">
-        <v>1311</v>
+        <v>1294</v>
       </c>
       <c r="B437" t="s">
-        <v>1312</v>
+        <v>1295</v>
       </c>
       <c r="C437"/>
       <c r="D437"/>
       <c r="E437"/>
       <c r="F437"/>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" t="s">
-        <v>1313</v>
+        <v>1296</v>
       </c>
       <c r="B438" t="s">
-        <v>1314</v>
-[...1 lines deleted...]
-      <c r="C438"/>
+        <v>1297</v>
+      </c>
+      <c r="C438">
+        <v>4453168</v>
+      </c>
       <c r="D438"/>
       <c r="E438"/>
-      <c r="F438"/>
+      <c r="F438" t="s">
+        <v>1298</v>
+      </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" t="s">
-        <v>1315</v>
+        <v>1299</v>
       </c>
       <c r="B439" t="s">
-        <v>1316</v>
-[...1 lines deleted...]
-      <c r="C439"/>
+        <v>1300</v>
+      </c>
+      <c r="C439">
+        <v>44453168</v>
+      </c>
       <c r="D439"/>
       <c r="E439"/>
-      <c r="F439"/>
+      <c r="F439" t="s">
+        <v>1301</v>
+      </c>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" t="s">
-        <v>1317</v>
+        <v>1302</v>
       </c>
       <c r="B440" t="s">
-        <v>1318</v>
-[...1 lines deleted...]
-      <c r="C440"/>
+        <v>1303</v>
+      </c>
+      <c r="C440">
+        <v>4453168</v>
+      </c>
       <c r="D440"/>
       <c r="E440"/>
       <c r="F440" t="s">
-        <v>1319</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" t="s">
-        <v>1320</v>
+        <v>1305</v>
       </c>
       <c r="B441" t="s">
-        <v>1321</v>
+        <v>1306</v>
       </c>
       <c r="C441"/>
       <c r="D441"/>
       <c r="E441"/>
       <c r="F441"/>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" t="s">
-        <v>1322</v>
+        <v>1307</v>
       </c>
       <c r="B442" t="s">
-        <v>1323</v>
+        <v>1308</v>
       </c>
       <c r="C442"/>
       <c r="D442"/>
-      <c r="E442" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E442"/>
+      <c r="F442"/>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" t="s">
-        <v>1326</v>
+        <v>1309</v>
       </c>
       <c r="B443" t="s">
-        <v>1327</v>
-[...12 lines deleted...]
-      </c>
+        <v>1310</v>
+      </c>
+      <c r="C443"/>
+      <c r="D443"/>
+      <c r="E443"/>
+      <c r="F443"/>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" t="s">
-        <v>1332</v>
+        <v>1311</v>
       </c>
       <c r="B444" t="s">
-        <v>801</v>
-[...12 lines deleted...]
-      </c>
+        <v>1312</v>
+      </c>
+      <c r="C444"/>
+      <c r="D444"/>
+      <c r="E444"/>
+      <c r="F444"/>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" t="s">
-        <v>1336</v>
+        <v>1313</v>
       </c>
       <c r="B445" t="s">
-        <v>309</v>
-[...12 lines deleted...]
-      </c>
+        <v>1314</v>
+      </c>
+      <c r="C445"/>
+      <c r="D445"/>
+      <c r="E445"/>
+      <c r="F445"/>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" t="s">
-        <v>1340</v>
+        <v>1315</v>
       </c>
       <c r="B446" t="s">
-        <v>606</v>
-[...12 lines deleted...]
-      </c>
+        <v>1316</v>
+      </c>
+      <c r="C446"/>
+      <c r="D446"/>
+      <c r="E446"/>
+      <c r="F446"/>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" t="s">
-        <v>1344</v>
+        <v>1317</v>
       </c>
       <c r="B447" t="s">
-        <v>359</v>
+        <v>1318</v>
       </c>
       <c r="C447"/>
-      <c r="D447" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D447"/>
       <c r="E447"/>
       <c r="F447" t="s">
-        <v>1346</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" t="s">
-        <v>1347</v>
+        <v>1320</v>
       </c>
       <c r="B448" t="s">
-        <v>1348</v>
-[...12 lines deleted...]
-      </c>
+        <v>1321</v>
+      </c>
+      <c r="C448"/>
+      <c r="D448"/>
+      <c r="E448"/>
+      <c r="F448"/>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" t="s">
-        <v>1351</v>
+        <v>1322</v>
       </c>
       <c r="B449" t="s">
-        <v>1352</v>
-[...6 lines deleted...]
-      </c>
+        <v>1323</v>
+      </c>
+      <c r="C449"/>
+      <c r="D449"/>
       <c r="E449" t="s">
-        <v>1353</v>
+        <v>1324</v>
       </c>
       <c r="F449" t="s">
-        <v>1354</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" t="s">
-        <v>1355</v>
+        <v>1326</v>
       </c>
       <c r="B450" t="s">
-        <v>1356</v>
-[...5 lines deleted...]
-      <c r="E450"/>
+        <v>1327</v>
+      </c>
+      <c r="C450" t="s">
+        <v>1328</v>
+      </c>
+      <c r="D450" t="s">
+        <v>1329</v>
+      </c>
+      <c r="E450" t="s">
+        <v>1330</v>
+      </c>
       <c r="F450" t="s">
-        <v>1357</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" t="s">
-        <v>1358</v>
+        <v>1332</v>
       </c>
       <c r="B451" t="s">
-        <v>1359</v>
+        <v>801</v>
       </c>
       <c r="C451">
-        <v>4448072</v>
+        <v>4448066</v>
       </c>
       <c r="D451" t="s">
-        <v>1360</v>
-[...1 lines deleted...]
-      <c r="E451"/>
+        <v>1333</v>
+      </c>
+      <c r="E451" t="s">
+        <v>1334</v>
+      </c>
       <c r="F451" t="s">
-        <v>1361</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" t="s">
-        <v>1362</v>
+        <v>1336</v>
       </c>
       <c r="B452" t="s">
-        <v>1363</v>
-[...5 lines deleted...]
-      <c r="E452"/>
+        <v>309</v>
+      </c>
+      <c r="C452">
+        <v>448069</v>
+      </c>
+      <c r="D452" t="s">
+        <v>1337</v>
+      </c>
+      <c r="E452" t="s">
+        <v>1338</v>
+      </c>
       <c r="F452" t="s">
-        <v>1365</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" t="s">
-        <v>1366</v>
+        <v>1340</v>
       </c>
       <c r="B453" t="s">
-        <v>1367</v>
+        <v>606</v>
       </c>
       <c r="C453">
-        <v>4448076</v>
+        <v>4456442</v>
       </c>
       <c r="D453" t="s">
-        <v>1368</v>
-[...1 lines deleted...]
-      <c r="E453"/>
+        <v>1341</v>
+      </c>
+      <c r="E453" t="s">
+        <v>1342</v>
+      </c>
       <c r="F453" t="s">
-        <v>1369</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" t="s">
-        <v>1370</v>
+        <v>1344</v>
       </c>
       <c r="B454" t="s">
-        <v>1371</v>
-[...3 lines deleted...]
-      </c>
+        <v>359</v>
+      </c>
+      <c r="C454"/>
       <c r="D454" t="s">
-        <v>1373</v>
+        <v>1345</v>
       </c>
       <c r="E454"/>
       <c r="F454" t="s">
-        <v>1374</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" t="s">
-        <v>1375</v>
+        <v>1347</v>
       </c>
       <c r="B455" t="s">
-        <v>1376</v>
+        <v>1348</v>
       </c>
       <c r="C455">
-        <v>4466089</v>
-[...2 lines deleted...]
-      <c r="E455"/>
+        <v>4434209</v>
+      </c>
+      <c r="D455">
+        <v>7331</v>
+      </c>
+      <c r="E455" t="s">
+        <v>1349</v>
+      </c>
       <c r="F455" t="s">
-        <v>1377</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" t="s">
-        <v>1378</v>
+        <v>1351</v>
       </c>
       <c r="B456" t="s">
-        <v>1379</v>
-[...2 lines deleted...]
-        <v>1380</v>
+        <v>1352</v>
+      </c>
+      <c r="C456">
+        <v>4428249</v>
       </c>
       <c r="D456">
-        <v>6474</v>
-[...1 lines deleted...]
-      <c r="E456"/>
+        <v>7336</v>
+      </c>
+      <c r="E456" t="s">
+        <v>1353</v>
+      </c>
       <c r="F456" t="s">
-        <v>1381</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" t="s">
-        <v>1382</v>
+        <v>1355</v>
       </c>
       <c r="B457" t="s">
-        <v>1383</v>
+        <v>1356</v>
       </c>
       <c r="C457">
-        <v>4448068</v>
-[...3 lines deleted...]
-      </c>
+        <v>4448074</v>
+      </c>
+      <c r="D457"/>
       <c r="E457"/>
-      <c r="F457"/>
+      <c r="F457" t="s">
+        <v>1357</v>
+      </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" t="s">
-        <v>1384</v>
+        <v>1358</v>
       </c>
       <c r="B458" t="s">
-        <v>1385</v>
+        <v>1359</v>
       </c>
       <c r="C458">
-        <v>3644431991</v>
-[...2 lines deleted...]
-        <v>204</v>
+        <v>4448072</v>
+      </c>
+      <c r="D458" t="s">
+        <v>1360</v>
       </c>
       <c r="E458"/>
       <c r="F458" t="s">
-        <v>1386</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" t="s">
-        <v>1387</v>
+        <v>1362</v>
       </c>
       <c r="B459" t="s">
-        <v>1220</v>
-[...4 lines deleted...]
-      </c>
+        <v>1363</v>
+      </c>
+      <c r="C459" t="s">
+        <v>1364</v>
+      </c>
+      <c r="D459"/>
       <c r="E459"/>
       <c r="F459" t="s">
-        <v>1388</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" t="s">
-        <v>1389</v>
+        <v>1366</v>
       </c>
       <c r="B460" t="s">
-        <v>379</v>
-[...3 lines deleted...]
-        <v>8068</v>
+        <v>1367</v>
+      </c>
+      <c r="C460">
+        <v>4448076</v>
+      </c>
+      <c r="D460" t="s">
+        <v>1368</v>
       </c>
       <c r="E460"/>
       <c r="F460" t="s">
-        <v>1390</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" t="s">
-        <v>1391</v>
+        <v>1370</v>
       </c>
       <c r="B461" t="s">
-        <v>1392</v>
-[...5 lines deleted...]
-        <v>8068</v>
+        <v>1371</v>
+      </c>
+      <c r="C461" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D461" t="s">
+        <v>1373</v>
       </c>
       <c r="E461"/>
-      <c r="F461"/>
+      <c r="F461" t="s">
+        <v>1374</v>
+      </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" t="s">
-        <v>1393</v>
+        <v>1375</v>
       </c>
       <c r="B462" t="s">
-        <v>1394</v>
-[...4 lines deleted...]
-      </c>
+        <v>1376</v>
+      </c>
+      <c r="C462">
+        <v>4466089</v>
+      </c>
+      <c r="D462"/>
       <c r="E462"/>
       <c r="F462" t="s">
-        <v>1395</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" t="s">
-        <v>1396</v>
+        <v>1378</v>
       </c>
       <c r="B463" t="s">
-        <v>1397</v>
-[...2 lines deleted...]
-        <v>4448075</v>
+        <v>1379</v>
+      </c>
+      <c r="C463" t="s">
+        <v>1380</v>
       </c>
       <c r="D463">
-        <v>8075</v>
+        <v>6474</v>
       </c>
       <c r="E463"/>
       <c r="F463" t="s">
-        <v>1398</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" t="s">
-        <v>1399</v>
+        <v>1382</v>
       </c>
       <c r="B464" t="s">
-        <v>1400</v>
+        <v>1383</v>
       </c>
       <c r="C464">
-        <v>4448075</v>
+        <v>4448068</v>
       </c>
       <c r="D464">
-        <v>8075</v>
+        <v>8068</v>
       </c>
       <c r="E464"/>
       <c r="F464"/>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" t="s">
-        <v>1401</v>
+        <v>1384</v>
       </c>
       <c r="B465" t="s">
-        <v>1402</v>
-[...5 lines deleted...]
-        <v>1373</v>
+        <v>1385</v>
+      </c>
+      <c r="C465">
+        <v>3644431991</v>
+      </c>
+      <c r="D465">
+        <v>204</v>
       </c>
       <c r="E465"/>
       <c r="F465" t="s">
-        <v>1403</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" t="s">
-        <v>1404</v>
+        <v>1387</v>
       </c>
       <c r="B466" t="s">
-        <v>1405</v>
+        <v>1220</v>
       </c>
       <c r="C466"/>
-      <c r="D466" t="s">
-        <v>1373</v>
+      <c r="D466">
+        <v>8845</v>
       </c>
       <c r="E466"/>
       <c r="F466" t="s">
-        <v>1406</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" t="s">
-        <v>1407</v>
+        <v>1389</v>
       </c>
       <c r="B467" t="s">
-        <v>1408</v>
-[...4 lines deleted...]
-      <c r="D467"/>
+        <v>379</v>
+      </c>
+      <c r="C467"/>
+      <c r="D467">
+        <v>8068</v>
+      </c>
       <c r="E467"/>
       <c r="F467" t="s">
-        <v>1409</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" t="s">
-        <v>1410</v>
+        <v>1391</v>
       </c>
       <c r="B468" t="s">
-        <v>1411</v>
-[...4 lines deleted...]
-      <c r="D468"/>
+        <v>1392</v>
+      </c>
+      <c r="C468">
+        <v>4448068</v>
+      </c>
+      <c r="D468">
+        <v>8068</v>
+      </c>
       <c r="E468"/>
-      <c r="F468" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F468"/>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" t="s">
-        <v>1414</v>
+        <v>1393</v>
       </c>
       <c r="B469" t="s">
-        <v>1415</v>
-[...3 lines deleted...]
-      </c>
+        <v>1394</v>
+      </c>
+      <c r="C469"/>
       <c r="D469">
-        <v>8074</v>
+        <v>6473</v>
       </c>
       <c r="E469"/>
       <c r="F469" t="s">
-        <v>1416</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" t="s">
-        <v>1417</v>
+        <v>1396</v>
       </c>
       <c r="B470" t="s">
-        <v>1418</v>
+        <v>1397</v>
       </c>
       <c r="C470">
-        <v>4448068</v>
+        <v>4448075</v>
       </c>
       <c r="D470">
-        <v>8074</v>
+        <v>8075</v>
       </c>
       <c r="E470"/>
       <c r="F470" t="s">
-        <v>1419</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" t="s">
-        <v>1420</v>
+        <v>1399</v>
       </c>
       <c r="B471" t="s">
-        <v>1421</v>
+        <v>1400</v>
       </c>
       <c r="C471">
-        <v>4448074</v>
+        <v>4448075</v>
       </c>
       <c r="D471">
-        <v>8074</v>
+        <v>8075</v>
       </c>
       <c r="E471"/>
       <c r="F471"/>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" t="s">
-        <v>1422</v>
+        <v>1401</v>
       </c>
       <c r="B472" t="s">
-        <v>1423</v>
-[...2 lines deleted...]
-        <v>4448072</v>
+        <v>1402</v>
+      </c>
+      <c r="C472" t="s">
+        <v>1372</v>
       </c>
       <c r="D472" t="s">
-        <v>1360</v>
+        <v>1373</v>
       </c>
       <c r="E472"/>
       <c r="F472" t="s">
-        <v>1424</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" t="s">
-        <v>1425</v>
+        <v>1404</v>
       </c>
       <c r="B473" t="s">
-        <v>1426</v>
-[...3 lines deleted...]
-      </c>
+        <v>1405</v>
+      </c>
+      <c r="C473"/>
       <c r="D473" t="s">
-        <v>1360</v>
+        <v>1373</v>
       </c>
       <c r="E473"/>
       <c r="F473" t="s">
-        <v>1427</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" t="s">
-        <v>1428</v>
+        <v>1407</v>
       </c>
       <c r="B474" t="s">
-        <v>1429</v>
-[...6 lines deleted...]
-      </c>
+        <v>1408</v>
+      </c>
+      <c r="C474" t="s">
+        <v>955</v>
+      </c>
+      <c r="D474"/>
       <c r="E474"/>
       <c r="F474" t="s">
-        <v>1430</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" t="s">
-        <v>1431</v>
+        <v>1410</v>
       </c>
       <c r="B475" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-        <v>3644428986</v>
+        <v>1411</v>
+      </c>
+      <c r="C475" t="s">
+        <v>1412</v>
       </c>
       <c r="D475"/>
       <c r="E475"/>
       <c r="F475" t="s">
-        <v>1432</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" t="s">
-        <v>1433</v>
+        <v>1414</v>
       </c>
       <c r="B476" t="s">
-        <v>1434</v>
+        <v>1415</v>
       </c>
       <c r="C476">
-        <v>36444319991</v>
+        <v>4448074</v>
       </c>
       <c r="D476">
-        <v>2006</v>
+        <v>8074</v>
       </c>
       <c r="E476"/>
-      <c r="F476"/>
+      <c r="F476" t="s">
+        <v>1416</v>
+      </c>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" t="s">
-        <v>1435</v>
+        <v>1417</v>
       </c>
       <c r="B477" t="s">
-        <v>1436</v>
+        <v>1418</v>
       </c>
       <c r="C477">
-        <v>364428986</v>
-[...1 lines deleted...]
-      <c r="D477"/>
+        <v>4448068</v>
+      </c>
+      <c r="D477">
+        <v>8074</v>
+      </c>
       <c r="E477"/>
-      <c r="F477"/>
+      <c r="F477" t="s">
+        <v>1419</v>
+      </c>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" t="s">
-        <v>1437</v>
+        <v>1420</v>
       </c>
       <c r="B478" t="s">
-        <v>1438</v>
+        <v>1421</v>
       </c>
       <c r="C478">
-        <v>3644431991</v>
-[...1 lines deleted...]
-      <c r="D478"/>
+        <v>4448074</v>
+      </c>
+      <c r="D478">
+        <v>8074</v>
+      </c>
       <c r="E478"/>
-      <c r="F478" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F478"/>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" t="s">
-        <v>1440</v>
+        <v>1422</v>
       </c>
       <c r="B479" t="s">
-        <v>1441</v>
+        <v>1423</v>
       </c>
       <c r="C479">
-        <v>3644431991</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>4448072</v>
+      </c>
+      <c r="D479" t="s">
+        <v>1360</v>
       </c>
       <c r="E479"/>
-      <c r="F479"/>
+      <c r="F479" t="s">
+        <v>1424</v>
+      </c>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" t="s">
-        <v>1442</v>
+        <v>1425</v>
       </c>
       <c r="B480" t="s">
-        <v>1443</v>
+        <v>1426</v>
       </c>
       <c r="C480">
-        <v>3644431991</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>4448072</v>
+      </c>
+      <c r="D480" t="s">
+        <v>1360</v>
       </c>
       <c r="E480"/>
-      <c r="F480"/>
+      <c r="F480" t="s">
+        <v>1427</v>
+      </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" t="s">
-        <v>1444</v>
+        <v>1428</v>
       </c>
       <c r="B481" t="s">
-        <v>1445</v>
+        <v>1429</v>
       </c>
       <c r="C481">
-        <v>36444319991</v>
-[...2 lines deleted...]
-        <v>2004</v>
+        <v>4448072</v>
+      </c>
+      <c r="D481" t="s">
+        <v>1360</v>
       </c>
       <c r="E481"/>
-      <c r="F481"/>
+      <c r="F481" t="s">
+        <v>1430</v>
+      </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" t="s">
-        <v>1446</v>
+        <v>1431</v>
       </c>
       <c r="B482" t="s">
-        <v>435</v>
-[...4 lines deleted...]
-      </c>
+        <v>379</v>
+      </c>
+      <c r="C482">
+        <v>3644428986</v>
+      </c>
+      <c r="D482"/>
       <c r="E482"/>
-      <c r="F482"/>
+      <c r="F482" t="s">
+        <v>1432</v>
+      </c>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" t="s">
-        <v>1448</v>
+        <v>1433</v>
       </c>
       <c r="B483" t="s">
-        <v>431</v>
-[...3 lines deleted...]
-        <v>1447</v>
+        <v>1434</v>
+      </c>
+      <c r="C483">
+        <v>36444319991</v>
+      </c>
+      <c r="D483">
+        <v>2006</v>
       </c>
       <c r="E483"/>
-      <c r="F483" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F483"/>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" t="s">
-        <v>1450</v>
+        <v>1435</v>
       </c>
       <c r="B484" t="s">
-        <v>982</v>
-[...4 lines deleted...]
-      </c>
+        <v>1436</v>
+      </c>
+      <c r="C484">
+        <v>364428986</v>
+      </c>
+      <c r="D484"/>
       <c r="E484"/>
       <c r="F484"/>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" t="s">
-        <v>1451</v>
+        <v>1437</v>
       </c>
       <c r="B485" t="s">
-        <v>1452</v>
-[...4 lines deleted...]
-      </c>
+        <v>1438</v>
+      </c>
+      <c r="C485">
+        <v>3644431991</v>
+      </c>
+      <c r="D485"/>
       <c r="E485"/>
       <c r="F485" t="s">
-        <v>1453</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" t="s">
-        <v>1454</v>
+        <v>1440</v>
       </c>
       <c r="B486" t="s">
-        <v>396</v>
+        <v>1441</v>
       </c>
       <c r="C486">
-        <v>4456432</v>
-[...2 lines deleted...]
-        <v>1455</v>
+        <v>3644431991</v>
+      </c>
+      <c r="D486">
+        <v>2010</v>
       </c>
       <c r="E486"/>
-      <c r="F486" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F486"/>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" t="s">
-        <v>1457</v>
+        <v>1442</v>
       </c>
       <c r="B487" t="s">
-        <v>1254</v>
+        <v>1443</v>
       </c>
       <c r="C487">
-        <v>4448086</v>
+        <v>3644431991</v>
       </c>
       <c r="D487">
-        <v>8086</v>
+        <v>2008</v>
       </c>
       <c r="E487"/>
-      <c r="F487" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F487"/>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" t="s">
-        <v>1459</v>
+        <v>1444</v>
       </c>
       <c r="B488" t="s">
-        <v>1460</v>
-[...1 lines deleted...]
-      <c r="C488"/>
+        <v>1445</v>
+      </c>
+      <c r="C488">
+        <v>36444319991</v>
+      </c>
       <c r="D488">
-        <v>8261</v>
+        <v>2004</v>
       </c>
       <c r="E488"/>
-      <c r="F488" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F488"/>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" t="s">
-        <v>1462</v>
+        <v>1446</v>
       </c>
       <c r="B489" t="s">
-        <v>1251</v>
-[...5 lines deleted...]
-        <v>7311</v>
+        <v>435</v>
+      </c>
+      <c r="C489"/>
+      <c r="D489" t="s">
+        <v>1447</v>
       </c>
       <c r="E489"/>
-      <c r="F489" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F489"/>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" t="s">
-        <v>1464</v>
+        <v>1448</v>
       </c>
       <c r="B490" t="s">
-        <v>400</v>
+        <v>431</v>
       </c>
       <c r="C490"/>
-      <c r="D490">
-        <v>8823</v>
+      <c r="D490" t="s">
+        <v>1447</v>
       </c>
       <c r="E490"/>
       <c r="F490" t="s">
-        <v>1465</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" t="s">
-        <v>1466</v>
+        <v>1450</v>
       </c>
       <c r="B491" t="s">
-        <v>393</v>
+        <v>982</v>
       </c>
       <c r="C491"/>
-      <c r="D491">
-        <v>8261</v>
+      <c r="D491" t="s">
+        <v>1447</v>
       </c>
       <c r="E491"/>
       <c r="F491"/>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" t="s">
-        <v>1467</v>
+        <v>1451</v>
       </c>
       <c r="B492" t="s">
-        <v>1468</v>
-[...4 lines deleted...]
-      <c r="D492"/>
+        <v>1452</v>
+      </c>
+      <c r="C492"/>
+      <c r="D492">
+        <v>8069</v>
+      </c>
       <c r="E492"/>
       <c r="F492" t="s">
-        <v>1469</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" t="s">
-        <v>1470</v>
+        <v>1454</v>
       </c>
       <c r="B493" t="s">
-        <v>372</v>
-[...3 lines deleted...]
-        <v>8434</v>
+        <v>396</v>
+      </c>
+      <c r="C493">
+        <v>4456432</v>
+      </c>
+      <c r="D493" t="s">
+        <v>1455</v>
       </c>
       <c r="E493"/>
       <c r="F493" t="s">
-        <v>1471</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" t="s">
-        <v>1472</v>
+        <v>1457</v>
       </c>
       <c r="B494" t="s">
-        <v>375</v>
+        <v>1254</v>
       </c>
       <c r="C494">
-        <v>4448066</v>
+        <v>4448086</v>
       </c>
       <c r="D494">
-        <v>8066</v>
+        <v>8086</v>
       </c>
       <c r="E494"/>
       <c r="F494" t="s">
-        <v>1473</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" t="s">
-        <v>1474</v>
+        <v>1459</v>
       </c>
       <c r="B495" t="s">
-        <v>1475</v>
+        <v>1460</v>
       </c>
       <c r="C495"/>
       <c r="D495">
-        <v>8110</v>
+        <v>8261</v>
       </c>
       <c r="E495"/>
       <c r="F495" t="s">
-        <v>1476</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" t="s">
-        <v>1477</v>
+        <v>1462</v>
       </c>
       <c r="B496" t="s">
-        <v>1478</v>
-[...1 lines deleted...]
-      <c r="C496"/>
+        <v>1251</v>
+      </c>
+      <c r="C496">
+        <v>4427763</v>
+      </c>
       <c r="D496">
-        <v>8224</v>
+        <v>7311</v>
       </c>
       <c r="E496"/>
-      <c r="F496"/>
+      <c r="F496" t="s">
+        <v>1463</v>
+      </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" t="s">
-        <v>1479</v>
+        <v>1464</v>
       </c>
       <c r="B497" t="s">
-        <v>1480</v>
+        <v>400</v>
       </c>
       <c r="C497"/>
       <c r="D497">
-        <v>8224</v>
+        <v>8823</v>
       </c>
       <c r="E497"/>
       <c r="F497" t="s">
-        <v>1481</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" t="s">
-        <v>1482</v>
+        <v>1466</v>
       </c>
       <c r="B498" t="s">
-        <v>1483</v>
-[...5 lines deleted...]
-        <v>1373</v>
+        <v>393</v>
+      </c>
+      <c r="C498"/>
+      <c r="D498">
+        <v>8261</v>
       </c>
       <c r="E498"/>
-      <c r="F498" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F498"/>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" t="s">
-        <v>1485</v>
+        <v>1467</v>
       </c>
       <c r="B499" t="s">
-        <v>1486</v>
-[...6 lines deleted...]
-      </c>
+        <v>1468</v>
+      </c>
+      <c r="C499">
+        <v>4425872</v>
+      </c>
+      <c r="D499"/>
       <c r="E499"/>
       <c r="F499" t="s">
-        <v>1487</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" t="s">
-        <v>1488</v>
+        <v>1470</v>
       </c>
       <c r="B500" t="s">
-        <v>1489</v>
-[...4 lines deleted...]
-      <c r="D500"/>
+        <v>372</v>
+      </c>
+      <c r="C500"/>
+      <c r="D500">
+        <v>8434</v>
+      </c>
       <c r="E500"/>
       <c r="F500" t="s">
-        <v>1490</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" t="s">
-        <v>1491</v>
+        <v>1472</v>
       </c>
       <c r="B501" t="s">
-        <v>1492</v>
-[...4 lines deleted...]
-      <c r="D501"/>
+        <v>375</v>
+      </c>
+      <c r="C501">
+        <v>4448066</v>
+      </c>
+      <c r="D501">
+        <v>8066</v>
+      </c>
       <c r="E501"/>
-      <c r="F501"/>
+      <c r="F501" t="s">
+        <v>1473</v>
+      </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" t="s">
-        <v>1493</v>
+        <v>1474</v>
       </c>
       <c r="B502" t="s">
-        <v>1494</v>
-[...4 lines deleted...]
-      <c r="D502"/>
+        <v>1475</v>
+      </c>
+      <c r="C502"/>
+      <c r="D502">
+        <v>8110</v>
+      </c>
       <c r="E502"/>
       <c r="F502" t="s">
-        <v>1495</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" t="s">
-        <v>1496</v>
+        <v>1477</v>
       </c>
       <c r="B503" t="s">
-        <v>1497</v>
-[...4 lines deleted...]
-      <c r="D503"/>
+        <v>1478</v>
+      </c>
+      <c r="C503"/>
+      <c r="D503">
+        <v>8224</v>
+      </c>
       <c r="E503"/>
-      <c r="F503" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F503"/>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" t="s">
-        <v>1499</v>
+        <v>1479</v>
       </c>
       <c r="B504" t="s">
-        <v>1500</v>
-[...5 lines deleted...]
-        <v>1360</v>
+        <v>1480</v>
+      </c>
+      <c r="C504"/>
+      <c r="D504">
+        <v>8224</v>
       </c>
       <c r="E504"/>
       <c r="F504" t="s">
-        <v>1502</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" t="s">
-        <v>1503</v>
+        <v>1482</v>
       </c>
       <c r="B505" t="s">
-        <v>1504</v>
-[...4 lines deleted...]
-      <c r="D505"/>
+        <v>1483</v>
+      </c>
+      <c r="C505" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D505" t="s">
+        <v>1373</v>
+      </c>
       <c r="E505"/>
       <c r="F505" t="s">
-        <v>1505</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" t="s">
-        <v>1506</v>
+        <v>1485</v>
       </c>
       <c r="B506" t="s">
-        <v>1507</v>
-[...5 lines deleted...]
-        <v>6473</v>
+        <v>1486</v>
+      </c>
+      <c r="C506" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D506" t="s">
+        <v>1373</v>
       </c>
       <c r="E506"/>
       <c r="F506" t="s">
-        <v>1508</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" t="s">
-        <v>1509</v>
+        <v>1488</v>
       </c>
       <c r="B507" t="s">
-        <v>1510</v>
-[...1 lines deleted...]
-      <c r="C507"/>
+        <v>1489</v>
+      </c>
+      <c r="C507" t="s">
+        <v>955</v>
+      </c>
       <c r="D507"/>
-      <c r="E507" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E507"/>
       <c r="F507" t="s">
-        <v>1512</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" t="s">
-        <v>1513</v>
+        <v>1491</v>
       </c>
       <c r="B508" t="s">
-        <v>664</v>
-[...1 lines deleted...]
-      <c r="C508"/>
+        <v>1492</v>
+      </c>
+      <c r="C508" t="s">
+        <v>955</v>
+      </c>
       <c r="D508"/>
       <c r="E508"/>
-      <c r="F508" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F508"/>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" t="s">
-        <v>1515</v>
+        <v>1493</v>
       </c>
       <c r="B509" t="s">
-        <v>667</v>
-[...1 lines deleted...]
-      <c r="C509"/>
+        <v>1494</v>
+      </c>
+      <c r="C509" t="s">
+        <v>955</v>
+      </c>
       <c r="D509"/>
       <c r="E509"/>
       <c r="F509" t="s">
-        <v>1516</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" t="s">
-        <v>1517</v>
+        <v>1496</v>
       </c>
       <c r="B510" t="s">
-        <v>1518</v>
-[...1 lines deleted...]
-      <c r="C510"/>
+        <v>1497</v>
+      </c>
+      <c r="C510" t="s">
+        <v>955</v>
+      </c>
       <c r="D510"/>
       <c r="E510"/>
       <c r="F510" t="s">
-        <v>1519</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" t="s">
-        <v>1520</v>
+        <v>1499</v>
       </c>
       <c r="B511" t="s">
-        <v>1521</v>
-[...2 lines deleted...]
-      <c r="D511"/>
+        <v>1500</v>
+      </c>
+      <c r="C511" t="s">
+        <v>1501</v>
+      </c>
+      <c r="D511" t="s">
+        <v>1360</v>
+      </c>
       <c r="E511"/>
       <c r="F511" t="s">
-        <v>1522</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" t="s">
-        <v>1523</v>
+        <v>1503</v>
       </c>
       <c r="B512" t="s">
-        <v>1524</v>
-[...1 lines deleted...]
-      <c r="C512"/>
+        <v>1504</v>
+      </c>
+      <c r="C512">
+        <v>4466089</v>
+      </c>
       <c r="D512"/>
       <c r="E512"/>
-      <c r="F512"/>
+      <c r="F512" t="s">
+        <v>1505</v>
+      </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" t="s">
-        <v>1525</v>
+        <v>1506</v>
       </c>
       <c r="B513" t="s">
-        <v>1526</v>
-[...2 lines deleted...]
-      <c r="D513"/>
+        <v>1507</v>
+      </c>
+      <c r="C513">
+        <v>4456473</v>
+      </c>
+      <c r="D513">
+        <v>6473</v>
+      </c>
       <c r="E513"/>
       <c r="F513" t="s">
-        <v>1527</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" t="s">
-        <v>1528</v>
+        <v>1509</v>
       </c>
       <c r="B514" t="s">
-        <v>1529</v>
+        <v>1510</v>
       </c>
       <c r="C514"/>
       <c r="D514"/>
-      <c r="E514"/>
+      <c r="E514" t="s">
+        <v>1511</v>
+      </c>
       <c r="F514" t="s">
-        <v>1530</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" t="s">
-        <v>1531</v>
+        <v>1513</v>
       </c>
       <c r="B515" t="s">
-        <v>1532</v>
+        <v>664</v>
       </c>
       <c r="C515"/>
       <c r="D515"/>
       <c r="E515"/>
       <c r="F515" t="s">
-        <v>1533</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" t="s">
-        <v>1534</v>
+        <v>1515</v>
       </c>
       <c r="B516" t="s">
-        <v>1535</v>
+        <v>667</v>
       </c>
       <c r="C516"/>
       <c r="D516"/>
       <c r="E516"/>
       <c r="F516" t="s">
-        <v>1536</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" t="s">
-        <v>1537</v>
+        <v>1517</v>
       </c>
       <c r="B517" t="s">
-        <v>1538</v>
+        <v>1518</v>
       </c>
       <c r="C517"/>
       <c r="D517"/>
       <c r="E517"/>
       <c r="F517" t="s">
-        <v>1539</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" t="s">
-        <v>1540</v>
+        <v>1520</v>
       </c>
       <c r="B518" t="s">
-        <v>1541</v>
+        <v>1521</v>
       </c>
       <c r="C518"/>
       <c r="D518"/>
       <c r="E518"/>
-      <c r="F518"/>
+      <c r="F518" t="s">
+        <v>1522</v>
+      </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" t="s">
-        <v>1542</v>
+        <v>1523</v>
       </c>
       <c r="B519" t="s">
-        <v>1543</v>
-[...6 lines deleted...]
-      </c>
+        <v>1524</v>
+      </c>
+      <c r="C519"/>
+      <c r="D519"/>
       <c r="E519"/>
-      <c r="F519" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F519"/>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" t="s">
-        <v>1545</v>
+        <v>1525</v>
       </c>
       <c r="B520" t="s">
-        <v>1546</v>
+        <v>1526</v>
       </c>
       <c r="C520"/>
       <c r="D520"/>
       <c r="E520"/>
       <c r="F520" t="s">
-        <v>1547</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" t="s">
-        <v>1548</v>
+        <v>1528</v>
       </c>
       <c r="B521" t="s">
-        <v>1549</v>
+        <v>1529</v>
       </c>
       <c r="C521"/>
       <c r="D521"/>
       <c r="E521"/>
       <c r="F521" t="s">
-        <v>1550</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" t="s">
-        <v>1551</v>
+        <v>1531</v>
       </c>
       <c r="B522" t="s">
-        <v>1552</v>
+        <v>1532</v>
       </c>
       <c r="C522"/>
       <c r="D522"/>
       <c r="E522"/>
-      <c r="F522"/>
+      <c r="F522" t="s">
+        <v>1533</v>
+      </c>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" t="s">
-        <v>1553</v>
+        <v>1534</v>
       </c>
       <c r="B523" t="s">
-        <v>1554</v>
-[...9 lines deleted...]
-      </c>
+        <v>1535</v>
+      </c>
+      <c r="C523"/>
+      <c r="D523"/>
+      <c r="E523"/>
       <c r="F523" t="s">
-        <v>1557</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" t="s">
-        <v>1558</v>
+        <v>1537</v>
       </c>
       <c r="B524" t="s">
-        <v>1559</v>
+        <v>1538</v>
       </c>
       <c r="C524"/>
       <c r="D524"/>
       <c r="E524"/>
       <c r="F524" t="s">
-        <v>1560</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" t="s">
-        <v>1561</v>
+        <v>1540</v>
       </c>
       <c r="B525" t="s">
-        <v>1562</v>
+        <v>1541</v>
       </c>
       <c r="C525"/>
       <c r="D525"/>
       <c r="E525"/>
-      <c r="F525" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F525"/>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" t="s">
-        <v>1564</v>
+        <v>1542</v>
       </c>
       <c r="B526" t="s">
-        <v>1565</v>
-[...1 lines deleted...]
-      <c r="C526"/>
+        <v>1543</v>
+      </c>
+      <c r="C526">
+        <v>4448034</v>
+      </c>
       <c r="D526">
-        <v>7430</v>
+        <v>8034</v>
       </c>
       <c r="E526"/>
       <c r="F526" t="s">
-        <v>1566</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" t="s">
-        <v>1567</v>
+        <v>1545</v>
       </c>
       <c r="B527" t="s">
-        <v>1568</v>
+        <v>1546</v>
       </c>
       <c r="C527"/>
       <c r="D527"/>
       <c r="E527"/>
       <c r="F527" t="s">
-        <v>1569</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" t="s">
-        <v>1570</v>
+        <v>1548</v>
       </c>
       <c r="B528" t="s">
-        <v>1571</v>
+        <v>1549</v>
       </c>
       <c r="C528"/>
       <c r="D528"/>
       <c r="E528"/>
       <c r="F528" t="s">
-        <v>1572</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" t="s">
-        <v>1573</v>
+        <v>1551</v>
       </c>
       <c r="B529" t="s">
-        <v>1574</v>
+        <v>1552</v>
       </c>
       <c r="C529"/>
       <c r="D529"/>
       <c r="E529"/>
       <c r="F529"/>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" t="s">
-        <v>1575</v>
+        <v>1553</v>
       </c>
       <c r="B530" t="s">
-        <v>1576</v>
-[...3 lines deleted...]
-      <c r="E530"/>
+        <v>1554</v>
+      </c>
+      <c r="C530" t="s">
+        <v>1555</v>
+      </c>
+      <c r="D530">
+        <v>8062</v>
+      </c>
+      <c r="E530" t="s">
+        <v>1556</v>
+      </c>
       <c r="F530" t="s">
-        <v>1577</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" t="s">
-        <v>1578</v>
+        <v>1558</v>
       </c>
       <c r="B531" t="s">
-        <v>1579</v>
+        <v>1559</v>
       </c>
       <c r="C531"/>
       <c r="D531"/>
       <c r="E531"/>
-      <c r="F531"/>
+      <c r="F531" t="s">
+        <v>1560</v>
+      </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" t="s">
-        <v>1580</v>
+        <v>1561</v>
       </c>
       <c r="B532" t="s">
-        <v>1581</v>
+        <v>1562</v>
       </c>
       <c r="C532"/>
       <c r="D532"/>
       <c r="E532"/>
       <c r="F532" t="s">
-        <v>1582</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" t="s">
-        <v>1583</v>
+        <v>1564</v>
       </c>
       <c r="B533" t="s">
-        <v>1584</v>
+        <v>1565</v>
       </c>
       <c r="C533"/>
-      <c r="D533"/>
+      <c r="D533">
+        <v>7430</v>
+      </c>
       <c r="E533"/>
-      <c r="F533"/>
+      <c r="F533" t="s">
+        <v>1566</v>
+      </c>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" t="s">
-        <v>1585</v>
+        <v>1567</v>
       </c>
       <c r="B534" t="s">
-        <v>1143</v>
+        <v>1568</v>
       </c>
       <c r="C534"/>
       <c r="D534"/>
       <c r="E534"/>
       <c r="F534" t="s">
-        <v>1586</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" t="s">
-        <v>1587</v>
+        <v>1570</v>
       </c>
       <c r="B535" t="s">
-        <v>1588</v>
+        <v>1571</v>
       </c>
       <c r="C535"/>
       <c r="D535"/>
       <c r="E535"/>
       <c r="F535" t="s">
-        <v>1589</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" t="s">
-        <v>1590</v>
+        <v>1573</v>
       </c>
       <c r="B536" t="s">
-        <v>1591</v>
+        <v>1574</v>
       </c>
       <c r="C536"/>
       <c r="D536"/>
       <c r="E536"/>
-      <c r="F536" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F536"/>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" t="s">
-        <v>1592</v>
+        <v>1575</v>
       </c>
       <c r="B537" t="s">
-        <v>1593</v>
+        <v>1576</v>
       </c>
       <c r="C537"/>
       <c r="D537"/>
       <c r="E537"/>
       <c r="F537" t="s">
-        <v>1594</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" t="s">
-        <v>1595</v>
+        <v>1578</v>
       </c>
       <c r="B538" t="s">
-        <v>1596</v>
+        <v>1579</v>
       </c>
       <c r="C538"/>
       <c r="D538"/>
       <c r="E538"/>
       <c r="F538"/>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" t="s">
-        <v>1597</v>
+        <v>1580</v>
       </c>
       <c r="B539" t="s">
-        <v>1598</v>
+        <v>1581</v>
       </c>
       <c r="C539"/>
       <c r="D539"/>
-      <c r="E539" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E539"/>
       <c r="F539" t="s">
-        <v>1600</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" t="s">
-        <v>1601</v>
+        <v>1583</v>
       </c>
       <c r="B540" t="s">
-        <v>1602</v>
+        <v>1584</v>
       </c>
       <c r="C540"/>
       <c r="D540"/>
-      <c r="E540" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E540"/>
+      <c r="F540"/>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" t="s">
-        <v>1605</v>
+        <v>1585</v>
       </c>
       <c r="B541" t="s">
-        <v>1606</v>
+        <v>1143</v>
       </c>
       <c r="C541"/>
       <c r="D541"/>
-      <c r="E541" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E541"/>
       <c r="F541" t="s">
-        <v>1608</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" t="s">
-        <v>1609</v>
+        <v>1587</v>
       </c>
       <c r="B542" t="s">
-        <v>1610</v>
+        <v>1588</v>
       </c>
       <c r="C542"/>
       <c r="D542"/>
-      <c r="E542" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E542"/>
       <c r="F542" t="s">
-        <v>1544</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" t="s">
-        <v>1612</v>
+        <v>1590</v>
       </c>
       <c r="B543" t="s">
-        <v>1613</v>
+        <v>1591</v>
       </c>
       <c r="C543"/>
       <c r="D543"/>
-      <c r="E543" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E543"/>
       <c r="F543" t="s">
-        <v>1615</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" t="s">
-        <v>1616</v>
+        <v>1592</v>
       </c>
       <c r="B544" t="s">
-        <v>359</v>
+        <v>1593</v>
       </c>
       <c r="C544"/>
       <c r="D544"/>
       <c r="E544"/>
       <c r="F544" t="s">
-        <v>1617</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" t="s">
-        <v>1618</v>
+        <v>1595</v>
       </c>
       <c r="B545" t="s">
-        <v>1220</v>
+        <v>1596</v>
       </c>
       <c r="C545"/>
-      <c r="D545">
-[...1 lines deleted...]
-      </c>
+      <c r="D545"/>
       <c r="E545"/>
-      <c r="F545" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F545"/>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" t="s">
-        <v>1620</v>
+        <v>1597</v>
       </c>
       <c r="B546" t="s">
-        <v>1621</v>
+        <v>1598</v>
       </c>
       <c r="C546"/>
       <c r="D546"/>
-      <c r="E546"/>
-      <c r="F546"/>
+      <c r="E546" t="s">
+        <v>1599</v>
+      </c>
+      <c r="F546" t="s">
+        <v>1600</v>
+      </c>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" t="s">
-        <v>1622</v>
+        <v>1601</v>
       </c>
       <c r="B547" t="s">
-        <v>1623</v>
-[...3 lines deleted...]
-      </c>
+        <v>1602</v>
+      </c>
+      <c r="C547"/>
       <c r="D547"/>
-      <c r="E547"/>
+      <c r="E547" t="s">
+        <v>1603</v>
+      </c>
       <c r="F547" t="s">
-        <v>1624</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" t="s">
-        <v>1625</v>
+        <v>1605</v>
       </c>
       <c r="B548" t="s">
-        <v>1626</v>
+        <v>1606</v>
       </c>
       <c r="C548"/>
       <c r="D548"/>
-      <c r="E548"/>
+      <c r="E548" t="s">
+        <v>1607</v>
+      </c>
       <c r="F548" t="s">
-        <v>1627</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="549" spans="1:6">
       <c r="A549" t="s">
-        <v>1628</v>
+        <v>1609</v>
       </c>
       <c r="B549" t="s">
-        <v>1629</v>
+        <v>1610</v>
       </c>
       <c r="C549"/>
       <c r="D549"/>
-      <c r="E549"/>
+      <c r="E549" t="s">
+        <v>1611</v>
+      </c>
       <c r="F549" t="s">
-        <v>1630</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" t="s">
-        <v>1631</v>
+        <v>1612</v>
       </c>
       <c r="B550" t="s">
-        <v>1108</v>
-[...7 lines deleted...]
-      <c r="E550"/>
+        <v>1613</v>
+      </c>
+      <c r="C550"/>
+      <c r="D550"/>
+      <c r="E550" t="s">
+        <v>1614</v>
+      </c>
       <c r="F550" t="s">
-        <v>1632</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" t="s">
-        <v>1633</v>
+        <v>1616</v>
       </c>
       <c r="B551" t="s">
-        <v>1634</v>
-[...6 lines deleted...]
-      </c>
+        <v>359</v>
+      </c>
+      <c r="C551"/>
+      <c r="D551"/>
       <c r="E551"/>
-      <c r="F551"/>
+      <c r="F551" t="s">
+        <v>1617</v>
+      </c>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" t="s">
-        <v>1635</v>
+        <v>1618</v>
       </c>
       <c r="B552" t="s">
-        <v>1636</v>
-[...3 lines deleted...]
-      </c>
+        <v>1220</v>
+      </c>
+      <c r="C552"/>
       <c r="D552">
-        <v>105</v>
+        <v>7400</v>
       </c>
       <c r="E552"/>
       <c r="F552" t="s">
-        <v>1637</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" t="s">
-        <v>1638</v>
+        <v>1620</v>
       </c>
       <c r="B553" t="s">
-        <v>1639</v>
-[...6 lines deleted...]
-      </c>
+        <v>1621</v>
+      </c>
+      <c r="C553"/>
+      <c r="D553"/>
       <c r="E553"/>
       <c r="F553"/>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" t="s">
-        <v>1640</v>
+        <v>1622</v>
       </c>
       <c r="B554" t="s">
-        <v>1641</v>
+        <v>1623</v>
       </c>
       <c r="C554">
-        <v>4426481</v>
+        <v>4456769</v>
       </c>
       <c r="D554"/>
       <c r="E554"/>
-      <c r="F554"/>
+      <c r="F554" t="s">
+        <v>1624</v>
+      </c>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" t="s">
-        <v>1642</v>
+        <v>1625</v>
       </c>
       <c r="B555" t="s">
-        <v>1643</v>
-[...3 lines deleted...]
-      </c>
+        <v>1626</v>
+      </c>
+      <c r="C555"/>
       <c r="D555"/>
       <c r="E555"/>
-      <c r="F555"/>
+      <c r="F555" t="s">
+        <v>1627</v>
+      </c>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" t="s">
-        <v>1644</v>
+        <v>1628</v>
       </c>
       <c r="B556" t="s">
-        <v>1645</v>
-[...3 lines deleted...]
-      </c>
+        <v>1629</v>
+      </c>
+      <c r="C556"/>
       <c r="D556"/>
       <c r="E556"/>
-      <c r="F556"/>
+      <c r="F556" t="s">
+        <v>1630</v>
+      </c>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" t="s">
-        <v>1646</v>
+        <v>1631</v>
       </c>
       <c r="B557" t="s">
-        <v>1647</v>
+        <v>1108</v>
       </c>
       <c r="C557">
-        <v>4453515</v>
-[...1 lines deleted...]
-      <c r="D557"/>
+        <v>4448077</v>
+      </c>
+      <c r="D557">
+        <v>8077</v>
+      </c>
       <c r="E557"/>
-      <c r="F557"/>
+      <c r="F557" t="s">
+        <v>1632</v>
+      </c>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" t="s">
-        <v>1648</v>
+        <v>1633</v>
       </c>
       <c r="B558" t="s">
-        <v>1649</v>
+        <v>1634</v>
       </c>
       <c r="C558">
-        <v>4453499</v>
-[...1 lines deleted...]
-      <c r="D558"/>
+        <v>4451940</v>
+      </c>
+      <c r="D558">
+        <v>104</v>
+      </c>
       <c r="E558"/>
       <c r="F558"/>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" t="s">
-        <v>1650</v>
+        <v>1635</v>
       </c>
       <c r="B559" t="s">
-        <v>1651</v>
+        <v>1636</v>
       </c>
       <c r="C559">
-        <v>4456700</v>
+        <v>4451940</v>
       </c>
       <c r="D559">
-        <v>1333</v>
+        <v>105</v>
       </c>
       <c r="E559"/>
-      <c r="F559"/>
+      <c r="F559" t="s">
+        <v>1637</v>
+      </c>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" t="s">
-        <v>1652</v>
+        <v>1638</v>
       </c>
       <c r="B560" t="s">
-        <v>1653</v>
-[...4 lines deleted...]
-      <c r="D560"/>
+        <v>1639</v>
+      </c>
+      <c r="C560">
+        <v>4451940</v>
+      </c>
+      <c r="D560">
+        <v>100</v>
+      </c>
       <c r="E560"/>
       <c r="F560"/>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" t="s">
-        <v>1654</v>
+        <v>1640</v>
       </c>
       <c r="B561" t="s">
-        <v>1655</v>
-[...2 lines deleted...]
-        <v>955</v>
+        <v>1641</v>
+      </c>
+      <c r="C561">
+        <v>4426481</v>
       </c>
       <c r="D561"/>
       <c r="E561"/>
       <c r="F561"/>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" t="s">
-        <v>1656</v>
+        <v>1642</v>
       </c>
       <c r="B562" t="s">
-        <v>379</v>
+        <v>1643</v>
       </c>
       <c r="C562">
-        <v>4448078</v>
-[...3 lines deleted...]
-      </c>
+        <v>4426481</v>
+      </c>
+      <c r="D562"/>
       <c r="E562"/>
-      <c r="F562" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F562"/>
     </row>
     <row r="563" spans="1:6">
       <c r="A563" t="s">
-        <v>1658</v>
+        <v>1644</v>
       </c>
       <c r="B563" t="s">
-        <v>396</v>
-[...4 lines deleted...]
-      </c>
+        <v>1645</v>
+      </c>
+      <c r="C563">
+        <v>4453517</v>
+      </c>
+      <c r="D563"/>
       <c r="E563"/>
-      <c r="F563" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F563"/>
     </row>
     <row r="564" spans="1:6">
       <c r="A564" t="s">
-        <v>1660</v>
+        <v>1646</v>
       </c>
       <c r="B564" t="s">
-        <v>400</v>
-[...4 lines deleted...]
-      </c>
+        <v>1647</v>
+      </c>
+      <c r="C564">
+        <v>4453515</v>
+      </c>
+      <c r="D564"/>
       <c r="E564"/>
-      <c r="F564" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F564"/>
     </row>
     <row r="565" spans="1:6">
       <c r="A565" t="s">
-        <v>1662</v>
+        <v>1648</v>
       </c>
       <c r="B565" t="s">
-        <v>505</v>
+        <v>1649</v>
       </c>
       <c r="C565">
-        <v>4456414</v>
-[...3 lines deleted...]
-      </c>
+        <v>4453499</v>
+      </c>
+      <c r="D565"/>
       <c r="E565"/>
-      <c r="F565" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F565"/>
     </row>
     <row r="566" spans="1:6">
       <c r="A566" t="s">
-        <v>1664</v>
+        <v>1650</v>
       </c>
       <c r="B566" t="s">
-        <v>393</v>
-[...2 lines deleted...]
-        <v>955</v>
+        <v>1651</v>
+      </c>
+      <c r="C566">
+        <v>4456700</v>
       </c>
       <c r="D566">
-        <v>8413</v>
+        <v>1333</v>
       </c>
       <c r="E566"/>
-      <c r="F566" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F566"/>
     </row>
     <row r="567" spans="1:6">
       <c r="A567" t="s">
-        <v>1666</v>
+        <v>1652</v>
       </c>
       <c r="B567" t="s">
-        <v>1254</v>
-[...6 lines deleted...]
-      </c>
+        <v>1653</v>
+      </c>
+      <c r="C567" t="s">
+        <v>955</v>
+      </c>
+      <c r="D567"/>
       <c r="E567"/>
-      <c r="F567" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F567"/>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" t="s">
-        <v>1668</v>
+        <v>1654</v>
       </c>
       <c r="B568" t="s">
-        <v>1669</v>
-[...6 lines deleted...]
-      </c>
+        <v>1655</v>
+      </c>
+      <c r="C568" t="s">
+        <v>955</v>
+      </c>
+      <c r="D568"/>
       <c r="E568"/>
-      <c r="F568" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F568"/>
     </row>
     <row r="569" spans="1:6">
       <c r="A569" t="s">
-        <v>1671</v>
+        <v>1656</v>
       </c>
       <c r="B569" t="s">
-        <v>1672</v>
+        <v>379</v>
       </c>
       <c r="C569">
-        <v>4453053</v>
-[...1 lines deleted...]
-      <c r="D569"/>
+        <v>4448078</v>
+      </c>
+      <c r="D569">
+        <v>8078</v>
+      </c>
       <c r="E569"/>
       <c r="F569" t="s">
-        <v>1673</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="570" spans="1:6">
       <c r="A570" t="s">
-        <v>1674</v>
+        <v>1658</v>
       </c>
       <c r="B570" t="s">
-        <v>1675</v>
-[...4 lines deleted...]
-      <c r="D570"/>
+        <v>396</v>
+      </c>
+      <c r="C570"/>
+      <c r="D570">
+        <v>8832</v>
+      </c>
       <c r="E570"/>
-      <c r="F570"/>
+      <c r="F570" t="s">
+        <v>1659</v>
+      </c>
     </row>
     <row r="571" spans="1:6">
       <c r="A571" t="s">
-        <v>1676</v>
+        <v>1660</v>
       </c>
       <c r="B571" t="s">
-        <v>1677</v>
-[...4 lines deleted...]
-      <c r="D571"/>
+        <v>400</v>
+      </c>
+      <c r="C571"/>
+      <c r="D571">
+        <v>7400</v>
+      </c>
       <c r="E571"/>
       <c r="F571" t="s">
-        <v>1678</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="572" spans="1:6">
       <c r="A572" t="s">
-        <v>1679</v>
+        <v>1662</v>
       </c>
       <c r="B572" t="s">
-        <v>1680</v>
-[...4 lines deleted...]
-      <c r="D572"/>
+        <v>505</v>
+      </c>
+      <c r="C572">
+        <v>4456414</v>
+      </c>
+      <c r="D572">
+        <v>6414</v>
+      </c>
       <c r="E572"/>
       <c r="F572" t="s">
-        <v>1681</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="573" spans="1:6">
       <c r="A573" t="s">
-        <v>1682</v>
+        <v>1664</v>
       </c>
       <c r="B573" t="s">
-        <v>1683</v>
-[...2 lines deleted...]
-        <v>4452642</v>
+        <v>393</v>
+      </c>
+      <c r="C573" t="s">
+        <v>955</v>
       </c>
       <c r="D573">
-        <v>1818</v>
+        <v>8413</v>
       </c>
       <c r="E573"/>
-      <c r="F573"/>
+      <c r="F573" t="s">
+        <v>1665</v>
+      </c>
     </row>
     <row r="574" spans="1:6">
       <c r="A574" t="s">
-        <v>1684</v>
+        <v>1666</v>
       </c>
       <c r="B574" t="s">
-        <v>1685</v>
+        <v>1254</v>
       </c>
       <c r="C574">
-        <v>4437454</v>
-[...1 lines deleted...]
-      <c r="D574"/>
+        <v>448407</v>
+      </c>
+      <c r="D574">
+        <v>8407</v>
+      </c>
       <c r="E574"/>
-      <c r="F574"/>
+      <c r="F574" t="s">
+        <v>1667</v>
+      </c>
     </row>
     <row r="575" spans="1:6">
       <c r="A575" t="s">
-        <v>1686</v>
+        <v>1668</v>
       </c>
       <c r="B575" t="s">
-        <v>431</v>
-[...4 lines deleted...]
-      <c r="D575"/>
+        <v>1669</v>
+      </c>
+      <c r="C575">
+        <v>4456414</v>
+      </c>
+      <c r="D575">
+        <v>6414</v>
+      </c>
       <c r="E575"/>
       <c r="F575" t="s">
-        <v>1687</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="576" spans="1:6">
       <c r="A576" t="s">
-        <v>1688</v>
+        <v>1671</v>
       </c>
       <c r="B576" t="s">
-        <v>982</v>
-[...2 lines deleted...]
-        <v>955</v>
+        <v>1672</v>
+      </c>
+      <c r="C576">
+        <v>4453053</v>
       </c>
       <c r="D576"/>
       <c r="E576"/>
       <c r="F576" t="s">
-        <v>1689</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="577" spans="1:6">
       <c r="A577" t="s">
-        <v>1690</v>
+        <v>1674</v>
       </c>
       <c r="B577" t="s">
-        <v>435</v>
-[...2 lines deleted...]
-        <v>955</v>
+        <v>1675</v>
+      </c>
+      <c r="C577">
+        <v>4453053</v>
       </c>
       <c r="D577"/>
       <c r="E577"/>
-      <c r="F577" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F577"/>
     </row>
     <row r="578" spans="1:6">
       <c r="A578" t="s">
-        <v>1692</v>
+        <v>1676</v>
       </c>
       <c r="B578" t="s">
-        <v>1693</v>
-[...9 lines deleted...]
-      </c>
+        <v>1677</v>
+      </c>
+      <c r="C578" t="s">
+        <v>955</v>
+      </c>
+      <c r="D578"/>
+      <c r="E578"/>
       <c r="F578" t="s">
-        <v>1696</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="579" spans="1:6">
       <c r="A579" t="s">
-        <v>1697</v>
+        <v>1679</v>
       </c>
       <c r="B579" t="s">
-        <v>1698</v>
+        <v>1680</v>
       </c>
       <c r="C579" t="s">
         <v>955</v>
       </c>
       <c r="D579"/>
       <c r="E579"/>
       <c r="F579" t="s">
         <v>1681</v>
       </c>
     </row>
     <row r="580" spans="1:6">
       <c r="A580" t="s">
-        <v>1699</v>
+        <v>1682</v>
       </c>
       <c r="B580" t="s">
-        <v>1700</v>
+        <v>1683</v>
       </c>
       <c r="C580">
-        <v>4452588</v>
-[...1 lines deleted...]
-      <c r="D580"/>
+        <v>4452642</v>
+      </c>
+      <c r="D580">
+        <v>1818</v>
+      </c>
       <c r="E580"/>
-      <c r="F580" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F580"/>
     </row>
     <row r="581" spans="1:6">
       <c r="A581" t="s">
-        <v>1702</v>
+        <v>1684</v>
       </c>
       <c r="B581" t="s">
-        <v>1703</v>
+        <v>1685</v>
       </c>
       <c r="C581">
-        <v>4451940</v>
-[...3 lines deleted...]
-      </c>
+        <v>4437454</v>
+      </c>
+      <c r="D581"/>
       <c r="E581"/>
-      <c r="F581" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F581"/>
     </row>
     <row r="582" spans="1:6">
       <c r="A582" t="s">
-        <v>1705</v>
+        <v>1686</v>
       </c>
       <c r="B582" t="s">
-        <v>1706</v>
-[...1 lines deleted...]
-      <c r="C582"/>
+        <v>431</v>
+      </c>
+      <c r="C582" t="s">
+        <v>955</v>
+      </c>
       <c r="D582"/>
       <c r="E582"/>
       <c r="F582" t="s">
-        <v>1707</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="583" spans="1:6">
       <c r="A583" t="s">
-        <v>1708</v>
+        <v>1688</v>
       </c>
       <c r="B583" t="s">
-        <v>1709</v>
-[...2 lines deleted...]
-        <v>4474080</v>
+        <v>982</v>
+      </c>
+      <c r="C583" t="s">
+        <v>955</v>
       </c>
       <c r="D583"/>
       <c r="E583"/>
-      <c r="F583"/>
+      <c r="F583" t="s">
+        <v>1689</v>
+      </c>
     </row>
     <row r="584" spans="1:6">
       <c r="A584" t="s">
-        <v>1710</v>
+        <v>1690</v>
       </c>
       <c r="B584" t="s">
-        <v>1711</v>
-[...2 lines deleted...]
-        <v>4453536</v>
+        <v>435</v>
+      </c>
+      <c r="C584" t="s">
+        <v>955</v>
       </c>
       <c r="D584"/>
       <c r="E584"/>
-      <c r="F584"/>
+      <c r="F584" t="s">
+        <v>1691</v>
+      </c>
     </row>
     <row r="585" spans="1:6">
       <c r="A585" t="s">
-        <v>1712</v>
+        <v>1692</v>
       </c>
       <c r="B585" t="s">
-        <v>1713</v>
-[...5 lines deleted...]
-      <c r="E585"/>
+        <v>1693</v>
+      </c>
+      <c r="C585">
+        <v>4448028</v>
+      </c>
+      <c r="D585" t="s">
+        <v>1694</v>
+      </c>
+      <c r="E585" t="s">
+        <v>1695</v>
+      </c>
       <c r="F585" t="s">
-        <v>1714</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="586" spans="1:6">
       <c r="A586" t="s">
-        <v>1715</v>
+        <v>1697</v>
       </c>
       <c r="B586" t="s">
-        <v>1716</v>
-[...1 lines deleted...]
-      <c r="C586"/>
+        <v>1698</v>
+      </c>
+      <c r="C586" t="s">
+        <v>955</v>
+      </c>
       <c r="D586"/>
       <c r="E586"/>
       <c r="F586" t="s">
-        <v>1717</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="587" spans="1:6">
       <c r="A587" t="s">
-        <v>1718</v>
+        <v>1699</v>
       </c>
       <c r="B587" t="s">
-        <v>1719</v>
+        <v>1700</v>
       </c>
       <c r="C587">
-        <v>4453725</v>
+        <v>4452588</v>
       </c>
       <c r="D587"/>
       <c r="E587"/>
       <c r="F587" t="s">
-        <v>1720</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="588" spans="1:6">
       <c r="A588" t="s">
-        <v>1721</v>
+        <v>1702</v>
       </c>
       <c r="B588" t="s">
-        <v>1722</v>
-[...5 lines deleted...]
-        <v>1723</v>
+        <v>1703</v>
+      </c>
+      <c r="C588">
+        <v>4451940</v>
+      </c>
+      <c r="D588">
+        <v>101</v>
       </c>
       <c r="E588"/>
       <c r="F588" t="s">
-        <v>1724</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="589" spans="1:6">
       <c r="A589" t="s">
-        <v>1725</v>
+        <v>1705</v>
       </c>
       <c r="B589" t="s">
-        <v>1726</v>
-[...3 lines deleted...]
-      </c>
+        <v>1706</v>
+      </c>
+      <c r="C589"/>
       <c r="D589"/>
       <c r="E589"/>
       <c r="F589" t="s">
-        <v>1727</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="590" spans="1:6">
       <c r="A590" t="s">
-        <v>1728</v>
+        <v>1708</v>
       </c>
       <c r="B590" t="s">
-        <v>1729</v>
+        <v>1709</v>
       </c>
       <c r="C590">
-        <v>4453497</v>
+        <v>4474080</v>
       </c>
       <c r="D590"/>
       <c r="E590"/>
       <c r="F590"/>
     </row>
     <row r="591" spans="1:6">
       <c r="A591" t="s">
-        <v>1730</v>
+        <v>1710</v>
       </c>
       <c r="B591" t="s">
-        <v>606</v>
+        <v>1711</v>
       </c>
       <c r="C591">
-        <v>4421975</v>
-[...3 lines deleted...]
-      </c>
+        <v>4453536</v>
+      </c>
+      <c r="D591"/>
       <c r="E591"/>
-      <c r="F591" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F591"/>
     </row>
     <row r="592" spans="1:6">
       <c r="A592" t="s">
-        <v>1732</v>
+        <v>1712</v>
       </c>
       <c r="B592" t="s">
-        <v>309</v>
-[...6 lines deleted...]
-      </c>
+        <v>1713</v>
+      </c>
+      <c r="C592" t="s">
+        <v>955</v>
+      </c>
+      <c r="D592"/>
       <c r="E592"/>
       <c r="F592" t="s">
-        <v>1733</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="593" spans="1:6">
       <c r="A593" t="s">
-        <v>1734</v>
+        <v>1715</v>
       </c>
       <c r="B593" t="s">
-        <v>1735</v>
-[...3 lines deleted...]
-      </c>
+        <v>1716</v>
+      </c>
+      <c r="C593"/>
       <c r="D593"/>
       <c r="E593"/>
       <c r="F593" t="s">
-        <v>1736</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="594" spans="1:6">
       <c r="A594" t="s">
-        <v>1737</v>
+        <v>1718</v>
       </c>
       <c r="B594" t="s">
-        <v>1738</v>
+        <v>1719</v>
       </c>
       <c r="C594">
-        <v>4453516</v>
+        <v>4453725</v>
       </c>
       <c r="D594"/>
-      <c r="E594" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E594"/>
       <c r="F594" t="s">
-        <v>1740</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="595" spans="1:6">
       <c r="A595" t="s">
-        <v>1741</v>
+        <v>1721</v>
       </c>
       <c r="B595" t="s">
-        <v>1742</v>
+        <v>1722</v>
       </c>
       <c r="C595" t="s">
-        <v>1743</v>
-[...1 lines deleted...]
-      <c r="D595"/>
+        <v>955</v>
+      </c>
+      <c r="D595" t="s">
+        <v>1723</v>
+      </c>
       <c r="E595"/>
       <c r="F595" t="s">
-        <v>1744</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="596" spans="1:6">
       <c r="A596" t="s">
-        <v>1745</v>
+        <v>1725</v>
       </c>
       <c r="B596" t="s">
-        <v>1746</v>
-[...1 lines deleted...]
-      <c r="C596"/>
+        <v>1726</v>
+      </c>
+      <c r="C596">
+        <v>4453053</v>
+      </c>
       <c r="D596"/>
       <c r="E596"/>
       <c r="F596" t="s">
-        <v>1747</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="597" spans="1:6">
       <c r="A597" t="s">
-        <v>1748</v>
+        <v>1728</v>
       </c>
       <c r="B597" t="s">
-        <v>1749</v>
+        <v>1729</v>
       </c>
       <c r="C597">
-        <v>4426481</v>
+        <v>4453497</v>
       </c>
       <c r="D597"/>
       <c r="E597"/>
       <c r="F597"/>
     </row>
     <row r="598" spans="1:6">
       <c r="A598" t="s">
-        <v>1750</v>
+        <v>1730</v>
       </c>
       <c r="B598" t="s">
-        <v>1751</v>
-[...2 lines deleted...]
-      <c r="D598"/>
+        <v>606</v>
+      </c>
+      <c r="C598">
+        <v>4421975</v>
+      </c>
+      <c r="D598">
+        <v>8626</v>
+      </c>
       <c r="E598"/>
-      <c r="F598"/>
+      <c r="F598" t="s">
+        <v>1731</v>
+      </c>
     </row>
     <row r="599" spans="1:6">
       <c r="A599" t="s">
-        <v>1752</v>
+        <v>1732</v>
       </c>
       <c r="B599" t="s">
-        <v>1753</v>
-[...5 lines deleted...]
-      </c>
+        <v>309</v>
+      </c>
+      <c r="C599">
+        <v>4448080</v>
+      </c>
+      <c r="D599">
+        <v>8080</v>
+      </c>
+      <c r="E599"/>
       <c r="F599" t="s">
-        <v>1755</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="600" spans="1:6">
       <c r="A600" t="s">
-        <v>1756</v>
+        <v>1734</v>
       </c>
       <c r="B600" t="s">
-        <v>1757</v>
+        <v>1735</v>
       </c>
       <c r="C600">
-        <v>4448078</v>
-[...6 lines deleted...]
-      </c>
+        <v>4437454</v>
+      </c>
+      <c r="D600"/>
+      <c r="E600"/>
       <c r="F600" t="s">
-        <v>1759</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" t="s">
-        <v>1760</v>
+        <v>1737</v>
       </c>
       <c r="B601" t="s">
-        <v>1761</v>
+        <v>1738</v>
       </c>
       <c r="C601">
-        <v>4456700</v>
-[...3 lines deleted...]
-      </c>
+        <v>4453516</v>
+      </c>
+      <c r="D601"/>
       <c r="E601" t="s">
-        <v>1763</v>
+        <v>1739</v>
       </c>
       <c r="F601" t="s">
-        <v>1764</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" t="s">
-        <v>1765</v>
+        <v>1741</v>
       </c>
       <c r="B602" t="s">
-        <v>1766</v>
-[...6 lines deleted...]
-      </c>
+        <v>1742</v>
+      </c>
+      <c r="C602" t="s">
+        <v>1743</v>
+      </c>
+      <c r="D602"/>
       <c r="E602"/>
       <c r="F602" t="s">
-        <v>1767</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" t="s">
-        <v>1768</v>
+        <v>1745</v>
       </c>
       <c r="B603" t="s">
-        <v>1769</v>
-[...6 lines deleted...]
-      </c>
+        <v>1746</v>
+      </c>
+      <c r="C603"/>
+      <c r="D603"/>
       <c r="E603"/>
       <c r="F603" t="s">
-        <v>1770</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="604" spans="1:6">
       <c r="A604" t="s">
-        <v>1771</v>
+        <v>1748</v>
       </c>
       <c r="B604" t="s">
-        <v>1772</v>
+        <v>1749</v>
       </c>
       <c r="C604">
-        <v>4452635</v>
+        <v>4426481</v>
       </c>
       <c r="D604"/>
       <c r="E604"/>
-      <c r="F604" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F604"/>
     </row>
     <row r="605" spans="1:6">
       <c r="A605" t="s">
-        <v>1774</v>
+        <v>1750</v>
       </c>
       <c r="B605" t="s">
-        <v>1775</v>
-[...3 lines deleted...]
-      </c>
+        <v>1751</v>
+      </c>
+      <c r="C605"/>
       <c r="D605"/>
       <c r="E605"/>
       <c r="F605"/>
     </row>
     <row r="606" spans="1:6">
       <c r="A606" t="s">
-        <v>1776</v>
+        <v>1752</v>
       </c>
       <c r="B606" t="s">
-        <v>1777</v>
-[...7 lines deleted...]
-      <c r="E606"/>
+        <v>1753</v>
+      </c>
+      <c r="C606"/>
+      <c r="D606"/>
+      <c r="E606" t="s">
+        <v>1754</v>
+      </c>
       <c r="F606" t="s">
-        <v>1779</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" t="s">
-        <v>1780</v>
+        <v>1756</v>
       </c>
       <c r="B607" t="s">
-        <v>1781</v>
-[...3 lines deleted...]
-      <c r="E607"/>
+        <v>1757</v>
+      </c>
+      <c r="C607">
+        <v>4448078</v>
+      </c>
+      <c r="D607">
+        <v>8078</v>
+      </c>
+      <c r="E607" t="s">
+        <v>1758</v>
+      </c>
       <c r="F607" t="s">
-        <v>1782</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" t="s">
-        <v>1783</v>
+        <v>1760</v>
       </c>
       <c r="B608" t="s">
-        <v>445</v>
-[...3 lines deleted...]
-      <c r="E608"/>
+        <v>1761</v>
+      </c>
+      <c r="C608">
+        <v>4456700</v>
+      </c>
+      <c r="D608" t="s">
+        <v>1762</v>
+      </c>
+      <c r="E608" t="s">
+        <v>1763</v>
+      </c>
       <c r="F608" t="s">
-        <v>1784</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="609" spans="1:6">
       <c r="A609" t="s">
-        <v>1785</v>
+        <v>1765</v>
       </c>
       <c r="B609" t="s">
-        <v>1786</v>
-[...4 lines deleted...]
-      <c r="D609"/>
+        <v>1766</v>
+      </c>
+      <c r="C609">
+        <v>4456790</v>
+      </c>
+      <c r="D609">
+        <v>1609</v>
+      </c>
       <c r="E609"/>
       <c r="F609" t="s">
-        <v>1787</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="610" spans="1:6">
       <c r="A610" t="s">
-        <v>1788</v>
+        <v>1768</v>
       </c>
       <c r="B610" t="s">
-        <v>1789</v>
+        <v>1769</v>
       </c>
       <c r="C610">
-        <v>4452644</v>
-[...1 lines deleted...]
-      <c r="D610"/>
+        <v>4456411</v>
+      </c>
+      <c r="D610">
+        <v>6411</v>
+      </c>
       <c r="E610"/>
-      <c r="F610"/>
+      <c r="F610" t="s">
+        <v>1770</v>
+      </c>
     </row>
     <row r="611" spans="1:6">
       <c r="A611" t="s">
-        <v>1790</v>
+        <v>1771</v>
       </c>
       <c r="B611" t="s">
-        <v>1791</v>
+        <v>1772</v>
       </c>
       <c r="C611">
-        <v>4452928</v>
+        <v>4452635</v>
       </c>
       <c r="D611"/>
       <c r="E611"/>
-      <c r="F611"/>
+      <c r="F611" t="s">
+        <v>1773</v>
+      </c>
     </row>
     <row r="612" spans="1:6">
       <c r="A612" t="s">
-        <v>1792</v>
+        <v>1774</v>
       </c>
       <c r="B612" t="s">
-        <v>1793</v>
+        <v>1775</v>
       </c>
       <c r="C612">
-        <v>4456414</v>
-[...3 lines deleted...]
-      </c>
+        <v>4456748</v>
+      </c>
+      <c r="D612"/>
       <c r="E612"/>
       <c r="F612"/>
     </row>
     <row r="613" spans="1:6">
       <c r="A613" t="s">
-        <v>1794</v>
+        <v>1776</v>
       </c>
       <c r="B613" t="s">
-        <v>1795</v>
-[...4 lines deleted...]
-      <c r="D613"/>
+        <v>1777</v>
+      </c>
+      <c r="C613">
+        <v>4456700</v>
+      </c>
+      <c r="D613" t="s">
+        <v>1778</v>
+      </c>
       <c r="E613"/>
-      <c r="F613"/>
+      <c r="F613" t="s">
+        <v>1779</v>
+      </c>
     </row>
     <row r="614" spans="1:6">
       <c r="A614" t="s">
-        <v>1796</v>
+        <v>1780</v>
       </c>
       <c r="B614" t="s">
-        <v>1797</v>
-[...3 lines deleted...]
-      </c>
+        <v>1781</v>
+      </c>
+      <c r="C614"/>
       <c r="D614"/>
       <c r="E614"/>
       <c r="F614" t="s">
-        <v>1799</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="615" spans="1:6">
       <c r="A615" t="s">
-        <v>1800</v>
+        <v>1783</v>
       </c>
       <c r="B615" t="s">
-        <v>1801</v>
+        <v>445</v>
       </c>
       <c r="C615"/>
       <c r="D615"/>
-      <c r="E615" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E615"/>
       <c r="F615" t="s">
-        <v>1803</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="616" spans="1:6">
       <c r="A616" t="s">
-        <v>1804</v>
+        <v>1785</v>
       </c>
       <c r="B616" t="s">
-        <v>1805</v>
-[...1 lines deleted...]
-      <c r="C616"/>
+        <v>1786</v>
+      </c>
+      <c r="C616" t="s">
+        <v>955</v>
+      </c>
       <c r="D616"/>
-      <c r="E616" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E616"/>
       <c r="F616" t="s">
-        <v>1807</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="617" spans="1:6">
       <c r="A617" t="s">
-        <v>1808</v>
+        <v>1788</v>
       </c>
       <c r="B617" t="s">
-        <v>1809</v>
-[...1 lines deleted...]
-      <c r="C617"/>
+        <v>1789</v>
+      </c>
+      <c r="C617">
+        <v>4452644</v>
+      </c>
       <c r="D617"/>
-      <c r="E617" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E617"/>
+      <c r="F617"/>
     </row>
     <row r="618" spans="1:6">
-      <c r="A618"/>
+      <c r="A618" t="s">
+        <v>1790</v>
+      </c>
       <c r="B618" t="s">
-        <v>1812</v>
-[...1 lines deleted...]
-      <c r="C618"/>
+        <v>1791</v>
+      </c>
+      <c r="C618">
+        <v>4452928</v>
+      </c>
       <c r="D618"/>
       <c r="E618"/>
       <c r="F618"/>
     </row>
     <row r="619" spans="1:6">
       <c r="A619" t="s">
-        <v>1813</v>
+        <v>1792</v>
       </c>
       <c r="B619" t="s">
-        <v>1814</v>
-[...2 lines deleted...]
-        <v>1815</v>
+        <v>1793</v>
+      </c>
+      <c r="C619">
+        <v>4456414</v>
       </c>
       <c r="D619">
-        <v>4452906</v>
-[...6 lines deleted...]
-      </c>
+        <v>6414</v>
+      </c>
+      <c r="E619"/>
+      <c r="F619"/>
     </row>
     <row r="620" spans="1:6">
       <c r="A620" t="s">
-        <v>1813</v>
+        <v>1794</v>
       </c>
       <c r="B620" t="s">
-        <v>1818</v>
-[...1 lines deleted...]
-      <c r="C620"/>
+        <v>1795</v>
+      </c>
+      <c r="C620" t="s">
+        <v>955</v>
+      </c>
       <c r="D620"/>
       <c r="E620"/>
-      <c r="F620" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F620"/>
     </row>
     <row r="621" spans="1:6">
       <c r="A621" t="s">
-        <v>1813</v>
+        <v>1796</v>
       </c>
       <c r="B621" t="s">
-        <v>1820</v>
-[...1 lines deleted...]
-      <c r="C621"/>
+        <v>1797</v>
+      </c>
+      <c r="C621" t="s">
+        <v>1798</v>
+      </c>
       <c r="D621"/>
       <c r="E621"/>
       <c r="F621" t="s">
-        <v>1821</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="622" spans="1:6">
       <c r="A622" t="s">
-        <v>1813</v>
+        <v>1800</v>
       </c>
       <c r="B622" t="s">
-        <v>1822</v>
+        <v>1801</v>
       </c>
       <c r="C622"/>
       <c r="D622"/>
-      <c r="E622"/>
+      <c r="E622" t="s">
+        <v>1802</v>
+      </c>
       <c r="F622" t="s">
-        <v>1823</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="623" spans="1:6">
       <c r="A623" t="s">
-        <v>1813</v>
+        <v>1804</v>
       </c>
       <c r="B623" t="s">
-        <v>1822</v>
+        <v>1805</v>
       </c>
       <c r="C623"/>
       <c r="D623"/>
-      <c r="E623"/>
+      <c r="E623" t="s">
+        <v>1806</v>
+      </c>
       <c r="F623" t="s">
-        <v>1824</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="624" spans="1:6">
       <c r="A624" t="s">
-        <v>1825</v>
+        <v>1808</v>
       </c>
       <c r="B624" t="s">
-        <v>1826</v>
+        <v>1809</v>
       </c>
       <c r="C624"/>
       <c r="D624"/>
       <c r="E624" t="s">
-        <v>1827</v>
+        <v>1810</v>
       </c>
       <c r="F624" t="s">
-        <v>1828</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="625" spans="1:6">
-      <c r="A625" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A625"/>
       <c r="B625" t="s">
-        <v>1826</v>
+        <v>1812</v>
       </c>
       <c r="C625"/>
       <c r="D625"/>
-      <c r="E625" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E625"/>
+      <c r="F625"/>
     </row>
     <row r="626" spans="1:6">
-      <c r="A626"/>
+      <c r="A626" t="s">
+        <v>1813</v>
+      </c>
       <c r="B626" t="s">
-        <v>1831</v>
-[...4 lines deleted...]
-      <c r="F626"/>
+        <v>1814</v>
+      </c>
+      <c r="C626" t="s">
+        <v>1815</v>
+      </c>
+      <c r="D626">
+        <v>4452906</v>
+      </c>
+      <c r="E626" t="s">
+        <v>1816</v>
+      </c>
+      <c r="F626" t="s">
+        <v>1817</v>
+      </c>
     </row>
     <row r="627" spans="1:6">
       <c r="A627" t="s">
-        <v>1832</v>
+        <v>1813</v>
       </c>
       <c r="B627" t="s">
-        <v>1833</v>
-[...9 lines deleted...]
-      </c>
+        <v>1818</v>
+      </c>
+      <c r="C627"/>
+      <c r="D627"/>
+      <c r="E627"/>
       <c r="F627" t="s">
-        <v>1835</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="628" spans="1:6">
       <c r="A628" t="s">
-        <v>1832</v>
+        <v>1813</v>
       </c>
       <c r="B628" t="s">
-        <v>1836</v>
+        <v>1820</v>
       </c>
       <c r="C628"/>
       <c r="D628"/>
-      <c r="E628" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E628"/>
       <c r="F628" t="s">
-        <v>1838</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="A629" t="s">
-        <v>1839</v>
+        <v>1813</v>
       </c>
       <c r="B629" t="s">
-        <v>1840</v>
+        <v>1822</v>
       </c>
       <c r="C629"/>
       <c r="D629"/>
-      <c r="E629" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E629"/>
       <c r="F629" t="s">
-        <v>1842</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="630" spans="1:6">
       <c r="A630" t="s">
-        <v>1839</v>
+        <v>1813</v>
       </c>
       <c r="B630" t="s">
-        <v>1843</v>
+        <v>1822</v>
       </c>
       <c r="C630"/>
       <c r="D630"/>
       <c r="E630"/>
       <c r="F630" t="s">
-        <v>1844</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="631" spans="1:6">
       <c r="A631" t="s">
-        <v>1845</v>
+        <v>1825</v>
       </c>
       <c r="B631" t="s">
-        <v>1846</v>
+        <v>1826</v>
       </c>
       <c r="C631"/>
       <c r="D631"/>
-      <c r="E631"/>
+      <c r="E631" t="s">
+        <v>1827</v>
+      </c>
       <c r="F631" t="s">
-        <v>1847</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="632" spans="1:6">
       <c r="A632" t="s">
-        <v>1848</v>
+        <v>1825</v>
       </c>
       <c r="B632" t="s">
-        <v>1849</v>
+        <v>1826</v>
       </c>
       <c r="C632"/>
       <c r="D632"/>
-      <c r="E632"/>
+      <c r="E632" t="s">
+        <v>1829</v>
+      </c>
       <c r="F632" t="s">
-        <v>1850</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="633" spans="1:6">
-      <c r="A633" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A633"/>
       <c r="B633" t="s">
-        <v>1852</v>
+        <v>1831</v>
       </c>
       <c r="C633"/>
       <c r="D633"/>
       <c r="E633"/>
       <c r="F633"/>
     </row>
     <row r="634" spans="1:6">
       <c r="A634" t="s">
-        <v>1853</v>
+        <v>1832</v>
       </c>
       <c r="B634" t="s">
-        <v>1854</v>
-[...3 lines deleted...]
-      <c r="E634"/>
+        <v>1833</v>
+      </c>
+      <c r="C634">
+        <v>4446750</v>
+      </c>
+      <c r="D634">
+        <v>1043</v>
+      </c>
+      <c r="E634" t="s">
+        <v>1834</v>
+      </c>
       <c r="F634" t="s">
-        <v>1855</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="635" spans="1:6">
       <c r="A635" t="s">
-        <v>1856</v>
+        <v>1832</v>
       </c>
       <c r="B635" t="s">
-        <v>1857</v>
+        <v>1836</v>
       </c>
       <c r="C635"/>
       <c r="D635"/>
-      <c r="E635"/>
-      <c r="F635"/>
+      <c r="E635" t="s">
+        <v>1837</v>
+      </c>
+      <c r="F635" t="s">
+        <v>1838</v>
+      </c>
     </row>
     <row r="636" spans="1:6">
       <c r="A636" t="s">
-        <v>1858</v>
+        <v>1839</v>
       </c>
       <c r="B636" t="s">
-        <v>1859</v>
+        <v>1840</v>
       </c>
       <c r="C636"/>
       <c r="D636"/>
-      <c r="E636"/>
+      <c r="E636" t="s">
+        <v>1841</v>
+      </c>
       <c r="F636" t="s">
-        <v>1860</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="637" spans="1:6">
       <c r="A637" t="s">
-        <v>1861</v>
+        <v>1839</v>
       </c>
       <c r="B637" t="s">
-        <v>1862</v>
+        <v>1843</v>
       </c>
       <c r="C637"/>
       <c r="D637"/>
       <c r="E637"/>
       <c r="F637" t="s">
-        <v>1863</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="638" spans="1:6">
       <c r="A638" t="s">
-        <v>1864</v>
+        <v>1845</v>
       </c>
       <c r="B638" t="s">
-        <v>1865</v>
+        <v>1846</v>
       </c>
       <c r="C638"/>
       <c r="D638"/>
       <c r="E638"/>
       <c r="F638" t="s">
-        <v>1866</v>
+        <v>1847</v>
       </c>
     </row>
     <row r="639" spans="1:6">
       <c r="A639" t="s">
-        <v>1867</v>
+        <v>1848</v>
       </c>
       <c r="B639" t="s">
-        <v>1868</v>
+        <v>1849</v>
       </c>
       <c r="C639"/>
       <c r="D639"/>
       <c r="E639"/>
       <c r="F639" t="s">
-        <v>1869</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="640" spans="1:6">
       <c r="A640" t="s">
-        <v>1870</v>
+        <v>1851</v>
       </c>
       <c r="B640" t="s">
-        <v>1871</v>
+        <v>1852</v>
       </c>
       <c r="C640"/>
       <c r="D640"/>
       <c r="E640"/>
-      <c r="F640" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F640"/>
     </row>
     <row r="641" spans="1:6">
       <c r="A641" t="s">
-        <v>1873</v>
+        <v>1853</v>
       </c>
       <c r="B641" t="s">
-        <v>1874</v>
+        <v>1854</v>
       </c>
       <c r="C641"/>
       <c r="D641"/>
       <c r="E641"/>
-      <c r="F641"/>
+      <c r="F641" t="s">
+        <v>1855</v>
+      </c>
     </row>
     <row r="642" spans="1:6">
       <c r="A642" t="s">
-        <v>1875</v>
+        <v>1856</v>
       </c>
       <c r="B642" t="s">
-        <v>1876</v>
+        <v>1857</v>
       </c>
       <c r="C642"/>
       <c r="D642"/>
       <c r="E642"/>
       <c r="F642"/>
     </row>
     <row r="643" spans="1:6">
       <c r="A643" t="s">
-        <v>1877</v>
+        <v>1858</v>
       </c>
       <c r="B643" t="s">
-        <v>1878</v>
+        <v>1859</v>
       </c>
       <c r="C643"/>
       <c r="D643"/>
       <c r="E643"/>
-      <c r="F643"/>
+      <c r="F643" t="s">
+        <v>1860</v>
+      </c>
     </row>
     <row r="644" spans="1:6">
       <c r="A644" t="s">
-        <v>1879</v>
+        <v>1861</v>
       </c>
       <c r="B644" t="s">
-        <v>1880</v>
+        <v>1862</v>
       </c>
       <c r="C644"/>
       <c r="D644"/>
       <c r="E644"/>
-      <c r="F644"/>
+      <c r="F644" t="s">
+        <v>1863</v>
+      </c>
     </row>
     <row r="645" spans="1:6">
       <c r="A645" t="s">
-        <v>1881</v>
+        <v>1864</v>
       </c>
       <c r="B645" t="s">
-        <v>1882</v>
+        <v>1865</v>
       </c>
       <c r="C645"/>
       <c r="D645"/>
       <c r="E645"/>
-      <c r="F645"/>
+      <c r="F645" t="s">
+        <v>1866</v>
+      </c>
     </row>
     <row r="646" spans="1:6">
       <c r="A646" t="s">
-        <v>1883</v>
+        <v>1867</v>
       </c>
       <c r="B646" t="s">
-        <v>1884</v>
+        <v>1868</v>
       </c>
       <c r="C646"/>
       <c r="D646"/>
       <c r="E646"/>
       <c r="F646" t="s">
-        <v>1885</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="647" spans="1:6">
       <c r="A647" t="s">
-        <v>1886</v>
+        <v>1870</v>
       </c>
       <c r="B647" t="s">
-        <v>1887</v>
+        <v>1871</v>
       </c>
       <c r="C647"/>
       <c r="D647"/>
       <c r="E647"/>
-      <c r="F647"/>
+      <c r="F647" t="s">
+        <v>1872</v>
+      </c>
     </row>
     <row r="648" spans="1:6">
       <c r="A648" t="s">
-        <v>1888</v>
+        <v>1873</v>
       </c>
       <c r="B648" t="s">
-        <v>1889</v>
+        <v>1874</v>
       </c>
       <c r="C648"/>
       <c r="D648"/>
       <c r="E648"/>
       <c r="F648"/>
     </row>
     <row r="649" spans="1:6">
       <c r="A649" t="s">
-        <v>1890</v>
+        <v>1875</v>
       </c>
       <c r="B649" t="s">
-        <v>1891</v>
+        <v>1876</v>
       </c>
       <c r="C649"/>
       <c r="D649"/>
       <c r="E649"/>
-      <c r="F649" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F649"/>
     </row>
     <row r="650" spans="1:6">
       <c r="A650" t="s">
-        <v>1893</v>
+        <v>1877</v>
       </c>
       <c r="B650" t="s">
-        <v>1894</v>
+        <v>1878</v>
       </c>
       <c r="C650"/>
       <c r="D650"/>
       <c r="E650"/>
       <c r="F650"/>
     </row>
     <row r="651" spans="1:6">
       <c r="A651" t="s">
-        <v>1895</v>
+        <v>1879</v>
       </c>
       <c r="B651" t="s">
-        <v>1896</v>
+        <v>1880</v>
       </c>
       <c r="C651"/>
       <c r="D651"/>
       <c r="E651"/>
       <c r="F651"/>
     </row>
     <row r="652" spans="1:6">
       <c r="A652" t="s">
-        <v>1897</v>
+        <v>1881</v>
       </c>
       <c r="B652" t="s">
-        <v>1898</v>
+        <v>1882</v>
       </c>
       <c r="C652"/>
       <c r="D652"/>
       <c r="E652"/>
       <c r="F652"/>
     </row>
     <row r="653" spans="1:6">
       <c r="A653" t="s">
-        <v>1899</v>
+        <v>1883</v>
       </c>
       <c r="B653" t="s">
-        <v>1900</v>
+        <v>1884</v>
       </c>
       <c r="C653"/>
       <c r="D653"/>
       <c r="E653"/>
-      <c r="F653"/>
+      <c r="F653" t="s">
+        <v>1885</v>
+      </c>
     </row>
     <row r="654" spans="1:6">
       <c r="A654" t="s">
-        <v>1901</v>
+        <v>1886</v>
       </c>
       <c r="B654" t="s">
-        <v>1902</v>
+        <v>1887</v>
       </c>
       <c r="C654"/>
       <c r="D654"/>
       <c r="E654"/>
       <c r="F654"/>
     </row>
     <row r="655" spans="1:6">
       <c r="A655" t="s">
-        <v>1903</v>
+        <v>1888</v>
       </c>
       <c r="B655" t="s">
-        <v>1904</v>
+        <v>1889</v>
       </c>
       <c r="C655"/>
       <c r="D655"/>
       <c r="E655"/>
       <c r="F655"/>
     </row>
     <row r="656" spans="1:6">
       <c r="A656" t="s">
-        <v>1905</v>
+        <v>1890</v>
       </c>
       <c r="B656" t="s">
-        <v>1906</v>
+        <v>1891</v>
       </c>
       <c r="C656"/>
       <c r="D656"/>
       <c r="E656"/>
-      <c r="F656"/>
+      <c r="F656" t="s">
+        <v>1892</v>
+      </c>
     </row>
     <row r="657" spans="1:6">
       <c r="A657" t="s">
-        <v>1907</v>
+        <v>1893</v>
       </c>
       <c r="B657" t="s">
-        <v>1908</v>
+        <v>1894</v>
       </c>
       <c r="C657"/>
       <c r="D657"/>
       <c r="E657"/>
       <c r="F657"/>
     </row>
     <row r="658" spans="1:6">
       <c r="A658" t="s">
-        <v>1909</v>
+        <v>1895</v>
       </c>
       <c r="B658" t="s">
-        <v>1910</v>
+        <v>1896</v>
       </c>
       <c r="C658"/>
       <c r="D658"/>
       <c r="E658"/>
       <c r="F658"/>
     </row>
     <row r="659" spans="1:6">
       <c r="A659" t="s">
-        <v>1911</v>
+        <v>1897</v>
       </c>
       <c r="B659" t="s">
-        <v>1912</v>
+        <v>1898</v>
       </c>
       <c r="C659"/>
       <c r="D659"/>
       <c r="E659"/>
       <c r="F659"/>
     </row>
     <row r="660" spans="1:6">
       <c r="A660" t="s">
-        <v>1913</v>
+        <v>1899</v>
       </c>
       <c r="B660" t="s">
-        <v>1914</v>
+        <v>1900</v>
       </c>
       <c r="C660"/>
       <c r="D660"/>
       <c r="E660"/>
       <c r="F660"/>
     </row>
     <row r="661" spans="1:6">
       <c r="A661" t="s">
-        <v>1915</v>
+        <v>1901</v>
       </c>
       <c r="B661" t="s">
-        <v>1916</v>
+        <v>1902</v>
       </c>
       <c r="C661"/>
       <c r="D661"/>
       <c r="E661"/>
-      <c r="F661" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F661"/>
     </row>
     <row r="662" spans="1:6">
       <c r="A662" t="s">
-        <v>1918</v>
+        <v>1903</v>
       </c>
       <c r="B662" t="s">
-        <v>1919</v>
+        <v>1904</v>
       </c>
       <c r="C662"/>
       <c r="D662"/>
       <c r="E662"/>
       <c r="F662"/>
     </row>
     <row r="663" spans="1:6">
       <c r="A663" t="s">
-        <v>1920</v>
+        <v>1905</v>
       </c>
       <c r="B663" t="s">
-        <v>1921</v>
+        <v>1906</v>
       </c>
       <c r="C663"/>
       <c r="D663"/>
       <c r="E663"/>
       <c r="F663"/>
     </row>
     <row r="664" spans="1:6">
       <c r="A664" t="s">
-        <v>1922</v>
+        <v>1907</v>
       </c>
       <c r="B664" t="s">
-        <v>1923</v>
+        <v>1908</v>
       </c>
       <c r="C664"/>
       <c r="D664"/>
       <c r="E664"/>
       <c r="F664"/>
     </row>
     <row r="665" spans="1:6">
       <c r="A665" t="s">
-        <v>1924</v>
+        <v>1909</v>
       </c>
       <c r="B665" t="s">
-        <v>1925</v>
+        <v>1910</v>
       </c>
       <c r="C665"/>
       <c r="D665"/>
       <c r="E665"/>
       <c r="F665"/>
     </row>
     <row r="666" spans="1:6">
       <c r="A666" t="s">
-        <v>1926</v>
+        <v>1911</v>
       </c>
       <c r="B666" t="s">
-        <v>1927</v>
+        <v>1912</v>
       </c>
       <c r="C666"/>
       <c r="D666"/>
       <c r="E666"/>
       <c r="F666"/>
     </row>
     <row r="667" spans="1:6">
       <c r="A667" t="s">
-        <v>1928</v>
+        <v>1913</v>
       </c>
       <c r="B667" t="s">
-        <v>1929</v>
+        <v>1914</v>
       </c>
       <c r="C667"/>
       <c r="D667"/>
       <c r="E667"/>
       <c r="F667"/>
     </row>
     <row r="668" spans="1:6">
       <c r="A668" t="s">
-        <v>1930</v>
+        <v>1915</v>
       </c>
       <c r="B668" t="s">
-        <v>1931</v>
+        <v>1916</v>
       </c>
       <c r="C668"/>
       <c r="D668"/>
       <c r="E668"/>
-      <c r="F668"/>
+      <c r="F668" t="s">
+        <v>1917</v>
+      </c>
     </row>
     <row r="669" spans="1:6">
       <c r="A669" t="s">
-        <v>1932</v>
+        <v>1918</v>
       </c>
       <c r="B669" t="s">
-        <v>1933</v>
+        <v>1919</v>
       </c>
       <c r="C669"/>
       <c r="D669"/>
       <c r="E669"/>
       <c r="F669"/>
     </row>
     <row r="670" spans="1:6">
       <c r="A670" t="s">
-        <v>1934</v>
+        <v>1920</v>
       </c>
       <c r="B670" t="s">
-        <v>1935</v>
+        <v>1921</v>
       </c>
       <c r="C670"/>
       <c r="D670"/>
       <c r="E670"/>
       <c r="F670"/>
     </row>
     <row r="671" spans="1:6">
       <c r="A671" t="s">
-        <v>1936</v>
+        <v>1922</v>
       </c>
       <c r="B671" t="s">
-        <v>1937</v>
+        <v>1923</v>
       </c>
       <c r="C671"/>
       <c r="D671"/>
       <c r="E671"/>
       <c r="F671"/>
     </row>
     <row r="672" spans="1:6">
       <c r="A672" t="s">
-        <v>1938</v>
+        <v>1924</v>
       </c>
       <c r="B672" t="s">
-        <v>1939</v>
+        <v>1925</v>
       </c>
       <c r="C672"/>
       <c r="D672"/>
       <c r="E672"/>
       <c r="F672"/>
     </row>
     <row r="673" spans="1:6">
       <c r="A673" t="s">
-        <v>1940</v>
+        <v>1926</v>
       </c>
       <c r="B673" t="s">
-        <v>1941</v>
+        <v>1927</v>
       </c>
       <c r="C673"/>
       <c r="D673"/>
       <c r="E673"/>
-      <c r="F673" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F673"/>
     </row>
     <row r="674" spans="1:6">
       <c r="A674" t="s">
-        <v>1943</v>
+        <v>1928</v>
       </c>
       <c r="B674" t="s">
-        <v>1944</v>
+        <v>1929</v>
       </c>
       <c r="C674"/>
       <c r="D674"/>
       <c r="E674"/>
       <c r="F674"/>
     </row>
     <row r="675" spans="1:6">
       <c r="A675" t="s">
-        <v>1945</v>
+        <v>1930</v>
       </c>
       <c r="B675" t="s">
-        <v>1946</v>
+        <v>1931</v>
       </c>
       <c r="C675"/>
       <c r="D675"/>
       <c r="E675"/>
       <c r="F675"/>
     </row>
     <row r="676" spans="1:6">
       <c r="A676" t="s">
-        <v>1947</v>
+        <v>1932</v>
       </c>
       <c r="B676" t="s">
-        <v>1948</v>
-[...12 lines deleted...]
-      </c>
+        <v>1933</v>
+      </c>
+      <c r="C676"/>
+      <c r="D676"/>
+      <c r="E676"/>
+      <c r="F676"/>
     </row>
     <row r="677" spans="1:6">
       <c r="A677" t="s">
-        <v>1947</v>
+        <v>1934</v>
       </c>
       <c r="B677" t="s">
-        <v>1951</v>
+        <v>1935</v>
       </c>
       <c r="C677"/>
       <c r="D677"/>
       <c r="E677"/>
-      <c r="F677" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F677"/>
     </row>
     <row r="678" spans="1:6">
       <c r="A678" t="s">
-        <v>1947</v>
+        <v>1936</v>
       </c>
       <c r="B678" t="s">
-        <v>1951</v>
+        <v>1937</v>
       </c>
       <c r="C678"/>
       <c r="D678"/>
       <c r="E678"/>
-      <c r="F678" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F678"/>
     </row>
     <row r="679" spans="1:6">
       <c r="A679" t="s">
-        <v>1954</v>
+        <v>1938</v>
       </c>
       <c r="B679" t="s">
-        <v>1955</v>
+        <v>1939</v>
       </c>
       <c r="C679"/>
       <c r="D679"/>
       <c r="E679"/>
       <c r="F679"/>
     </row>
     <row r="680" spans="1:6">
       <c r="A680" t="s">
-        <v>1956</v>
+        <v>1940</v>
       </c>
       <c r="B680" t="s">
-        <v>1957</v>
+        <v>1941</v>
       </c>
       <c r="C680"/>
       <c r="D680"/>
-      <c r="E680" t="s">
-[...2 lines deleted...]
-      <c r="F680"/>
+      <c r="E680"/>
+      <c r="F680" t="s">
+        <v>1942</v>
+      </c>
     </row>
     <row r="681" spans="1:6">
       <c r="A681" t="s">
-        <v>1959</v>
+        <v>1943</v>
       </c>
       <c r="B681" t="s">
-        <v>1849</v>
+        <v>1944</v>
       </c>
       <c r="C681"/>
       <c r="D681"/>
-      <c r="E681" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E681"/>
       <c r="F681"/>
     </row>
     <row r="682" spans="1:6">
       <c r="A682" t="s">
-        <v>1961</v>
+        <v>1945</v>
       </c>
       <c r="B682" t="s">
-        <v>1962</v>
+        <v>1946</v>
       </c>
       <c r="C682"/>
-      <c r="D682">
-[...1 lines deleted...]
-      </c>
+      <c r="D682"/>
       <c r="E682"/>
       <c r="F682"/>
     </row>
     <row r="683" spans="1:6">
       <c r="A683" t="s">
-        <v>1963</v>
+        <v>1947</v>
       </c>
       <c r="B683" t="s">
-        <v>1964</v>
-[...4 lines deleted...]
-      <c r="F683"/>
+        <v>1948</v>
+      </c>
+      <c r="C683">
+        <v>4422464</v>
+      </c>
+      <c r="D683">
+        <v>8691</v>
+      </c>
+      <c r="E683" t="s">
+        <v>1949</v>
+      </c>
+      <c r="F683" t="s">
+        <v>1950</v>
+      </c>
     </row>
     <row r="684" spans="1:6">
       <c r="A684" t="s">
-        <v>1965</v>
+        <v>1947</v>
       </c>
       <c r="B684" t="s">
-        <v>1889</v>
+        <v>1951</v>
       </c>
       <c r="C684"/>
       <c r="D684"/>
       <c r="E684"/>
-      <c r="F684"/>
+      <c r="F684" t="s">
+        <v>1952</v>
+      </c>
     </row>
     <row r="685" spans="1:6">
       <c r="A685" t="s">
-        <v>1966</v>
+        <v>1947</v>
       </c>
       <c r="B685" t="s">
-        <v>1967</v>
+        <v>1951</v>
       </c>
       <c r="C685"/>
       <c r="D685"/>
-      <c r="E685" t="s">
-[...2 lines deleted...]
-      <c r="F685"/>
+      <c r="E685"/>
+      <c r="F685" t="s">
+        <v>1953</v>
+      </c>
     </row>
     <row r="686" spans="1:6">
       <c r="A686" t="s">
-        <v>1969</v>
+        <v>1954</v>
       </c>
       <c r="B686" t="s">
-        <v>1970</v>
+        <v>1955</v>
       </c>
       <c r="C686"/>
       <c r="D686"/>
       <c r="E686"/>
       <c r="F686"/>
     </row>
     <row r="687" spans="1:6">
       <c r="A687" t="s">
-        <v>1971</v>
+        <v>1956</v>
       </c>
       <c r="B687" t="s">
-        <v>1972</v>
+        <v>1957</v>
       </c>
       <c r="C687"/>
       <c r="D687"/>
-      <c r="E687"/>
+      <c r="E687" t="s">
+        <v>1958</v>
+      </c>
       <c r="F687"/>
     </row>
     <row r="688" spans="1:6">
       <c r="A688" t="s">
-        <v>1973</v>
+        <v>1959</v>
       </c>
       <c r="B688" t="s">
-        <v>1974</v>
+        <v>1849</v>
       </c>
       <c r="C688"/>
       <c r="D688"/>
-      <c r="E688"/>
+      <c r="E688" t="s">
+        <v>1960</v>
+      </c>
       <c r="F688"/>
     </row>
     <row r="689" spans="1:6">
       <c r="A689" t="s">
-        <v>1975</v>
+        <v>1961</v>
       </c>
       <c r="B689" t="s">
-        <v>1976</v>
+        <v>1962</v>
       </c>
       <c r="C689"/>
-      <c r="D689"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D689">
+        <v>8631</v>
+      </c>
+      <c r="E689"/>
       <c r="F689"/>
     </row>
     <row r="690" spans="1:6">
       <c r="A690" t="s">
-        <v>1978</v>
+        <v>1963</v>
       </c>
       <c r="B690" t="s">
-        <v>1979</v>
+        <v>1964</v>
       </c>
       <c r="C690"/>
       <c r="D690"/>
       <c r="E690"/>
       <c r="F690"/>
     </row>
     <row r="691" spans="1:6">
       <c r="A691" t="s">
-        <v>1980</v>
+        <v>1965</v>
       </c>
       <c r="B691" t="s">
-        <v>1981</v>
+        <v>1889</v>
       </c>
       <c r="C691"/>
       <c r="D691"/>
       <c r="E691"/>
       <c r="F691"/>
     </row>
     <row r="692" spans="1:6">
       <c r="A692" t="s">
-        <v>1982</v>
+        <v>1966</v>
       </c>
       <c r="B692" t="s">
-        <v>1983</v>
+        <v>1967</v>
       </c>
       <c r="C692"/>
       <c r="D692"/>
-      <c r="E692"/>
+      <c r="E692" t="s">
+        <v>1968</v>
+      </c>
       <c r="F692"/>
     </row>
     <row r="693" spans="1:6">
       <c r="A693" t="s">
-        <v>1984</v>
+        <v>1969</v>
       </c>
       <c r="B693" t="s">
-        <v>1985</v>
+        <v>1970</v>
       </c>
       <c r="C693"/>
       <c r="D693"/>
       <c r="E693"/>
       <c r="F693"/>
     </row>
     <row r="694" spans="1:6">
       <c r="A694" t="s">
-        <v>1986</v>
+        <v>1971</v>
       </c>
       <c r="B694" t="s">
-        <v>1894</v>
+        <v>1972</v>
       </c>
       <c r="C694"/>
       <c r="D694"/>
       <c r="E694"/>
       <c r="F694"/>
     </row>
     <row r="695" spans="1:6">
       <c r="A695" t="s">
-        <v>1987</v>
+        <v>1973</v>
       </c>
       <c r="B695" t="s">
-        <v>1896</v>
+        <v>1974</v>
       </c>
       <c r="C695"/>
       <c r="D695"/>
       <c r="E695"/>
       <c r="F695"/>
     </row>
     <row r="696" spans="1:6">
       <c r="A696" t="s">
-        <v>1988</v>
+        <v>1975</v>
       </c>
       <c r="B696" t="s">
-        <v>1989</v>
+        <v>1976</v>
       </c>
       <c r="C696"/>
       <c r="D696"/>
-      <c r="E696"/>
+      <c r="E696" t="s">
+        <v>1977</v>
+      </c>
       <c r="F696"/>
     </row>
     <row r="697" spans="1:6">
       <c r="A697" t="s">
-        <v>1990</v>
+        <v>1978</v>
       </c>
       <c r="B697" t="s">
-        <v>1991</v>
+        <v>1979</v>
       </c>
       <c r="C697"/>
       <c r="D697"/>
       <c r="E697"/>
       <c r="F697"/>
     </row>
     <row r="698" spans="1:6">
       <c r="A698" t="s">
-        <v>1992</v>
+        <v>1980</v>
       </c>
       <c r="B698" t="s">
-        <v>1993</v>
+        <v>1981</v>
       </c>
       <c r="C698"/>
       <c r="D698"/>
       <c r="E698"/>
       <c r="F698"/>
     </row>
     <row r="699" spans="1:6">
       <c r="A699" t="s">
-        <v>1994</v>
+        <v>1982</v>
       </c>
       <c r="B699" t="s">
-        <v>1995</v>
+        <v>1983</v>
       </c>
       <c r="C699"/>
       <c r="D699"/>
       <c r="E699"/>
       <c r="F699"/>
     </row>
     <row r="700" spans="1:6">
       <c r="A700" t="s">
-        <v>1996</v>
+        <v>1984</v>
       </c>
       <c r="B700" t="s">
-        <v>1997</v>
+        <v>1985</v>
       </c>
       <c r="C700"/>
-      <c r="D700">
-[...1 lines deleted...]
-      </c>
+      <c r="D700"/>
       <c r="E700"/>
       <c r="F700"/>
     </row>
     <row r="701" spans="1:6">
       <c r="A701" t="s">
-        <v>1998</v>
+        <v>1986</v>
       </c>
       <c r="B701" t="s">
-        <v>1999</v>
+        <v>1894</v>
       </c>
       <c r="C701"/>
       <c r="D701"/>
       <c r="E701"/>
       <c r="F701"/>
     </row>
     <row r="702" spans="1:6">
       <c r="A702" t="s">
-        <v>2000</v>
+        <v>1987</v>
       </c>
       <c r="B702" t="s">
-        <v>2001</v>
+        <v>1896</v>
       </c>
       <c r="C702"/>
       <c r="D702"/>
       <c r="E702"/>
       <c r="F702"/>
     </row>
     <row r="703" spans="1:6">
       <c r="A703" t="s">
-        <v>2002</v>
+        <v>1988</v>
       </c>
       <c r="B703" t="s">
-        <v>2003</v>
+        <v>1989</v>
       </c>
       <c r="C703"/>
       <c r="D703"/>
       <c r="E703"/>
       <c r="F703"/>
     </row>
     <row r="704" spans="1:6">
       <c r="A704" t="s">
-        <v>2004</v>
+        <v>1990</v>
       </c>
       <c r="B704" t="s">
-        <v>2005</v>
+        <v>1991</v>
       </c>
       <c r="C704"/>
       <c r="D704"/>
       <c r="E704"/>
       <c r="F704"/>
     </row>
     <row r="705" spans="1:6">
       <c r="A705" t="s">
-        <v>2006</v>
+        <v>1992</v>
       </c>
       <c r="B705" t="s">
-        <v>2007</v>
+        <v>1993</v>
       </c>
       <c r="C705"/>
       <c r="D705"/>
       <c r="E705"/>
       <c r="F705"/>
     </row>
     <row r="706" spans="1:6">
       <c r="A706" t="s">
-        <v>2008</v>
+        <v>1994</v>
       </c>
       <c r="B706" t="s">
-        <v>2009</v>
+        <v>1995</v>
       </c>
       <c r="C706"/>
       <c r="D706"/>
       <c r="E706"/>
       <c r="F706"/>
     </row>
     <row r="707" spans="1:6">
       <c r="A707" t="s">
-        <v>2010</v>
+        <v>1996</v>
       </c>
       <c r="B707" t="s">
-        <v>2011</v>
+        <v>1997</v>
       </c>
       <c r="C707"/>
-      <c r="D707"/>
+      <c r="D707">
+        <v>8299</v>
+      </c>
       <c r="E707"/>
       <c r="F707"/>
     </row>
     <row r="708" spans="1:6">
       <c r="A708" t="s">
-        <v>2012</v>
+        <v>1998</v>
       </c>
       <c r="B708" t="s">
-        <v>2013</v>
+        <v>1999</v>
       </c>
       <c r="C708"/>
       <c r="D708"/>
       <c r="E708"/>
       <c r="F708"/>
     </row>
     <row r="709" spans="1:6">
       <c r="A709" t="s">
-        <v>2014</v>
+        <v>2000</v>
       </c>
       <c r="B709" t="s">
-        <v>2015</v>
+        <v>2001</v>
       </c>
       <c r="C709"/>
       <c r="D709"/>
       <c r="E709"/>
       <c r="F709"/>
     </row>
     <row r="710" spans="1:6">
       <c r="A710" t="s">
-        <v>2016</v>
+        <v>2002</v>
       </c>
       <c r="B710" t="s">
-        <v>2017</v>
+        <v>2003</v>
       </c>
       <c r="C710"/>
       <c r="D710"/>
       <c r="E710"/>
       <c r="F710"/>
     </row>
     <row r="711" spans="1:6">
       <c r="A711" t="s">
-        <v>2018</v>
+        <v>2004</v>
       </c>
       <c r="B711" t="s">
-        <v>2019</v>
+        <v>2005</v>
       </c>
       <c r="C711"/>
       <c r="D711"/>
       <c r="E711"/>
       <c r="F711"/>
     </row>
     <row r="712" spans="1:6">
       <c r="A712" t="s">
-        <v>2020</v>
+        <v>2006</v>
       </c>
       <c r="B712" t="s">
-        <v>2021</v>
+        <v>2007</v>
       </c>
       <c r="C712"/>
       <c r="D712"/>
       <c r="E712"/>
       <c r="F712"/>
     </row>
     <row r="713" spans="1:6">
       <c r="A713" t="s">
-        <v>2022</v>
+        <v>2008</v>
       </c>
       <c r="B713" t="s">
-        <v>2023</v>
+        <v>2009</v>
       </c>
       <c r="C713"/>
       <c r="D713"/>
       <c r="E713"/>
-      <c r="F713" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F713"/>
     </row>
     <row r="714" spans="1:6">
       <c r="A714" t="s">
-        <v>2025</v>
+        <v>2010</v>
       </c>
       <c r="B714" t="s">
-        <v>2026</v>
+        <v>2011</v>
       </c>
       <c r="C714"/>
       <c r="D714"/>
       <c r="E714"/>
       <c r="F714"/>
     </row>
     <row r="715" spans="1:6">
       <c r="A715" t="s">
-        <v>2027</v>
+        <v>2012</v>
       </c>
       <c r="B715" t="s">
-        <v>2028</v>
+        <v>2013</v>
       </c>
       <c r="C715"/>
       <c r="D715"/>
-      <c r="E715" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E715"/>
       <c r="F715"/>
     </row>
     <row r="716" spans="1:6">
       <c r="A716" t="s">
-        <v>2030</v>
+        <v>2014</v>
       </c>
       <c r="B716" t="s">
-        <v>2031</v>
+        <v>2015</v>
       </c>
       <c r="C716"/>
       <c r="D716"/>
       <c r="E716"/>
       <c r="F716"/>
     </row>
     <row r="717" spans="1:6">
       <c r="A717" t="s">
-        <v>2032</v>
+        <v>2016</v>
       </c>
       <c r="B717" t="s">
-        <v>2033</v>
+        <v>2017</v>
       </c>
       <c r="C717"/>
       <c r="D717"/>
       <c r="E717"/>
       <c r="F717"/>
     </row>
     <row r="718" spans="1:6">
       <c r="A718" t="s">
-        <v>2034</v>
+        <v>2018</v>
       </c>
       <c r="B718" t="s">
-        <v>2035</v>
+        <v>2019</v>
       </c>
       <c r="C718"/>
       <c r="D718"/>
       <c r="E718"/>
       <c r="F718"/>
     </row>
     <row r="719" spans="1:6">
       <c r="A719" t="s">
-        <v>2036</v>
+        <v>2020</v>
       </c>
       <c r="B719" t="s">
-        <v>2037</v>
+        <v>2021</v>
       </c>
       <c r="C719"/>
       <c r="D719"/>
       <c r="E719"/>
       <c r="F719"/>
     </row>
     <row r="720" spans="1:6">
       <c r="A720" t="s">
-        <v>2038</v>
+        <v>2022</v>
       </c>
       <c r="B720" t="s">
-        <v>2039</v>
-[...9 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="C720"/>
+      <c r="D720"/>
+      <c r="E720"/>
       <c r="F720" t="s">
-        <v>2041</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="721" spans="1:6">
       <c r="A721" t="s">
-        <v>2038</v>
+        <v>2025</v>
       </c>
       <c r="B721" t="s">
-        <v>2042</v>
+        <v>2026</v>
       </c>
       <c r="C721"/>
       <c r="D721"/>
       <c r="E721"/>
-      <c r="F721" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F721"/>
     </row>
     <row r="722" spans="1:6">
       <c r="A722" t="s">
-        <v>2038</v>
+        <v>2027</v>
       </c>
       <c r="B722" t="s">
-        <v>2044</v>
+        <v>2028</v>
       </c>
       <c r="C722"/>
       <c r="D722"/>
-      <c r="E722"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E722" t="s">
+        <v>2029</v>
+      </c>
+      <c r="F722"/>
     </row>
     <row r="723" spans="1:6">
       <c r="A723" t="s">
-        <v>2038</v>
+        <v>2030</v>
       </c>
       <c r="B723" t="s">
-        <v>2046</v>
+        <v>2031</v>
       </c>
       <c r="C723"/>
       <c r="D723"/>
       <c r="E723"/>
-      <c r="F723" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F723"/>
     </row>
     <row r="724" spans="1:6">
       <c r="A724" t="s">
-        <v>2048</v>
+        <v>2032</v>
       </c>
       <c r="B724" t="s">
-        <v>2049</v>
+        <v>2033</v>
       </c>
       <c r="C724"/>
       <c r="D724"/>
       <c r="E724"/>
-      <c r="F724" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F724"/>
     </row>
     <row r="725" spans="1:6">
       <c r="A725" t="s">
-        <v>2051</v>
+        <v>2034</v>
       </c>
       <c r="B725" t="s">
-        <v>2052</v>
+        <v>2035</v>
       </c>
       <c r="C725"/>
       <c r="D725"/>
       <c r="E725"/>
       <c r="F725"/>
     </row>
     <row r="726" spans="1:6">
       <c r="A726" t="s">
-        <v>2053</v>
+        <v>2036</v>
       </c>
       <c r="B726" t="s">
-        <v>1849</v>
-[...6 lines deleted...]
-      </c>
+        <v>2037</v>
+      </c>
+      <c r="C726"/>
+      <c r="D726"/>
       <c r="E726"/>
-      <c r="F726" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F726"/>
     </row>
     <row r="727" spans="1:6">
       <c r="A727" t="s">
-        <v>2055</v>
+        <v>2038</v>
       </c>
       <c r="B727" t="s">
-        <v>1846</v>
-[...3 lines deleted...]
-      <c r="E727"/>
+        <v>2039</v>
+      </c>
+      <c r="C727">
+        <v>4456425</v>
+      </c>
+      <c r="D727">
+        <v>6425</v>
+      </c>
+      <c r="E727" t="s">
+        <v>2040</v>
+      </c>
       <c r="F727" t="s">
-        <v>2056</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="728" spans="1:6">
       <c r="A728" t="s">
-        <v>2057</v>
+        <v>2038</v>
       </c>
       <c r="B728" t="s">
-        <v>2058</v>
+        <v>2042</v>
       </c>
       <c r="C728"/>
       <c r="D728"/>
       <c r="E728"/>
       <c r="F728" t="s">
-        <v>2059</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="729" spans="1:6">
       <c r="A729" t="s">
-        <v>2060</v>
+        <v>2038</v>
       </c>
       <c r="B729" t="s">
-        <v>2061</v>
+        <v>2044</v>
       </c>
       <c r="C729"/>
       <c r="D729"/>
       <c r="E729"/>
       <c r="F729" t="s">
-        <v>2062</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="730" spans="1:6">
-      <c r="A730"/>
+      <c r="A730" t="s">
+        <v>2038</v>
+      </c>
       <c r="B730" t="s">
-        <v>2063</v>
+        <v>2046</v>
       </c>
       <c r="C730"/>
       <c r="D730"/>
       <c r="E730"/>
-      <c r="F730"/>
+      <c r="F730" t="s">
+        <v>2047</v>
+      </c>
     </row>
     <row r="731" spans="1:6">
       <c r="A731" t="s">
-        <v>2064</v>
+        <v>2048</v>
       </c>
       <c r="B731" t="s">
-        <v>2065</v>
-[...3 lines deleted...]
-      </c>
+        <v>2049</v>
+      </c>
+      <c r="C731"/>
       <c r="D731"/>
-      <c r="E731" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E731"/>
       <c r="F731" t="s">
-        <v>2068</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="732" spans="1:6">
       <c r="A732" t="s">
-        <v>2069</v>
+        <v>2051</v>
       </c>
       <c r="B732" t="s">
-        <v>2070</v>
+        <v>2052</v>
       </c>
       <c r="C732"/>
       <c r="D732"/>
       <c r="E732"/>
       <c r="F732"/>
     </row>
     <row r="733" spans="1:6">
       <c r="A733" t="s">
-        <v>2071</v>
+        <v>2053</v>
       </c>
       <c r="B733" t="s">
-        <v>2072</v>
-[...2 lines deleted...]
-      <c r="D733"/>
+        <v>1849</v>
+      </c>
+      <c r="C733">
+        <v>4456425</v>
+      </c>
+      <c r="D733">
+        <v>6425</v>
+      </c>
       <c r="E733"/>
-      <c r="F733"/>
+      <c r="F733" t="s">
+        <v>2054</v>
+      </c>
     </row>
     <row r="734" spans="1:6">
       <c r="A734" t="s">
-        <v>2073</v>
+        <v>2055</v>
       </c>
       <c r="B734" t="s">
-        <v>1849</v>
+        <v>1846</v>
       </c>
       <c r="C734"/>
       <c r="D734"/>
       <c r="E734"/>
-      <c r="F734"/>
+      <c r="F734" t="s">
+        <v>2056</v>
+      </c>
     </row>
     <row r="735" spans="1:6">
       <c r="A735" t="s">
-        <v>2074</v>
+        <v>2057</v>
       </c>
       <c r="B735" t="s">
-        <v>1894</v>
+        <v>2058</v>
       </c>
       <c r="C735"/>
       <c r="D735"/>
       <c r="E735"/>
-      <c r="F735"/>
+      <c r="F735" t="s">
+        <v>2059</v>
+      </c>
     </row>
     <row r="736" spans="1:6">
       <c r="A736" t="s">
-        <v>2075</v>
+        <v>2060</v>
       </c>
       <c r="B736" t="s">
-        <v>2076</v>
+        <v>2061</v>
       </c>
       <c r="C736"/>
       <c r="D736"/>
       <c r="E736"/>
-      <c r="F736"/>
+      <c r="F736" t="s">
+        <v>2062</v>
+      </c>
     </row>
     <row r="737" spans="1:6">
-      <c r="A737" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A737"/>
       <c r="B737" t="s">
-        <v>2078</v>
+        <v>2063</v>
       </c>
       <c r="C737"/>
       <c r="D737"/>
       <c r="E737"/>
       <c r="F737"/>
     </row>
     <row r="738" spans="1:6">
       <c r="A738" t="s">
-        <v>2079</v>
+        <v>2064</v>
       </c>
       <c r="B738" t="s">
-        <v>2080</v>
-[...1 lines deleted...]
-      <c r="C738"/>
+        <v>2065</v>
+      </c>
+      <c r="C738" t="s">
+        <v>2066</v>
+      </c>
       <c r="D738"/>
-      <c r="E738"/>
-      <c r="F738"/>
+      <c r="E738" t="s">
+        <v>2067</v>
+      </c>
+      <c r="F738" t="s">
+        <v>2068</v>
+      </c>
     </row>
     <row r="739" spans="1:6">
       <c r="A739" t="s">
-        <v>2081</v>
+        <v>2069</v>
       </c>
       <c r="B739" t="s">
-        <v>2082</v>
+        <v>2070</v>
       </c>
       <c r="C739"/>
       <c r="D739"/>
       <c r="E739"/>
       <c r="F739"/>
     </row>
     <row r="740" spans="1:6">
       <c r="A740" t="s">
-        <v>2083</v>
+        <v>2071</v>
       </c>
       <c r="B740" t="s">
-        <v>2084</v>
+        <v>2072</v>
       </c>
       <c r="C740"/>
       <c r="D740"/>
       <c r="E740"/>
       <c r="F740"/>
     </row>
     <row r="741" spans="1:6">
       <c r="A741" t="s">
-        <v>2085</v>
+        <v>2073</v>
       </c>
       <c r="B741" t="s">
-        <v>2086</v>
+        <v>1849</v>
       </c>
       <c r="C741"/>
       <c r="D741"/>
       <c r="E741"/>
       <c r="F741"/>
     </row>
     <row r="742" spans="1:6">
       <c r="A742" t="s">
-        <v>2087</v>
+        <v>2074</v>
       </c>
       <c r="B742" t="s">
-        <v>2088</v>
+        <v>1894</v>
       </c>
       <c r="C742"/>
       <c r="D742"/>
       <c r="E742"/>
       <c r="F742"/>
     </row>
     <row r="743" spans="1:6">
       <c r="A743" t="s">
-        <v>2089</v>
+        <v>2075</v>
       </c>
       <c r="B743" t="s">
-        <v>2090</v>
+        <v>2076</v>
       </c>
       <c r="C743"/>
       <c r="D743"/>
       <c r="E743"/>
       <c r="F743"/>
     </row>
     <row r="744" spans="1:6">
       <c r="A744" t="s">
-        <v>2091</v>
+        <v>2077</v>
       </c>
       <c r="B744" t="s">
-        <v>2092</v>
+        <v>2078</v>
       </c>
       <c r="C744"/>
       <c r="D744"/>
       <c r="E744"/>
       <c r="F744"/>
     </row>
     <row r="745" spans="1:6">
       <c r="A745" t="s">
-        <v>2093</v>
+        <v>2079</v>
       </c>
       <c r="B745" t="s">
-        <v>2094</v>
+        <v>2080</v>
       </c>
       <c r="C745"/>
       <c r="D745"/>
       <c r="E745"/>
       <c r="F745"/>
     </row>
     <row r="746" spans="1:6">
       <c r="A746" t="s">
-        <v>2095</v>
+        <v>2081</v>
       </c>
       <c r="B746" t="s">
-        <v>2096</v>
+        <v>2082</v>
       </c>
       <c r="C746"/>
       <c r="D746"/>
       <c r="E746"/>
       <c r="F746"/>
     </row>
     <row r="747" spans="1:6">
       <c r="A747" t="s">
-        <v>2097</v>
+        <v>2083</v>
       </c>
       <c r="B747" t="s">
-        <v>2098</v>
+        <v>2084</v>
       </c>
       <c r="C747"/>
       <c r="D747"/>
       <c r="E747"/>
       <c r="F747"/>
     </row>
     <row r="748" spans="1:6">
       <c r="A748" t="s">
-        <v>2099</v>
+        <v>2085</v>
       </c>
       <c r="B748" t="s">
-        <v>2100</v>
+        <v>2086</v>
       </c>
       <c r="C748"/>
       <c r="D748"/>
       <c r="E748"/>
       <c r="F748"/>
     </row>
     <row r="749" spans="1:6">
       <c r="A749" t="s">
-        <v>2101</v>
+        <v>2087</v>
       </c>
       <c r="B749" t="s">
-        <v>2102</v>
+        <v>2088</v>
       </c>
       <c r="C749"/>
       <c r="D749"/>
       <c r="E749"/>
       <c r="F749"/>
     </row>
     <row r="750" spans="1:6">
       <c r="A750" t="s">
-        <v>2103</v>
+        <v>2089</v>
       </c>
       <c r="B750" t="s">
-        <v>1995</v>
+        <v>2090</v>
       </c>
       <c r="C750"/>
       <c r="D750"/>
       <c r="E750"/>
       <c r="F750"/>
     </row>
     <row r="751" spans="1:6">
       <c r="A751" t="s">
-        <v>2104</v>
+        <v>2091</v>
       </c>
       <c r="B751" t="s">
-        <v>2105</v>
+        <v>2092</v>
       </c>
       <c r="C751"/>
       <c r="D751"/>
       <c r="E751"/>
       <c r="F751"/>
     </row>
     <row r="752" spans="1:6">
       <c r="A752" t="s">
-        <v>2106</v>
+        <v>2093</v>
       </c>
       <c r="B752" t="s">
-        <v>2107</v>
+        <v>2094</v>
       </c>
       <c r="C752"/>
       <c r="D752"/>
       <c r="E752"/>
       <c r="F752"/>
     </row>
     <row r="753" spans="1:6">
       <c r="A753" t="s">
-        <v>2108</v>
+        <v>2095</v>
       </c>
       <c r="B753" t="s">
-        <v>2109</v>
+        <v>2096</v>
       </c>
       <c r="C753"/>
       <c r="D753"/>
       <c r="E753"/>
       <c r="F753"/>
     </row>
     <row r="754" spans="1:6">
       <c r="A754" t="s">
-        <v>2110</v>
+        <v>2097</v>
       </c>
       <c r="B754" t="s">
-        <v>1898</v>
+        <v>2098</v>
       </c>
       <c r="C754"/>
       <c r="D754"/>
       <c r="E754"/>
       <c r="F754"/>
     </row>
     <row r="755" spans="1:6">
-      <c r="A755"/>
+      <c r="A755" t="s">
+        <v>2099</v>
+      </c>
       <c r="B755" t="s">
-        <v>2111</v>
+        <v>2100</v>
       </c>
       <c r="C755"/>
       <c r="D755"/>
       <c r="E755"/>
       <c r="F755"/>
     </row>
     <row r="756" spans="1:6">
-      <c r="A756"/>
+      <c r="A756" t="s">
+        <v>2101</v>
+      </c>
       <c r="B756" t="s">
-        <v>2112</v>
+        <v>2102</v>
       </c>
       <c r="C756"/>
       <c r="D756"/>
       <c r="E756"/>
       <c r="F756"/>
     </row>
     <row r="757" spans="1:6">
-      <c r="A757"/>
+      <c r="A757" t="s">
+        <v>2103</v>
+      </c>
       <c r="B757" t="s">
-        <v>2113</v>
+        <v>1995</v>
       </c>
       <c r="C757"/>
       <c r="D757"/>
       <c r="E757"/>
       <c r="F757"/>
     </row>
     <row r="758" spans="1:6">
-      <c r="A758"/>
+      <c r="A758" t="s">
+        <v>2104</v>
+      </c>
       <c r="B758" t="s">
-        <v>2114</v>
+        <v>2105</v>
       </c>
       <c r="C758"/>
       <c r="D758"/>
       <c r="E758"/>
       <c r="F758"/>
     </row>
     <row r="759" spans="1:6">
-      <c r="A759"/>
+      <c r="A759" t="s">
+        <v>2106</v>
+      </c>
       <c r="B759" t="s">
-        <v>2115</v>
+        <v>2107</v>
       </c>
       <c r="C759"/>
       <c r="D759"/>
       <c r="E759"/>
       <c r="F759"/>
     </row>
     <row r="760" spans="1:6">
-      <c r="A760"/>
+      <c r="A760" t="s">
+        <v>2108</v>
+      </c>
       <c r="B760" t="s">
-        <v>2116</v>
+        <v>2109</v>
       </c>
       <c r="C760"/>
       <c r="D760"/>
       <c r="E760"/>
       <c r="F760"/>
     </row>
     <row r="761" spans="1:6">
-      <c r="A761"/>
+      <c r="A761" t="s">
+        <v>2110</v>
+      </c>
       <c r="B761" t="s">
-        <v>2117</v>
+        <v>1898</v>
       </c>
       <c r="C761"/>
       <c r="D761"/>
       <c r="E761"/>
       <c r="F761"/>
     </row>
     <row r="762" spans="1:6">
       <c r="A762"/>
       <c r="B762" t="s">
-        <v>2118</v>
+        <v>2111</v>
       </c>
       <c r="C762"/>
       <c r="D762"/>
       <c r="E762"/>
       <c r="F762"/>
     </row>
     <row r="763" spans="1:6">
       <c r="A763"/>
       <c r="B763" t="s">
-        <v>2119</v>
+        <v>2112</v>
       </c>
       <c r="C763"/>
       <c r="D763"/>
       <c r="E763"/>
       <c r="F763"/>
     </row>
     <row r="764" spans="1:6">
       <c r="A764"/>
       <c r="B764" t="s">
-        <v>2120</v>
+        <v>2113</v>
       </c>
       <c r="C764"/>
       <c r="D764"/>
       <c r="E764"/>
       <c r="F764"/>
     </row>
     <row r="765" spans="1:6">
       <c r="A765"/>
       <c r="B765" t="s">
-        <v>2121</v>
+        <v>2114</v>
       </c>
       <c r="C765"/>
       <c r="D765"/>
       <c r="E765"/>
       <c r="F765"/>
     </row>
     <row r="766" spans="1:6">
       <c r="A766"/>
       <c r="B766" t="s">
-        <v>2122</v>
+        <v>2115</v>
       </c>
       <c r="C766"/>
       <c r="D766"/>
       <c r="E766"/>
       <c r="F766"/>
     </row>
     <row r="767" spans="1:6">
       <c r="A767"/>
       <c r="B767" t="s">
-        <v>2123</v>
+        <v>2116</v>
       </c>
       <c r="C767"/>
       <c r="D767"/>
       <c r="E767"/>
       <c r="F767"/>
     </row>
     <row r="768" spans="1:6">
       <c r="A768"/>
       <c r="B768" t="s">
-        <v>2124</v>
+        <v>2117</v>
       </c>
       <c r="C768"/>
       <c r="D768"/>
       <c r="E768"/>
       <c r="F768"/>
     </row>
     <row r="769" spans="1:6">
       <c r="A769"/>
       <c r="B769" t="s">
-        <v>2125</v>
+        <v>2118</v>
       </c>
       <c r="C769"/>
       <c r="D769"/>
       <c r="E769"/>
       <c r="F769"/>
     </row>
     <row r="770" spans="1:6">
       <c r="A770"/>
       <c r="B770" t="s">
-        <v>2126</v>
+        <v>2119</v>
       </c>
       <c r="C770"/>
       <c r="D770"/>
       <c r="E770"/>
       <c r="F770"/>
     </row>
     <row r="771" spans="1:6">
       <c r="A771"/>
       <c r="B771" t="s">
-        <v>2127</v>
+        <v>2120</v>
       </c>
       <c r="C771"/>
       <c r="D771"/>
       <c r="E771"/>
       <c r="F771"/>
     </row>
     <row r="772" spans="1:6">
       <c r="A772"/>
       <c r="B772" t="s">
-        <v>2128</v>
+        <v>2121</v>
       </c>
       <c r="C772"/>
       <c r="D772"/>
       <c r="E772"/>
       <c r="F772"/>
     </row>
     <row r="773" spans="1:6">
       <c r="A773"/>
       <c r="B773" t="s">
-        <v>1995</v>
+        <v>2122</v>
       </c>
       <c r="C773"/>
       <c r="D773"/>
       <c r="E773"/>
       <c r="F773"/>
     </row>
     <row r="774" spans="1:6">
       <c r="A774"/>
       <c r="B774" t="s">
-        <v>2129</v>
+        <v>2123</v>
       </c>
       <c r="C774"/>
       <c r="D774"/>
       <c r="E774"/>
       <c r="F774"/>
     </row>
     <row r="775" spans="1:6">
       <c r="A775"/>
       <c r="B775" t="s">
-        <v>2130</v>
+        <v>2124</v>
       </c>
       <c r="C775"/>
       <c r="D775"/>
       <c r="E775"/>
       <c r="F775"/>
     </row>
     <row r="776" spans="1:6">
       <c r="A776"/>
       <c r="B776" t="s">
-        <v>2131</v>
+        <v>2125</v>
       </c>
       <c r="C776"/>
       <c r="D776"/>
       <c r="E776"/>
       <c r="F776"/>
     </row>
     <row r="777" spans="1:6">
       <c r="A777"/>
       <c r="B777" t="s">
-        <v>2132</v>
+        <v>2126</v>
       </c>
       <c r="C777"/>
       <c r="D777"/>
       <c r="E777"/>
       <c r="F777"/>
     </row>
     <row r="778" spans="1:6">
       <c r="A778"/>
       <c r="B778" t="s">
-        <v>2133</v>
+        <v>2127</v>
       </c>
       <c r="C778"/>
       <c r="D778"/>
       <c r="E778"/>
       <c r="F778"/>
     </row>
     <row r="779" spans="1:6">
       <c r="A779"/>
       <c r="B779" t="s">
-        <v>2134</v>
+        <v>2128</v>
       </c>
       <c r="C779"/>
       <c r="D779"/>
       <c r="E779"/>
       <c r="F779"/>
     </row>
     <row r="780" spans="1:6">
       <c r="A780"/>
       <c r="B780" t="s">
-        <v>2135</v>
+        <v>1995</v>
       </c>
       <c r="C780"/>
       <c r="D780"/>
       <c r="E780"/>
       <c r="F780"/>
     </row>
     <row r="781" spans="1:6">
       <c r="A781"/>
       <c r="B781" t="s">
-        <v>2136</v>
+        <v>2129</v>
       </c>
       <c r="C781"/>
       <c r="D781"/>
       <c r="E781"/>
       <c r="F781"/>
     </row>
     <row r="782" spans="1:6">
       <c r="A782"/>
       <c r="B782" t="s">
-        <v>2137</v>
+        <v>2130</v>
       </c>
       <c r="C782"/>
       <c r="D782"/>
       <c r="E782"/>
       <c r="F782"/>
     </row>
     <row r="783" spans="1:6">
       <c r="A783"/>
       <c r="B783" t="s">
-        <v>2138</v>
+        <v>2131</v>
       </c>
       <c r="C783"/>
       <c r="D783"/>
       <c r="E783"/>
       <c r="F783"/>
     </row>
     <row r="784" spans="1:6">
       <c r="A784"/>
       <c r="B784" t="s">
-        <v>2139</v>
+        <v>2132</v>
       </c>
       <c r="C784"/>
       <c r="D784"/>
       <c r="E784"/>
       <c r="F784"/>
     </row>
     <row r="785" spans="1:6">
       <c r="A785"/>
       <c r="B785" t="s">
-        <v>2140</v>
+        <v>2133</v>
       </c>
       <c r="C785"/>
       <c r="D785"/>
       <c r="E785"/>
       <c r="F785"/>
     </row>
     <row r="786" spans="1:6">
       <c r="A786"/>
       <c r="B786" t="s">
-        <v>2141</v>
+        <v>2134</v>
       </c>
       <c r="C786"/>
       <c r="D786"/>
       <c r="E786"/>
       <c r="F786"/>
     </row>
     <row r="787" spans="1:6">
       <c r="A787"/>
       <c r="B787" t="s">
-        <v>2142</v>
+        <v>2135</v>
       </c>
       <c r="C787"/>
       <c r="D787"/>
       <c r="E787"/>
       <c r="F787"/>
     </row>
     <row r="788" spans="1:6">
       <c r="A788"/>
       <c r="B788" t="s">
-        <v>2143</v>
+        <v>2136</v>
       </c>
       <c r="C788"/>
       <c r="D788"/>
       <c r="E788"/>
       <c r="F788"/>
     </row>
     <row r="789" spans="1:6">
       <c r="A789"/>
       <c r="B789" t="s">
-        <v>2144</v>
+        <v>2137</v>
       </c>
       <c r="C789"/>
       <c r="D789"/>
       <c r="E789"/>
       <c r="F789"/>
     </row>
     <row r="790" spans="1:6">
       <c r="A790"/>
       <c r="B790" t="s">
-        <v>2145</v>
+        <v>2138</v>
       </c>
       <c r="C790"/>
       <c r="D790"/>
       <c r="E790"/>
       <c r="F790"/>
     </row>
     <row r="791" spans="1:6">
       <c r="A791"/>
       <c r="B791" t="s">
-        <v>2146</v>
+        <v>2139</v>
       </c>
       <c r="C791"/>
       <c r="D791"/>
       <c r="E791"/>
       <c r="F791"/>
     </row>
     <row r="792" spans="1:6">
       <c r="A792"/>
       <c r="B792" t="s">
-        <v>2147</v>
+        <v>2140</v>
       </c>
       <c r="C792"/>
       <c r="D792"/>
       <c r="E792"/>
       <c r="F792"/>
     </row>
     <row r="793" spans="1:6">
       <c r="A793"/>
       <c r="B793" t="s">
-        <v>2148</v>
+        <v>2141</v>
       </c>
       <c r="C793"/>
       <c r="D793"/>
       <c r="E793"/>
       <c r="F793"/>
     </row>
     <row r="794" spans="1:6">
       <c r="A794"/>
       <c r="B794" t="s">
-        <v>2149</v>
+        <v>2142</v>
       </c>
       <c r="C794"/>
       <c r="D794"/>
       <c r="E794"/>
       <c r="F794"/>
     </row>
     <row r="795" spans="1:6">
       <c r="A795"/>
       <c r="B795" t="s">
-        <v>2150</v>
+        <v>2143</v>
       </c>
       <c r="C795"/>
       <c r="D795"/>
       <c r="E795"/>
       <c r="F795"/>
     </row>
     <row r="796" spans="1:6">
       <c r="A796"/>
       <c r="B796" t="s">
-        <v>2151</v>
+        <v>2144</v>
       </c>
       <c r="C796"/>
       <c r="D796"/>
       <c r="E796"/>
       <c r="F796"/>
     </row>
     <row r="797" spans="1:6">
       <c r="A797"/>
       <c r="B797" t="s">
-        <v>2128</v>
+        <v>2145</v>
       </c>
       <c r="C797"/>
       <c r="D797"/>
       <c r="E797"/>
       <c r="F797"/>
     </row>
     <row r="798" spans="1:6">
-      <c r="A798" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A798"/>
       <c r="B798" t="s">
-        <v>2153</v>
-[...6 lines deleted...]
-      </c>
+        <v>2146</v>
+      </c>
+      <c r="C798"/>
+      <c r="D798"/>
       <c r="E798"/>
-      <c r="F798" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F798"/>
     </row>
     <row r="799" spans="1:6">
-      <c r="A799" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A799"/>
       <c r="B799" t="s">
-        <v>2157</v>
+        <v>2147</v>
       </c>
       <c r="C799"/>
       <c r="D799"/>
-      <c r="E799" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E799"/>
+      <c r="F799"/>
     </row>
     <row r="800" spans="1:6">
-      <c r="A800" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A800"/>
       <c r="B800" t="s">
-        <v>2160</v>
+        <v>2148</v>
       </c>
       <c r="C800"/>
       <c r="D800"/>
       <c r="E800"/>
-      <c r="F800" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F800"/>
     </row>
     <row r="801" spans="1:6">
-      <c r="A801" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A801"/>
       <c r="B801" t="s">
-        <v>2163</v>
+        <v>2149</v>
       </c>
       <c r="C801"/>
       <c r="D801"/>
       <c r="E801"/>
       <c r="F801"/>
     </row>
     <row r="802" spans="1:6">
-      <c r="A802" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A802"/>
       <c r="B802" t="s">
-        <v>1849</v>
+        <v>2150</v>
       </c>
       <c r="C802"/>
       <c r="D802"/>
       <c r="E802"/>
       <c r="F802"/>
     </row>
     <row r="803" spans="1:6">
-      <c r="A803" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A803"/>
       <c r="B803" t="s">
-        <v>2166</v>
+        <v>2151</v>
       </c>
       <c r="C803"/>
       <c r="D803"/>
       <c r="E803"/>
       <c r="F803"/>
     </row>
     <row r="804" spans="1:6">
-      <c r="A804" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A804"/>
       <c r="B804" t="s">
-        <v>2168</v>
+        <v>2128</v>
       </c>
       <c r="C804"/>
       <c r="D804"/>
       <c r="E804"/>
       <c r="F804"/>
     </row>
     <row r="805" spans="1:6">
       <c r="A805" t="s">
-        <v>2169</v>
+        <v>2152</v>
       </c>
       <c r="B805" t="s">
-        <v>2170</v>
-[...2 lines deleted...]
-      <c r="D805"/>
+        <v>2153</v>
+      </c>
+      <c r="C805" t="s">
+        <v>2154</v>
+      </c>
+      <c r="D805">
+        <v>8024</v>
+      </c>
       <c r="E805"/>
-      <c r="F805"/>
+      <c r="F805" t="s">
+        <v>2155</v>
+      </c>
     </row>
     <row r="806" spans="1:6">
       <c r="A806" t="s">
-        <v>2171</v>
+        <v>2156</v>
       </c>
       <c r="B806" t="s">
-        <v>2172</v>
+        <v>2157</v>
       </c>
       <c r="C806"/>
       <c r="D806"/>
-      <c r="E806"/>
-      <c r="F806"/>
+      <c r="E806" t="s">
+        <v>2158</v>
+      </c>
+      <c r="F806" t="s">
+        <v>2159</v>
+      </c>
     </row>
     <row r="807" spans="1:6">
       <c r="A807" t="s">
-        <v>2173</v>
+        <v>2156</v>
       </c>
       <c r="B807" t="s">
-        <v>2174</v>
+        <v>2160</v>
       </c>
       <c r="C807"/>
       <c r="D807"/>
       <c r="E807"/>
-      <c r="F807"/>
+      <c r="F807" t="s">
+        <v>2161</v>
+      </c>
     </row>
     <row r="808" spans="1:6">
       <c r="A808" t="s">
-        <v>2175</v>
+        <v>2162</v>
       </c>
       <c r="B808" t="s">
-        <v>2176</v>
+        <v>2163</v>
       </c>
       <c r="C808"/>
       <c r="D808"/>
       <c r="E808"/>
       <c r="F808"/>
     </row>
     <row r="809" spans="1:6">
       <c r="A809" t="s">
-        <v>2177</v>
+        <v>2164</v>
       </c>
       <c r="B809" t="s">
-        <v>2178</v>
+        <v>1849</v>
       </c>
       <c r="C809"/>
       <c r="D809"/>
       <c r="E809"/>
       <c r="F809"/>
     </row>
     <row r="810" spans="1:6">
       <c r="A810" t="s">
-        <v>2179</v>
+        <v>2165</v>
       </c>
       <c r="B810" t="s">
-        <v>2180</v>
+        <v>2166</v>
       </c>
       <c r="C810"/>
       <c r="D810"/>
       <c r="E810"/>
       <c r="F810"/>
     </row>
     <row r="811" spans="1:6">
       <c r="A811" t="s">
-        <v>2181</v>
+        <v>2167</v>
       </c>
       <c r="B811" t="s">
-        <v>2182</v>
+        <v>2168</v>
       </c>
       <c r="C811"/>
       <c r="D811"/>
       <c r="E811"/>
       <c r="F811"/>
     </row>
     <row r="812" spans="1:6">
       <c r="A812" t="s">
-        <v>2183</v>
+        <v>2169</v>
       </c>
       <c r="B812" t="s">
-        <v>2184</v>
+        <v>2170</v>
       </c>
       <c r="C812"/>
       <c r="D812"/>
       <c r="E812"/>
       <c r="F812"/>
     </row>
     <row r="813" spans="1:6">
       <c r="A813" t="s">
-        <v>2185</v>
+        <v>2171</v>
       </c>
       <c r="B813" t="s">
-        <v>2186</v>
+        <v>2172</v>
       </c>
       <c r="C813"/>
       <c r="D813"/>
       <c r="E813"/>
       <c r="F813"/>
     </row>
     <row r="814" spans="1:6">
       <c r="A814" t="s">
-        <v>2187</v>
+        <v>2173</v>
       </c>
       <c r="B814" t="s">
-        <v>2188</v>
+        <v>2174</v>
       </c>
       <c r="C814"/>
       <c r="D814"/>
       <c r="E814"/>
       <c r="F814"/>
     </row>
     <row r="815" spans="1:6">
       <c r="A815" t="s">
-        <v>2189</v>
+        <v>2175</v>
       </c>
       <c r="B815" t="s">
-        <v>1887</v>
+        <v>2176</v>
       </c>
       <c r="C815"/>
       <c r="D815"/>
       <c r="E815"/>
       <c r="F815"/>
     </row>
     <row r="816" spans="1:6">
       <c r="A816" t="s">
-        <v>2190</v>
+        <v>2177</v>
       </c>
       <c r="B816" t="s">
-        <v>2191</v>
+        <v>2178</v>
       </c>
       <c r="C816"/>
       <c r="D816"/>
       <c r="E816"/>
       <c r="F816"/>
     </row>
     <row r="817" spans="1:6">
       <c r="A817" t="s">
-        <v>2192</v>
+        <v>2179</v>
       </c>
       <c r="B817" t="s">
-        <v>2193</v>
+        <v>2180</v>
       </c>
       <c r="C817"/>
       <c r="D817"/>
       <c r="E817"/>
       <c r="F817"/>
     </row>
     <row r="818" spans="1:6">
       <c r="A818" t="s">
-        <v>2194</v>
+        <v>2181</v>
       </c>
       <c r="B818" t="s">
-        <v>2195</v>
+        <v>2182</v>
       </c>
       <c r="C818"/>
       <c r="D818"/>
       <c r="E818"/>
       <c r="F818"/>
     </row>
     <row r="819" spans="1:6">
       <c r="A819" t="s">
-        <v>2196</v>
+        <v>2183</v>
       </c>
       <c r="B819" t="s">
-        <v>2197</v>
+        <v>2184</v>
       </c>
       <c r="C819"/>
       <c r="D819"/>
       <c r="E819"/>
       <c r="F819"/>
     </row>
     <row r="820" spans="1:6">
       <c r="A820" t="s">
-        <v>2198</v>
+        <v>2185</v>
       </c>
       <c r="B820" t="s">
-        <v>2080</v>
+        <v>2186</v>
       </c>
       <c r="C820"/>
       <c r="D820"/>
       <c r="E820"/>
       <c r="F820"/>
     </row>
     <row r="821" spans="1:6">
       <c r="A821" t="s">
-        <v>2199</v>
+        <v>2187</v>
       </c>
       <c r="B821" t="s">
-        <v>2078</v>
+        <v>2188</v>
       </c>
       <c r="C821"/>
       <c r="D821"/>
       <c r="E821"/>
       <c r="F821"/>
     </row>
     <row r="822" spans="1:6">
       <c r="A822" t="s">
-        <v>2200</v>
+        <v>2189</v>
       </c>
       <c r="B822" t="s">
-        <v>2201</v>
+        <v>1887</v>
       </c>
       <c r="C822"/>
       <c r="D822"/>
       <c r="E822"/>
       <c r="F822"/>
     </row>
     <row r="823" spans="1:6">
       <c r="A823" t="s">
-        <v>2202</v>
+        <v>2190</v>
       </c>
       <c r="B823" t="s">
-        <v>2138</v>
+        <v>2191</v>
       </c>
       <c r="C823"/>
       <c r="D823"/>
       <c r="E823"/>
       <c r="F823"/>
     </row>
     <row r="824" spans="1:6">
       <c r="A824" t="s">
-        <v>2203</v>
+        <v>2192</v>
       </c>
       <c r="B824" t="s">
-        <v>2204</v>
+        <v>2193</v>
       </c>
       <c r="C824"/>
       <c r="D824"/>
       <c r="E824"/>
       <c r="F824"/>
     </row>
     <row r="825" spans="1:6">
       <c r="A825" t="s">
-        <v>2205</v>
+        <v>2194</v>
       </c>
       <c r="B825" t="s">
-        <v>2206</v>
+        <v>2195</v>
       </c>
       <c r="C825"/>
       <c r="D825"/>
       <c r="E825"/>
       <c r="F825"/>
     </row>
     <row r="826" spans="1:6">
       <c r="A826" t="s">
-        <v>2207</v>
+        <v>2196</v>
       </c>
       <c r="B826" t="s">
-        <v>2208</v>
+        <v>2197</v>
       </c>
       <c r="C826"/>
       <c r="D826"/>
       <c r="E826"/>
       <c r="F826"/>
     </row>
     <row r="827" spans="1:6">
       <c r="A827" t="s">
-        <v>2209</v>
+        <v>2198</v>
       </c>
       <c r="B827" t="s">
-        <v>2210</v>
+        <v>2080</v>
       </c>
       <c r="C827"/>
       <c r="D827"/>
       <c r="E827"/>
       <c r="F827"/>
     </row>
     <row r="828" spans="1:6">
       <c r="A828" t="s">
-        <v>2211</v>
+        <v>2199</v>
       </c>
       <c r="B828" t="s">
-        <v>2212</v>
+        <v>2078</v>
       </c>
       <c r="C828"/>
       <c r="D828"/>
       <c r="E828"/>
       <c r="F828"/>
     </row>
     <row r="829" spans="1:6">
       <c r="A829" t="s">
-        <v>2213</v>
+        <v>2200</v>
       </c>
       <c r="B829" t="s">
-        <v>2129</v>
+        <v>2201</v>
       </c>
       <c r="C829"/>
       <c r="D829"/>
       <c r="E829"/>
       <c r="F829"/>
     </row>
     <row r="830" spans="1:6">
       <c r="A830" t="s">
-        <v>2214</v>
+        <v>2202</v>
       </c>
       <c r="B830" t="s">
-        <v>2215</v>
+        <v>2138</v>
       </c>
       <c r="C830"/>
       <c r="D830"/>
       <c r="E830"/>
       <c r="F830"/>
     </row>
     <row r="831" spans="1:6">
       <c r="A831" t="s">
-        <v>2216</v>
+        <v>2203</v>
       </c>
       <c r="B831" t="s">
-        <v>2217</v>
+        <v>2204</v>
       </c>
       <c r="C831"/>
       <c r="D831"/>
       <c r="E831"/>
       <c r="F831"/>
     </row>
     <row r="832" spans="1:6">
       <c r="A832" t="s">
-        <v>2218</v>
+        <v>2205</v>
       </c>
       <c r="B832" t="s">
-        <v>2219</v>
+        <v>2206</v>
       </c>
       <c r="C832"/>
       <c r="D832"/>
       <c r="E832"/>
       <c r="F832"/>
     </row>
     <row r="833" spans="1:6">
       <c r="A833" t="s">
-        <v>2220</v>
+        <v>2207</v>
       </c>
       <c r="B833" t="s">
-        <v>2221</v>
+        <v>2208</v>
       </c>
       <c r="C833"/>
       <c r="D833"/>
       <c r="E833"/>
       <c r="F833"/>
     </row>
     <row r="834" spans="1:6">
       <c r="A834" t="s">
-        <v>2222</v>
+        <v>2209</v>
       </c>
       <c r="B834" t="s">
-        <v>2223</v>
+        <v>2210</v>
       </c>
       <c r="C834"/>
       <c r="D834"/>
       <c r="E834"/>
       <c r="F834"/>
     </row>
     <row r="835" spans="1:6">
       <c r="A835" t="s">
-        <v>2224</v>
+        <v>2211</v>
       </c>
       <c r="B835" t="s">
-        <v>2225</v>
+        <v>2212</v>
       </c>
       <c r="C835"/>
       <c r="D835"/>
       <c r="E835"/>
-      <c r="F835" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F835"/>
     </row>
     <row r="836" spans="1:6">
       <c r="A836" t="s">
-        <v>2227</v>
+        <v>2213</v>
       </c>
       <c r="B836" t="s">
-        <v>2228</v>
+        <v>2129</v>
       </c>
       <c r="C836"/>
       <c r="D836"/>
       <c r="E836"/>
       <c r="F836"/>
     </row>
     <row r="837" spans="1:6">
       <c r="A837" t="s">
-        <v>2229</v>
+        <v>2214</v>
       </c>
       <c r="B837" t="s">
-        <v>2230</v>
+        <v>2215</v>
       </c>
       <c r="C837"/>
       <c r="D837"/>
       <c r="E837"/>
       <c r="F837"/>
     </row>
     <row r="838" spans="1:6">
       <c r="A838" t="s">
-        <v>2231</v>
+        <v>2216</v>
       </c>
       <c r="B838" t="s">
-        <v>2232</v>
+        <v>2217</v>
       </c>
       <c r="C838"/>
       <c r="D838"/>
       <c r="E838"/>
       <c r="F838"/>
     </row>
     <row r="839" spans="1:6">
       <c r="A839" t="s">
-        <v>2233</v>
+        <v>2218</v>
       </c>
       <c r="B839" t="s">
-        <v>2234</v>
+        <v>2219</v>
       </c>
       <c r="C839"/>
       <c r="D839"/>
       <c r="E839"/>
       <c r="F839"/>
     </row>
     <row r="840" spans="1:6">
       <c r="A840" t="s">
-        <v>2235</v>
+        <v>2220</v>
       </c>
       <c r="B840" t="s">
-        <v>2236</v>
+        <v>2221</v>
       </c>
       <c r="C840"/>
       <c r="D840"/>
       <c r="E840"/>
       <c r="F840"/>
     </row>
     <row r="841" spans="1:6">
       <c r="A841" t="s">
-        <v>2237</v>
+        <v>2222</v>
       </c>
       <c r="B841" t="s">
-        <v>2238</v>
+        <v>2223</v>
       </c>
       <c r="C841"/>
       <c r="D841"/>
       <c r="E841"/>
       <c r="F841"/>
     </row>
     <row r="842" spans="1:6">
       <c r="A842" t="s">
-        <v>2239</v>
+        <v>2224</v>
       </c>
       <c r="B842" t="s">
-        <v>2240</v>
+        <v>2225</v>
       </c>
       <c r="C842"/>
       <c r="D842"/>
       <c r="E842"/>
-      <c r="F842"/>
+      <c r="F842" t="s">
+        <v>2226</v>
+      </c>
     </row>
     <row r="843" spans="1:6">
       <c r="A843" t="s">
-        <v>2241</v>
+        <v>2227</v>
       </c>
       <c r="B843" t="s">
-        <v>2242</v>
+        <v>2228</v>
       </c>
       <c r="C843"/>
       <c r="D843"/>
       <c r="E843"/>
       <c r="F843"/>
     </row>
     <row r="844" spans="1:6">
       <c r="A844" t="s">
-        <v>2243</v>
+        <v>2229</v>
       </c>
       <c r="B844" t="s">
-        <v>2244</v>
+        <v>2230</v>
       </c>
       <c r="C844"/>
       <c r="D844"/>
       <c r="E844"/>
       <c r="F844"/>
     </row>
     <row r="845" spans="1:6">
       <c r="A845" t="s">
-        <v>2245</v>
+        <v>2231</v>
       </c>
       <c r="B845" t="s">
-        <v>2246</v>
+        <v>2232</v>
       </c>
       <c r="C845"/>
       <c r="D845"/>
       <c r="E845"/>
       <c r="F845"/>
     </row>
     <row r="846" spans="1:6">
       <c r="A846" t="s">
-        <v>2247</v>
+        <v>2233</v>
       </c>
       <c r="B846" t="s">
-        <v>2248</v>
+        <v>2234</v>
       </c>
       <c r="C846"/>
       <c r="D846"/>
       <c r="E846"/>
       <c r="F846"/>
     </row>
     <row r="847" spans="1:6">
       <c r="A847" t="s">
-        <v>2249</v>
+        <v>2235</v>
       </c>
       <c r="B847" t="s">
-        <v>2250</v>
+        <v>2236</v>
       </c>
       <c r="C847"/>
       <c r="D847"/>
       <c r="E847"/>
       <c r="F847"/>
     </row>
     <row r="848" spans="1:6">
       <c r="A848" t="s">
-        <v>2251</v>
+        <v>2237</v>
       </c>
       <c r="B848" t="s">
-        <v>2252</v>
+        <v>2238</v>
       </c>
       <c r="C848"/>
       <c r="D848"/>
       <c r="E848"/>
       <c r="F848"/>
     </row>
     <row r="849" spans="1:6">
       <c r="A849" t="s">
-        <v>2253</v>
+        <v>2239</v>
       </c>
       <c r="B849" t="s">
-        <v>2254</v>
+        <v>2240</v>
       </c>
       <c r="C849"/>
       <c r="D849"/>
       <c r="E849"/>
       <c r="F849"/>
     </row>
     <row r="850" spans="1:6">
       <c r="A850" t="s">
-        <v>2255</v>
+        <v>2241</v>
       </c>
       <c r="B850" t="s">
-        <v>2256</v>
+        <v>2242</v>
       </c>
       <c r="C850"/>
       <c r="D850"/>
       <c r="E850"/>
       <c r="F850"/>
     </row>
     <row r="851" spans="1:6">
       <c r="A851" t="s">
-        <v>2257</v>
+        <v>2243</v>
       </c>
       <c r="B851" t="s">
-        <v>2258</v>
+        <v>2244</v>
       </c>
       <c r="C851"/>
       <c r="D851"/>
       <c r="E851"/>
       <c r="F851"/>
     </row>
     <row r="852" spans="1:6">
       <c r="A852" t="s">
-        <v>2259</v>
+        <v>2245</v>
       </c>
       <c r="B852" t="s">
-        <v>2260</v>
-[...12 lines deleted...]
-      </c>
+        <v>2246</v>
+      </c>
+      <c r="C852"/>
+      <c r="D852"/>
+      <c r="E852"/>
+      <c r="F852"/>
     </row>
     <row r="853" spans="1:6">
       <c r="A853" t="s">
-        <v>2263</v>
+        <v>2247</v>
       </c>
       <c r="B853" t="s">
-        <v>2264</v>
+        <v>2248</v>
       </c>
       <c r="C853"/>
       <c r="D853"/>
       <c r="E853"/>
       <c r="F853"/>
     </row>
     <row r="854" spans="1:6">
       <c r="A854" t="s">
-        <v>2265</v>
+        <v>2249</v>
       </c>
       <c r="B854" t="s">
-        <v>2266</v>
+        <v>2250</v>
       </c>
       <c r="C854"/>
       <c r="D854"/>
       <c r="E854"/>
-      <c r="F854" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F854"/>
     </row>
     <row r="855" spans="1:6">
       <c r="A855" t="s">
-        <v>2268</v>
+        <v>2251</v>
       </c>
       <c r="B855" t="s">
-        <v>2269</v>
-[...6 lines deleted...]
-      </c>
+        <v>2252</v>
+      </c>
+      <c r="C855"/>
+      <c r="D855"/>
       <c r="E855"/>
-      <c r="F855" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F855"/>
     </row>
     <row r="856" spans="1:6">
       <c r="A856" t="s">
-        <v>2271</v>
+        <v>2253</v>
       </c>
       <c r="B856" t="s">
-        <v>2272</v>
-[...6 lines deleted...]
-      </c>
+        <v>2254</v>
+      </c>
+      <c r="C856"/>
+      <c r="D856"/>
       <c r="E856"/>
-      <c r="F856" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F856"/>
     </row>
     <row r="857" spans="1:6">
       <c r="A857" t="s">
-        <v>2274</v>
+        <v>2255</v>
       </c>
       <c r="B857" t="s">
-        <v>2275</v>
-[...6 lines deleted...]
-      </c>
+        <v>2256</v>
+      </c>
+      <c r="C857"/>
+      <c r="D857"/>
       <c r="E857"/>
       <c r="F857"/>
     </row>
     <row r="858" spans="1:6">
       <c r="A858" t="s">
-        <v>2276</v>
+        <v>2257</v>
       </c>
       <c r="B858" t="s">
-        <v>2277</v>
-[...6 lines deleted...]
-      </c>
+        <v>2258</v>
+      </c>
+      <c r="C858"/>
+      <c r="D858"/>
       <c r="E858"/>
-      <c r="F858" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F858"/>
     </row>
     <row r="859" spans="1:6">
       <c r="A859" t="s">
-        <v>2279</v>
+        <v>2259</v>
       </c>
       <c r="B859" t="s">
-        <v>2280</v>
-[...3 lines deleted...]
-      <c r="E859"/>
+        <v>2260</v>
+      </c>
+      <c r="C859">
+        <v>4463106</v>
+      </c>
+      <c r="D859">
+        <v>63106</v>
+      </c>
+      <c r="E859" t="s">
+        <v>2261</v>
+      </c>
       <c r="F859" t="s">
-        <v>2281</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="860" spans="1:6">
       <c r="A860" t="s">
-        <v>2282</v>
+        <v>2263</v>
       </c>
       <c r="B860" t="s">
-        <v>2283</v>
+        <v>2264</v>
       </c>
       <c r="C860"/>
       <c r="D860"/>
       <c r="E860"/>
-      <c r="F860" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F860"/>
     </row>
     <row r="861" spans="1:6">
       <c r="A861" t="s">
-        <v>2285</v>
+        <v>2265</v>
       </c>
       <c r="B861" t="s">
-        <v>2286</v>
+        <v>2266</v>
       </c>
       <c r="C861"/>
       <c r="D861"/>
       <c r="E861"/>
-      <c r="F861"/>
+      <c r="F861" t="s">
+        <v>2267</v>
+      </c>
     </row>
     <row r="862" spans="1:6">
       <c r="A862" t="s">
-        <v>2287</v>
+        <v>2268</v>
       </c>
       <c r="B862" t="s">
-        <v>2288</v>
-[...2 lines deleted...]
-      <c r="D862"/>
+        <v>2269</v>
+      </c>
+      <c r="C862">
+        <v>4463120</v>
+      </c>
+      <c r="D862">
+        <v>63120</v>
+      </c>
       <c r="E862"/>
       <c r="F862" t="s">
-        <v>2289</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="863" spans="1:6">
       <c r="A863" t="s">
-        <v>2290</v>
+        <v>2271</v>
       </c>
       <c r="B863" t="s">
-        <v>2291</v>
-[...2 lines deleted...]
-      <c r="D863"/>
+        <v>2272</v>
+      </c>
+      <c r="C863">
+        <v>4427397</v>
+      </c>
+      <c r="D863">
+        <v>17397</v>
+      </c>
       <c r="E863"/>
       <c r="F863" t="s">
-        <v>2292</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="864" spans="1:6">
       <c r="A864" t="s">
-        <v>2293</v>
+        <v>2274</v>
       </c>
       <c r="B864" t="s">
-        <v>2294</v>
-[...2 lines deleted...]
-      <c r="D864"/>
+        <v>2275</v>
+      </c>
+      <c r="C864">
+        <v>4453949</v>
+      </c>
+      <c r="D864">
+        <v>53949</v>
+      </c>
       <c r="E864"/>
-      <c r="F864" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F864"/>
     </row>
     <row r="865" spans="1:6">
       <c r="A865" t="s">
-        <v>2296</v>
+        <v>2276</v>
       </c>
       <c r="B865" t="s">
-        <v>2297</v>
-[...2 lines deleted...]
-      <c r="D865"/>
+        <v>2277</v>
+      </c>
+      <c r="C865">
+        <v>4468581</v>
+      </c>
+      <c r="D865">
+        <v>68581</v>
+      </c>
       <c r="E865"/>
-      <c r="F865"/>
+      <c r="F865" t="s">
+        <v>2278</v>
+      </c>
     </row>
     <row r="866" spans="1:6">
       <c r="A866" t="s">
-        <v>2298</v>
+        <v>2279</v>
       </c>
       <c r="B866" t="s">
-        <v>2299</v>
+        <v>2280</v>
       </c>
       <c r="C866"/>
       <c r="D866"/>
       <c r="E866"/>
       <c r="F866" t="s">
-        <v>2300</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="867" spans="1:6">
       <c r="A867" t="s">
-        <v>2301</v>
+        <v>2282</v>
       </c>
       <c r="B867" t="s">
-        <v>2302</v>
+        <v>2283</v>
       </c>
       <c r="C867"/>
       <c r="D867"/>
       <c r="E867"/>
-      <c r="F867"/>
+      <c r="F867" t="s">
+        <v>2284</v>
+      </c>
     </row>
     <row r="868" spans="1:6">
       <c r="A868" t="s">
-        <v>2303</v>
+        <v>2285</v>
       </c>
       <c r="B868" t="s">
-        <v>2304</v>
+        <v>2286</v>
       </c>
       <c r="C868"/>
       <c r="D868"/>
       <c r="E868"/>
       <c r="F868"/>
     </row>
     <row r="869" spans="1:6">
       <c r="A869" t="s">
-        <v>2305</v>
+        <v>2287</v>
       </c>
       <c r="B869" t="s">
-        <v>2129</v>
+        <v>2288</v>
       </c>
       <c r="C869"/>
       <c r="D869"/>
       <c r="E869"/>
-      <c r="F869"/>
+      <c r="F869" t="s">
+        <v>2289</v>
+      </c>
     </row>
     <row r="870" spans="1:6">
       <c r="A870" t="s">
-        <v>2306</v>
+        <v>2290</v>
       </c>
       <c r="B870" t="s">
-        <v>2307</v>
+        <v>2291</v>
       </c>
       <c r="C870"/>
       <c r="D870"/>
       <c r="E870"/>
-      <c r="F870"/>
+      <c r="F870" t="s">
+        <v>2292</v>
+      </c>
     </row>
     <row r="871" spans="1:6">
       <c r="A871" t="s">
-        <v>2308</v>
+        <v>2293</v>
       </c>
       <c r="B871" t="s">
-        <v>1849</v>
+        <v>2294</v>
       </c>
       <c r="C871"/>
       <c r="D871"/>
       <c r="E871"/>
       <c r="F871" t="s">
-        <v>2309</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="872" spans="1:6">
       <c r="A872" t="s">
-        <v>2310</v>
+        <v>2296</v>
       </c>
       <c r="B872" t="s">
-        <v>2311</v>
+        <v>2297</v>
       </c>
       <c r="C872"/>
       <c r="D872"/>
       <c r="E872"/>
       <c r="F872"/>
     </row>
     <row r="873" spans="1:6">
       <c r="A873" t="s">
-        <v>2312</v>
+        <v>2298</v>
       </c>
       <c r="B873" t="s">
-        <v>2313</v>
+        <v>2299</v>
       </c>
       <c r="C873"/>
       <c r="D873"/>
       <c r="E873"/>
-      <c r="F873"/>
+      <c r="F873" t="s">
+        <v>2300</v>
+      </c>
     </row>
     <row r="874" spans="1:6">
       <c r="A874" t="s">
-        <v>2314</v>
+        <v>2301</v>
       </c>
       <c r="B874" t="s">
-        <v>2315</v>
+        <v>2302</v>
       </c>
       <c r="C874"/>
       <c r="D874"/>
       <c r="E874"/>
       <c r="F874"/>
     </row>
     <row r="875" spans="1:6">
       <c r="A875" t="s">
-        <v>2316</v>
+        <v>2303</v>
       </c>
       <c r="B875" t="s">
-        <v>2317</v>
+        <v>2304</v>
       </c>
       <c r="C875"/>
       <c r="D875"/>
       <c r="E875"/>
       <c r="F875"/>
     </row>
     <row r="876" spans="1:6">
       <c r="A876" t="s">
-        <v>2318</v>
+        <v>2305</v>
       </c>
       <c r="B876" t="s">
-        <v>2319</v>
+        <v>2129</v>
       </c>
       <c r="C876"/>
       <c r="D876"/>
       <c r="E876"/>
       <c r="F876"/>
     </row>
     <row r="877" spans="1:6">
       <c r="A877" t="s">
-        <v>2320</v>
+        <v>2306</v>
       </c>
       <c r="B877" t="s">
-        <v>2321</v>
+        <v>2307</v>
       </c>
       <c r="C877"/>
       <c r="D877"/>
       <c r="E877"/>
       <c r="F877"/>
     </row>
     <row r="878" spans="1:6">
       <c r="A878" t="s">
-        <v>2322</v>
+        <v>2308</v>
       </c>
       <c r="B878" t="s">
-        <v>2323</v>
+        <v>1849</v>
       </c>
       <c r="C878"/>
       <c r="D878"/>
       <c r="E878"/>
-      <c r="F878"/>
+      <c r="F878" t="s">
+        <v>2309</v>
+      </c>
     </row>
     <row r="879" spans="1:6">
       <c r="A879" t="s">
-        <v>2324</v>
+        <v>2310</v>
       </c>
       <c r="B879" t="s">
-        <v>2325</v>
-[...3 lines deleted...]
-      </c>
+        <v>2311</v>
+      </c>
+      <c r="C879"/>
       <c r="D879"/>
       <c r="E879"/>
       <c r="F879"/>
     </row>
     <row r="880" spans="1:6">
       <c r="A880" t="s">
-        <v>2326</v>
+        <v>2312</v>
       </c>
       <c r="B880" t="s">
-        <v>2327</v>
+        <v>2313</v>
       </c>
       <c r="C880"/>
       <c r="D880"/>
       <c r="E880"/>
       <c r="F880"/>
     </row>
     <row r="881" spans="1:6">
       <c r="A881" t="s">
-        <v>2328</v>
+        <v>2314</v>
       </c>
       <c r="B881" t="s">
-        <v>2329</v>
+        <v>2315</v>
       </c>
       <c r="C881"/>
       <c r="D881"/>
       <c r="E881"/>
       <c r="F881"/>
     </row>
     <row r="882" spans="1:6">
       <c r="A882" t="s">
-        <v>2330</v>
+        <v>2316</v>
       </c>
       <c r="B882" t="s">
-        <v>1846</v>
+        <v>2317</v>
       </c>
       <c r="C882"/>
       <c r="D882"/>
       <c r="E882"/>
       <c r="F882"/>
     </row>
     <row r="883" spans="1:6">
       <c r="A883" t="s">
-        <v>2331</v>
+        <v>2318</v>
       </c>
       <c r="B883" t="s">
-        <v>2332</v>
+        <v>2319</v>
       </c>
       <c r="C883"/>
       <c r="D883"/>
       <c r="E883"/>
       <c r="F883"/>
     </row>
     <row r="884" spans="1:6">
       <c r="A884" t="s">
-        <v>2333</v>
+        <v>2320</v>
       </c>
       <c r="B884" t="s">
-        <v>2334</v>
+        <v>2321</v>
       </c>
       <c r="C884"/>
       <c r="D884"/>
       <c r="E884"/>
       <c r="F884"/>
     </row>
     <row r="885" spans="1:6">
       <c r="A885" t="s">
-        <v>2335</v>
+        <v>2322</v>
       </c>
       <c r="B885" t="s">
-        <v>2336</v>
+        <v>2323</v>
       </c>
       <c r="C885"/>
       <c r="D885"/>
       <c r="E885"/>
       <c r="F885"/>
     </row>
     <row r="886" spans="1:6">
       <c r="A886" t="s">
-        <v>2337</v>
+        <v>2324</v>
       </c>
       <c r="B886" t="s">
-        <v>2338</v>
-[...1 lines deleted...]
-      <c r="C886"/>
+        <v>2325</v>
+      </c>
+      <c r="C886">
+        <v>4463108</v>
+      </c>
       <c r="D886"/>
       <c r="E886"/>
       <c r="F886"/>
     </row>
     <row r="887" spans="1:6">
       <c r="A887" t="s">
-        <v>2339</v>
+        <v>2326</v>
       </c>
       <c r="B887" t="s">
-        <v>2340</v>
+        <v>2327</v>
       </c>
       <c r="C887"/>
       <c r="D887"/>
       <c r="E887"/>
       <c r="F887"/>
     </row>
     <row r="888" spans="1:6">
       <c r="A888" t="s">
-        <v>2341</v>
+        <v>2328</v>
       </c>
       <c r="B888" t="s">
-        <v>2342</v>
+        <v>2329</v>
       </c>
       <c r="C888"/>
       <c r="D888"/>
       <c r="E888"/>
       <c r="F888"/>
     </row>
     <row r="889" spans="1:6">
       <c r="A889" t="s">
-        <v>2343</v>
+        <v>2330</v>
       </c>
       <c r="B889" t="s">
-        <v>2344</v>
+        <v>1846</v>
       </c>
       <c r="C889"/>
       <c r="D889"/>
       <c r="E889"/>
       <c r="F889"/>
     </row>
     <row r="890" spans="1:6">
       <c r="A890" t="s">
-        <v>2345</v>
+        <v>2331</v>
       </c>
       <c r="B890" t="s">
-        <v>2346</v>
+        <v>2332</v>
       </c>
       <c r="C890"/>
       <c r="D890"/>
       <c r="E890"/>
       <c r="F890"/>
     </row>
     <row r="891" spans="1:6">
       <c r="A891" t="s">
-        <v>2347</v>
+        <v>2333</v>
       </c>
       <c r="B891" t="s">
-        <v>2348</v>
+        <v>2334</v>
       </c>
       <c r="C891"/>
       <c r="D891"/>
       <c r="E891"/>
       <c r="F891"/>
     </row>
     <row r="892" spans="1:6">
       <c r="A892" t="s">
-        <v>2349</v>
+        <v>2335</v>
       </c>
       <c r="B892" t="s">
-        <v>2350</v>
+        <v>2336</v>
       </c>
       <c r="C892"/>
       <c r="D892"/>
       <c r="E892"/>
       <c r="F892"/>
     </row>
     <row r="893" spans="1:6">
       <c r="A893" t="s">
-        <v>2351</v>
+        <v>2337</v>
       </c>
       <c r="B893" t="s">
-        <v>2352</v>
+        <v>2338</v>
       </c>
       <c r="C893"/>
       <c r="D893"/>
       <c r="E893"/>
       <c r="F893"/>
     </row>
     <row r="894" spans="1:6">
       <c r="A894" t="s">
-        <v>2353</v>
+        <v>2339</v>
       </c>
       <c r="B894" t="s">
-        <v>2354</v>
+        <v>2340</v>
       </c>
       <c r="C894"/>
       <c r="D894"/>
       <c r="E894"/>
       <c r="F894"/>
     </row>
     <row r="895" spans="1:6">
       <c r="A895" t="s">
-        <v>2355</v>
+        <v>2341</v>
       </c>
       <c r="B895" t="s">
-        <v>2356</v>
+        <v>2342</v>
       </c>
       <c r="C895"/>
       <c r="D895"/>
       <c r="E895"/>
       <c r="F895"/>
     </row>
     <row r="896" spans="1:6">
       <c r="A896" t="s">
-        <v>2357</v>
+        <v>2343</v>
       </c>
       <c r="B896" t="s">
-        <v>2358</v>
+        <v>2344</v>
       </c>
       <c r="C896"/>
       <c r="D896"/>
       <c r="E896"/>
       <c r="F896"/>
     </row>
     <row r="897" spans="1:6">
       <c r="A897" t="s">
-        <v>2359</v>
+        <v>2345</v>
       </c>
       <c r="B897" t="s">
-        <v>2360</v>
+        <v>2346</v>
       </c>
       <c r="C897"/>
       <c r="D897"/>
       <c r="E897"/>
       <c r="F897"/>
     </row>
     <row r="898" spans="1:6">
       <c r="A898" t="s">
-        <v>2361</v>
+        <v>2347</v>
       </c>
       <c r="B898" t="s">
-        <v>2362</v>
+        <v>2348</v>
       </c>
       <c r="C898"/>
       <c r="D898"/>
       <c r="E898"/>
       <c r="F898"/>
     </row>
     <row r="899" spans="1:6">
       <c r="A899" t="s">
-        <v>2363</v>
+        <v>2349</v>
       </c>
       <c r="B899" t="s">
-        <v>2364</v>
+        <v>2350</v>
       </c>
       <c r="C899"/>
       <c r="D899"/>
       <c r="E899"/>
       <c r="F899"/>
     </row>
     <row r="900" spans="1:6">
       <c r="A900" t="s">
-        <v>2365</v>
+        <v>2351</v>
       </c>
       <c r="B900" t="s">
-        <v>2366</v>
+        <v>2352</v>
       </c>
       <c r="C900"/>
       <c r="D900"/>
       <c r="E900"/>
       <c r="F900"/>
     </row>
     <row r="901" spans="1:6">
       <c r="A901" t="s">
-        <v>2367</v>
+        <v>2353</v>
       </c>
       <c r="B901" t="s">
-        <v>2368</v>
+        <v>2354</v>
       </c>
       <c r="C901"/>
       <c r="D901"/>
       <c r="E901"/>
       <c r="F901"/>
     </row>
     <row r="902" spans="1:6">
       <c r="A902" t="s">
-        <v>2369</v>
+        <v>2355</v>
       </c>
       <c r="B902" t="s">
-        <v>2370</v>
+        <v>2356</v>
       </c>
       <c r="C902"/>
       <c r="D902"/>
       <c r="E902"/>
       <c r="F902"/>
     </row>
     <row r="903" spans="1:6">
       <c r="A903" t="s">
-        <v>2371</v>
+        <v>2357</v>
       </c>
       <c r="B903" t="s">
-        <v>2372</v>
+        <v>2358</v>
       </c>
       <c r="C903"/>
       <c r="D903"/>
       <c r="E903"/>
       <c r="F903"/>
     </row>
     <row r="904" spans="1:6">
       <c r="A904" t="s">
-        <v>2373</v>
+        <v>2359</v>
       </c>
       <c r="B904" t="s">
-        <v>2374</v>
+        <v>2360</v>
       </c>
       <c r="C904"/>
       <c r="D904"/>
       <c r="E904"/>
       <c r="F904"/>
     </row>
     <row r="905" spans="1:6">
       <c r="A905" t="s">
-        <v>2375</v>
+        <v>2361</v>
       </c>
       <c r="B905" t="s">
-        <v>2376</v>
+        <v>2362</v>
       </c>
       <c r="C905"/>
       <c r="D905"/>
       <c r="E905"/>
       <c r="F905"/>
     </row>
     <row r="906" spans="1:6">
       <c r="A906" t="s">
-        <v>2377</v>
+        <v>2363</v>
       </c>
       <c r="B906" t="s">
-        <v>2378</v>
+        <v>2364</v>
       </c>
       <c r="C906"/>
       <c r="D906"/>
       <c r="E906"/>
       <c r="F906"/>
     </row>
     <row r="907" spans="1:6">
       <c r="A907" t="s">
-        <v>2379</v>
+        <v>2365</v>
       </c>
       <c r="B907" t="s">
-        <v>2380</v>
+        <v>2366</v>
       </c>
       <c r="C907"/>
       <c r="D907"/>
       <c r="E907"/>
       <c r="F907"/>
     </row>
     <row r="908" spans="1:6">
       <c r="A908" t="s">
-        <v>2381</v>
+        <v>2367</v>
       </c>
       <c r="B908" t="s">
-        <v>2382</v>
+        <v>2368</v>
       </c>
       <c r="C908"/>
       <c r="D908"/>
       <c r="E908"/>
       <c r="F908"/>
     </row>
     <row r="909" spans="1:6">
       <c r="A909" t="s">
-        <v>2383</v>
+        <v>2369</v>
       </c>
       <c r="B909" t="s">
-        <v>2384</v>
+        <v>2370</v>
       </c>
       <c r="C909"/>
       <c r="D909"/>
       <c r="E909"/>
       <c r="F909"/>
     </row>
     <row r="910" spans="1:6">
       <c r="A910" t="s">
-        <v>2385</v>
+        <v>2371</v>
       </c>
       <c r="B910" t="s">
-        <v>2386</v>
+        <v>2372</v>
       </c>
       <c r="C910"/>
       <c r="D910"/>
       <c r="E910"/>
       <c r="F910"/>
     </row>
     <row r="911" spans="1:6">
       <c r="A911" t="s">
-        <v>2387</v>
+        <v>2373</v>
       </c>
       <c r="B911" t="s">
-        <v>2388</v>
+        <v>2374</v>
       </c>
       <c r="C911"/>
       <c r="D911"/>
       <c r="E911"/>
       <c r="F911"/>
     </row>
     <row r="912" spans="1:6">
       <c r="A912" t="s">
-        <v>2389</v>
+        <v>2375</v>
       </c>
       <c r="B912" t="s">
-        <v>2390</v>
+        <v>2376</v>
       </c>
       <c r="C912"/>
       <c r="D912"/>
       <c r="E912"/>
       <c r="F912"/>
     </row>
     <row r="913" spans="1:6">
       <c r="A913" t="s">
-        <v>2391</v>
+        <v>2377</v>
       </c>
       <c r="B913" t="s">
-        <v>2392</v>
+        <v>2378</v>
       </c>
       <c r="C913"/>
       <c r="D913"/>
       <c r="E913"/>
       <c r="F913"/>
     </row>
     <row r="914" spans="1:6">
       <c r="A914" t="s">
-        <v>2393</v>
+        <v>2379</v>
       </c>
       <c r="B914" t="s">
-        <v>2394</v>
+        <v>2380</v>
       </c>
       <c r="C914"/>
       <c r="D914"/>
       <c r="E914"/>
       <c r="F914"/>
     </row>
     <row r="915" spans="1:6">
       <c r="A915" t="s">
-        <v>2395</v>
+        <v>2381</v>
       </c>
       <c r="B915" t="s">
-        <v>2396</v>
-[...6 lines deleted...]
-      </c>
+        <v>2382</v>
+      </c>
+      <c r="C915"/>
+      <c r="D915"/>
       <c r="E915"/>
-      <c r="F915" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F915"/>
     </row>
     <row r="916" spans="1:6">
       <c r="A916" t="s">
-        <v>2398</v>
+        <v>2383</v>
       </c>
       <c r="B916" t="s">
-        <v>2399</v>
+        <v>2384</v>
       </c>
       <c r="C916"/>
       <c r="D916"/>
       <c r="E916"/>
       <c r="F916"/>
     </row>
     <row r="917" spans="1:6">
       <c r="A917" t="s">
-        <v>2400</v>
+        <v>2385</v>
       </c>
       <c r="B917" t="s">
-        <v>2401</v>
+        <v>2386</v>
       </c>
       <c r="C917"/>
       <c r="D917"/>
       <c r="E917"/>
       <c r="F917"/>
     </row>
     <row r="918" spans="1:6">
       <c r="A918" t="s">
-        <v>2402</v>
+        <v>2387</v>
       </c>
       <c r="B918" t="s">
-        <v>2403</v>
+        <v>2388</v>
       </c>
       <c r="C918"/>
-      <c r="D918">
-[...7 lines deleted...]
-      </c>
+      <c r="D918"/>
+      <c r="E918"/>
+      <c r="F918"/>
     </row>
     <row r="919" spans="1:6">
       <c r="A919" t="s">
-        <v>2406</v>
+        <v>2389</v>
       </c>
       <c r="B919" t="s">
-        <v>2407</v>
-[...12 lines deleted...]
-      </c>
+        <v>2390</v>
+      </c>
+      <c r="C919"/>
+      <c r="D919"/>
+      <c r="E919"/>
+      <c r="F919"/>
     </row>
     <row r="920" spans="1:6">
       <c r="A920" t="s">
-        <v>2410</v>
+        <v>2391</v>
       </c>
       <c r="B920" t="s">
-        <v>2411</v>
+        <v>2392</v>
       </c>
       <c r="C920"/>
       <c r="D920"/>
-      <c r="E920" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E920"/>
+      <c r="F920"/>
     </row>
     <row r="921" spans="1:6">
       <c r="A921" t="s">
-        <v>2414</v>
+        <v>2393</v>
       </c>
       <c r="B921" t="s">
-        <v>2415</v>
-[...12 lines deleted...]
-      </c>
+        <v>2394</v>
+      </c>
+      <c r="C921"/>
+      <c r="D921"/>
+      <c r="E921"/>
+      <c r="F921"/>
     </row>
     <row r="922" spans="1:6">
       <c r="A922" t="s">
-        <v>2418</v>
+        <v>2395</v>
       </c>
       <c r="B922" t="s">
-        <v>801</v>
-[...2 lines deleted...]
-      <c r="D922"/>
+        <v>2396</v>
+      </c>
+      <c r="C922">
+        <v>4434126</v>
+      </c>
+      <c r="D922">
+        <v>34126</v>
+      </c>
       <c r="E922"/>
       <c r="F922" t="s">
-        <v>2419</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="923" spans="1:6">
       <c r="A923" t="s">
-        <v>2420</v>
+        <v>2398</v>
       </c>
       <c r="B923" t="s">
-        <v>309</v>
-[...6 lines deleted...]
-      </c>
+        <v>2399</v>
+      </c>
+      <c r="C923"/>
+      <c r="D923"/>
       <c r="E923"/>
       <c r="F923"/>
     </row>
     <row r="924" spans="1:6">
       <c r="A924" t="s">
-        <v>2421</v>
+        <v>2400</v>
       </c>
       <c r="B924" t="s">
-        <v>2422</v>
+        <v>2401</v>
       </c>
       <c r="C924"/>
       <c r="D924"/>
       <c r="E924"/>
-      <c r="F924" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F924"/>
     </row>
     <row r="925" spans="1:6">
       <c r="A925" t="s">
-        <v>2424</v>
+        <v>2402</v>
       </c>
       <c r="B925" t="s">
-        <v>359</v>
-[...3 lines deleted...]
-      </c>
+        <v>2403</v>
+      </c>
+      <c r="C925"/>
       <c r="D925">
-        <v>8812</v>
-[...1 lines deleted...]
-      <c r="E925"/>
+        <v>8027</v>
+      </c>
+      <c r="E925" t="s">
+        <v>2404</v>
+      </c>
       <c r="F925" t="s">
-        <v>2425</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="926" spans="1:6">
       <c r="A926" t="s">
-        <v>2426</v>
+        <v>2406</v>
       </c>
       <c r="B926" t="s">
-        <v>2427</v>
-[...4 lines deleted...]
-      <c r="F926"/>
+        <v>2407</v>
+      </c>
+      <c r="C926">
+        <v>44430155</v>
+      </c>
+      <c r="D926">
+        <v>8805</v>
+      </c>
+      <c r="E926" t="s">
+        <v>2408</v>
+      </c>
+      <c r="F926" t="s">
+        <v>2409</v>
+      </c>
     </row>
     <row r="927" spans="1:6">
       <c r="A927" t="s">
-        <v>2428</v>
+        <v>2410</v>
       </c>
       <c r="B927" t="s">
-        <v>2429</v>
+        <v>2411</v>
       </c>
       <c r="C927"/>
       <c r="D927"/>
-      <c r="E927"/>
-      <c r="F927"/>
+      <c r="E927" t="s">
+        <v>2412</v>
+      </c>
+      <c r="F927" t="s">
+        <v>2413</v>
+      </c>
     </row>
     <row r="928" spans="1:6">
       <c r="A928" t="s">
-        <v>2430</v>
+        <v>2414</v>
       </c>
       <c r="B928" t="s">
-        <v>2431</v>
-[...3 lines deleted...]
-      <c r="E928"/>
+        <v>2415</v>
+      </c>
+      <c r="C928">
+        <v>4452600</v>
+      </c>
+      <c r="D928">
+        <v>8265</v>
+      </c>
+      <c r="E928" t="s">
+        <v>2416</v>
+      </c>
       <c r="F928" t="s">
-        <v>2432</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="929" spans="1:6">
       <c r="A929" t="s">
-        <v>2433</v>
+        <v>2418</v>
       </c>
       <c r="B929" t="s">
-        <v>2434</v>
+        <v>801</v>
       </c>
       <c r="C929"/>
       <c r="D929"/>
       <c r="E929"/>
       <c r="F929" t="s">
-        <v>2435</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="930" spans="1:6">
       <c r="A930" t="s">
-        <v>2436</v>
+        <v>2420</v>
       </c>
       <c r="B930" t="s">
-        <v>2437</v>
-[...2 lines deleted...]
-      <c r="D930"/>
+        <v>309</v>
+      </c>
+      <c r="C930">
+        <v>4448057</v>
+      </c>
+      <c r="D930">
+        <v>8057</v>
+      </c>
       <c r="E930"/>
-      <c r="F930" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F930"/>
     </row>
     <row r="931" spans="1:6">
       <c r="A931" t="s">
-        <v>2439</v>
+        <v>2421</v>
       </c>
       <c r="B931" t="s">
-        <v>606</v>
+        <v>2422</v>
       </c>
       <c r="C931"/>
       <c r="D931"/>
       <c r="E931"/>
       <c r="F931" t="s">
-        <v>2440</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="932" spans="1:6">
       <c r="A932" t="s">
-        <v>2441</v>
+        <v>2424</v>
       </c>
       <c r="B932" t="s">
-        <v>2442</v>
-[...2 lines deleted...]
-      <c r="D932"/>
+        <v>359</v>
+      </c>
+      <c r="C932">
+        <v>448812</v>
+      </c>
+      <c r="D932">
+        <v>8812</v>
+      </c>
       <c r="E932"/>
-      <c r="F932"/>
+      <c r="F932" t="s">
+        <v>2425</v>
+      </c>
     </row>
     <row r="933" spans="1:6">
       <c r="A933" t="s">
-        <v>2443</v>
+        <v>2426</v>
       </c>
       <c r="B933" t="s">
-        <v>2444</v>
+        <v>2427</v>
       </c>
       <c r="C933"/>
       <c r="D933"/>
       <c r="E933"/>
-      <c r="F933" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F933"/>
     </row>
     <row r="934" spans="1:6">
       <c r="A934" t="s">
-        <v>2446</v>
+        <v>2428</v>
       </c>
       <c r="B934" t="s">
-        <v>2442</v>
+        <v>2429</v>
       </c>
       <c r="C934"/>
       <c r="D934"/>
       <c r="E934"/>
-      <c r="F934" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F934"/>
     </row>
     <row r="935" spans="1:6">
       <c r="A935" t="s">
-        <v>2448</v>
+        <v>2430</v>
       </c>
       <c r="B935" t="s">
-        <v>1220</v>
+        <v>2431</v>
       </c>
       <c r="C935"/>
       <c r="D935"/>
       <c r="E935"/>
-      <c r="F935"/>
+      <c r="F935" t="s">
+        <v>2432</v>
+      </c>
     </row>
     <row r="936" spans="1:6">
       <c r="A936" t="s">
-        <v>2449</v>
+        <v>2433</v>
       </c>
       <c r="B936" t="s">
-        <v>2450</v>
+        <v>2434</v>
       </c>
       <c r="C936"/>
       <c r="D936"/>
       <c r="E936"/>
       <c r="F936" t="s">
-        <v>2451</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="937" spans="1:6">
       <c r="A937" t="s">
-        <v>2452</v>
+        <v>2436</v>
       </c>
       <c r="B937" t="s">
-        <v>2453</v>
+        <v>2437</v>
       </c>
       <c r="C937"/>
       <c r="D937"/>
       <c r="E937"/>
       <c r="F937" t="s">
-        <v>2454</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="938" spans="1:6">
       <c r="A938" t="s">
-        <v>2455</v>
+        <v>2439</v>
       </c>
       <c r="B938" t="s">
-        <v>2456</v>
+        <v>606</v>
       </c>
       <c r="C938"/>
       <c r="D938"/>
       <c r="E938"/>
       <c r="F938" t="s">
-        <v>2457</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="939" spans="1:6">
       <c r="A939" t="s">
-        <v>2458</v>
+        <v>2441</v>
       </c>
       <c r="B939" t="s">
-        <v>2459</v>
+        <v>2442</v>
       </c>
       <c r="C939"/>
       <c r="D939"/>
       <c r="E939"/>
-      <c r="F939" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F939"/>
     </row>
     <row r="940" spans="1:6">
       <c r="A940" t="s">
-        <v>2461</v>
+        <v>2443</v>
       </c>
       <c r="B940" t="s">
-        <v>2462</v>
+        <v>2444</v>
       </c>
       <c r="C940"/>
       <c r="D940"/>
       <c r="E940"/>
       <c r="F940" t="s">
-        <v>2463</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="941" spans="1:6">
       <c r="A941" t="s">
-        <v>2464</v>
+        <v>2446</v>
       </c>
       <c r="B941" t="s">
-        <v>2459</v>
+        <v>2442</v>
       </c>
       <c r="C941"/>
       <c r="D941"/>
       <c r="E941"/>
-      <c r="F941"/>
+      <c r="F941" t="s">
+        <v>2447</v>
+      </c>
     </row>
     <row r="942" spans="1:6">
       <c r="A942" t="s">
-        <v>2465</v>
+        <v>2448</v>
       </c>
       <c r="B942" t="s">
-        <v>2462</v>
+        <v>1220</v>
       </c>
       <c r="C942"/>
       <c r="D942"/>
       <c r="E942"/>
-      <c r="F942" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F942"/>
     </row>
     <row r="943" spans="1:6">
       <c r="A943" t="s">
-        <v>2467</v>
+        <v>2449</v>
       </c>
       <c r="B943" t="s">
-        <v>2459</v>
+        <v>2450</v>
       </c>
       <c r="C943"/>
       <c r="D943"/>
       <c r="E943"/>
-      <c r="F943"/>
+      <c r="F943" t="s">
+        <v>2451</v>
+      </c>
     </row>
     <row r="944" spans="1:6">
       <c r="A944" t="s">
-        <v>2468</v>
+        <v>2452</v>
       </c>
       <c r="B944" t="s">
-        <v>2462</v>
+        <v>2453</v>
       </c>
       <c r="C944"/>
       <c r="D944"/>
       <c r="E944"/>
       <c r="F944" t="s">
-        <v>2469</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="945" spans="1:6">
       <c r="A945" t="s">
-        <v>2470</v>
+        <v>2455</v>
       </c>
       <c r="B945" t="s">
-        <v>2471</v>
+        <v>2456</v>
       </c>
       <c r="C945"/>
       <c r="D945"/>
       <c r="E945"/>
       <c r="F945" t="s">
-        <v>2472</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="946" spans="1:6">
       <c r="A946" t="s">
-        <v>2473</v>
+        <v>2458</v>
       </c>
       <c r="B946" t="s">
-        <v>2474</v>
+        <v>2459</v>
       </c>
       <c r="C946"/>
       <c r="D946"/>
       <c r="E946"/>
       <c r="F946" t="s">
-        <v>2475</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="947" spans="1:6">
       <c r="A947" t="s">
-        <v>2476</v>
+        <v>2461</v>
       </c>
       <c r="B947" t="s">
-        <v>396</v>
+        <v>2462</v>
       </c>
       <c r="C947"/>
       <c r="D947"/>
       <c r="E947"/>
       <c r="F947" t="s">
-        <v>2477</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="948" spans="1:6">
       <c r="A948" t="s">
-        <v>2478</v>
+        <v>2464</v>
       </c>
       <c r="B948" t="s">
-        <v>505</v>
+        <v>2459</v>
       </c>
       <c r="C948"/>
       <c r="D948"/>
       <c r="E948"/>
-      <c r="F948" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F948"/>
     </row>
     <row r="949" spans="1:6">
       <c r="A949" t="s">
-        <v>2480</v>
+        <v>2465</v>
       </c>
       <c r="B949" t="s">
-        <v>393</v>
+        <v>2462</v>
       </c>
       <c r="C949"/>
       <c r="D949"/>
       <c r="E949"/>
       <c r="F949" t="s">
-        <v>2481</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="950" spans="1:6">
       <c r="A950" t="s">
-        <v>2482</v>
+        <v>2467</v>
       </c>
       <c r="B950" t="s">
-        <v>1254</v>
+        <v>2459</v>
       </c>
       <c r="C950"/>
       <c r="D950"/>
       <c r="E950"/>
-      <c r="F950" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F950"/>
     </row>
     <row r="951" spans="1:6">
       <c r="A951" t="s">
-        <v>2484</v>
+        <v>2468</v>
       </c>
       <c r="B951" t="s">
-        <v>400</v>
+        <v>2462</v>
       </c>
       <c r="C951"/>
       <c r="D951"/>
       <c r="E951"/>
-      <c r="F951"/>
+      <c r="F951" t="s">
+        <v>2469</v>
+      </c>
     </row>
     <row r="952" spans="1:6">
       <c r="A952" t="s">
-        <v>2485</v>
+        <v>2470</v>
       </c>
       <c r="B952" t="s">
-        <v>375</v>
+        <v>2471</v>
       </c>
       <c r="C952"/>
       <c r="D952"/>
       <c r="E952"/>
       <c r="F952" t="s">
-        <v>2486</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="953" spans="1:6">
       <c r="A953" t="s">
-        <v>2487</v>
+        <v>2473</v>
       </c>
       <c r="B953" t="s">
-        <v>372</v>
+        <v>2474</v>
       </c>
       <c r="C953"/>
       <c r="D953"/>
       <c r="E953"/>
       <c r="F953" t="s">
-        <v>2488</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="954" spans="1:6">
       <c r="A954" t="s">
-        <v>2489</v>
+        <v>2476</v>
       </c>
       <c r="B954" t="s">
-        <v>431</v>
+        <v>396</v>
       </c>
       <c r="C954"/>
       <c r="D954"/>
       <c r="E954"/>
       <c r="F954" t="s">
-        <v>2490</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="955" spans="1:6">
       <c r="A955" t="s">
-        <v>2491</v>
+        <v>2478</v>
       </c>
       <c r="B955" t="s">
-        <v>982</v>
+        <v>505</v>
       </c>
       <c r="C955"/>
       <c r="D955"/>
       <c r="E955"/>
       <c r="F955" t="s">
-        <v>2492</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="956" spans="1:6">
       <c r="A956" t="s">
-        <v>2493</v>
+        <v>2480</v>
       </c>
       <c r="B956" t="s">
-        <v>435</v>
+        <v>393</v>
       </c>
       <c r="C956"/>
       <c r="D956"/>
       <c r="E956"/>
       <c r="F956" t="s">
-        <v>2494</v>
+        <v>2481</v>
       </c>
     </row>
     <row r="957" spans="1:6">
       <c r="A957" t="s">
-        <v>2495</v>
+        <v>2482</v>
       </c>
       <c r="B957" t="s">
-        <v>2496</v>
+        <v>1254</v>
       </c>
       <c r="C957"/>
       <c r="D957"/>
       <c r="E957"/>
-      <c r="F957"/>
+      <c r="F957" t="s">
+        <v>2483</v>
+      </c>
     </row>
     <row r="958" spans="1:6">
       <c r="A958" t="s">
-        <v>2497</v>
+        <v>2484</v>
       </c>
       <c r="B958" t="s">
-        <v>2498</v>
+        <v>400</v>
       </c>
       <c r="C958"/>
       <c r="D958"/>
       <c r="E958"/>
-      <c r="F958" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F958"/>
     </row>
     <row r="959" spans="1:6">
       <c r="A959" t="s">
-        <v>2500</v>
+        <v>2485</v>
       </c>
       <c r="B959" t="s">
-        <v>2501</v>
+        <v>375</v>
       </c>
       <c r="C959"/>
       <c r="D959"/>
       <c r="E959"/>
       <c r="F959" t="s">
-        <v>2502</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="960" spans="1:6">
       <c r="A960" t="s">
-        <v>2503</v>
+        <v>2487</v>
       </c>
       <c r="B960" t="s">
-        <v>2504</v>
+        <v>372</v>
       </c>
       <c r="C960"/>
       <c r="D960"/>
       <c r="E960"/>
-      <c r="F960"/>
+      <c r="F960" t="s">
+        <v>2488</v>
+      </c>
     </row>
     <row r="961" spans="1:6">
       <c r="A961" t="s">
-        <v>2505</v>
+        <v>2489</v>
       </c>
       <c r="B961" t="s">
-        <v>2506</v>
+        <v>431</v>
       </c>
       <c r="C961"/>
       <c r="D961"/>
       <c r="E961"/>
       <c r="F961" t="s">
-        <v>2507</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="962" spans="1:6">
       <c r="A962" t="s">
-        <v>2508</v>
+        <v>2491</v>
       </c>
       <c r="B962" t="s">
-        <v>2509</v>
+        <v>982</v>
       </c>
       <c r="C962"/>
       <c r="D962"/>
       <c r="E962"/>
-      <c r="F962"/>
+      <c r="F962" t="s">
+        <v>2492</v>
+      </c>
     </row>
     <row r="963" spans="1:6">
       <c r="A963" t="s">
-        <v>2510</v>
+        <v>2493</v>
       </c>
       <c r="B963" t="s">
-        <v>2511</v>
+        <v>435</v>
       </c>
       <c r="C963"/>
       <c r="D963"/>
       <c r="E963"/>
       <c r="F963" t="s">
-        <v>2512</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="964" spans="1:6">
       <c r="A964" t="s">
-        <v>2513</v>
+        <v>2495</v>
       </c>
       <c r="B964" t="s">
-        <v>2514</v>
+        <v>2496</v>
       </c>
       <c r="C964"/>
       <c r="D964"/>
       <c r="E964"/>
       <c r="F964"/>
     </row>
     <row r="965" spans="1:6">
       <c r="A965" t="s">
-        <v>2515</v>
+        <v>2497</v>
       </c>
       <c r="B965" t="s">
-        <v>2509</v>
+        <v>2498</v>
       </c>
       <c r="C965"/>
       <c r="D965"/>
       <c r="E965"/>
-      <c r="F965"/>
+      <c r="F965" t="s">
+        <v>2499</v>
+      </c>
     </row>
     <row r="966" spans="1:6">
       <c r="A966" t="s">
-        <v>2516</v>
+        <v>2500</v>
       </c>
       <c r="B966" t="s">
-        <v>2511</v>
+        <v>2501</v>
       </c>
       <c r="C966"/>
       <c r="D966"/>
       <c r="E966"/>
-      <c r="F966"/>
+      <c r="F966" t="s">
+        <v>2502</v>
+      </c>
     </row>
     <row r="967" spans="1:6">
       <c r="A967" t="s">
-        <v>2517</v>
+        <v>2503</v>
       </c>
       <c r="B967" t="s">
-        <v>2514</v>
+        <v>2504</v>
       </c>
       <c r="C967"/>
       <c r="D967"/>
       <c r="E967"/>
       <c r="F967"/>
     </row>
     <row r="968" spans="1:6">
       <c r="A968" t="s">
-        <v>2518</v>
+        <v>2505</v>
       </c>
       <c r="B968" t="s">
-        <v>2519</v>
+        <v>2506</v>
       </c>
       <c r="C968"/>
       <c r="D968"/>
       <c r="E968"/>
-      <c r="F968"/>
+      <c r="F968" t="s">
+        <v>2507</v>
+      </c>
     </row>
     <row r="969" spans="1:6">
       <c r="A969" t="s">
-        <v>2520</v>
+        <v>2508</v>
       </c>
       <c r="B969" t="s">
-        <v>2521</v>
+        <v>2509</v>
       </c>
       <c r="C969"/>
       <c r="D969"/>
       <c r="E969"/>
-      <c r="F969" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F969"/>
     </row>
     <row r="970" spans="1:6">
       <c r="A970" t="s">
-        <v>2523</v>
+        <v>2510</v>
       </c>
       <c r="B970" t="s">
-        <v>2524</v>
+        <v>2511</v>
       </c>
       <c r="C970"/>
       <c r="D970"/>
       <c r="E970"/>
       <c r="F970" t="s">
-        <v>2525</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="971" spans="1:6">
       <c r="A971" t="s">
-        <v>2526</v>
+        <v>2513</v>
       </c>
       <c r="B971" t="s">
-        <v>2527</v>
+        <v>2514</v>
       </c>
       <c r="C971"/>
       <c r="D971"/>
       <c r="E971"/>
-      <c r="F971" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F971"/>
     </row>
     <row r="972" spans="1:6">
       <c r="A972" t="s">
-        <v>2529</v>
+        <v>2515</v>
       </c>
       <c r="B972" t="s">
-        <v>2530</v>
+        <v>2509</v>
       </c>
       <c r="C972"/>
       <c r="D972"/>
       <c r="E972"/>
       <c r="F972"/>
     </row>
     <row r="973" spans="1:6">
       <c r="A973" t="s">
-        <v>2531</v>
+        <v>2516</v>
       </c>
       <c r="B973" t="s">
-        <v>2532</v>
+        <v>2511</v>
       </c>
       <c r="C973"/>
       <c r="D973"/>
       <c r="E973"/>
-      <c r="F973" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F973"/>
     </row>
     <row r="974" spans="1:6">
       <c r="A974" t="s">
-        <v>2534</v>
+        <v>2517</v>
       </c>
       <c r="B974" t="s">
-        <v>2535</v>
+        <v>2514</v>
       </c>
       <c r="C974"/>
       <c r="D974"/>
       <c r="E974"/>
       <c r="F974"/>
     </row>
     <row r="975" spans="1:6">
       <c r="A975" t="s">
-        <v>2536</v>
+        <v>2518</v>
       </c>
       <c r="B975" t="s">
-        <v>2537</v>
+        <v>2519</v>
       </c>
       <c r="C975"/>
       <c r="D975"/>
       <c r="E975"/>
-      <c r="F975" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F975"/>
     </row>
     <row r="976" spans="1:6">
       <c r="A976" t="s">
-        <v>2539</v>
+        <v>2520</v>
       </c>
       <c r="B976" t="s">
-        <v>2540</v>
+        <v>2521</v>
       </c>
       <c r="C976"/>
       <c r="D976"/>
       <c r="E976"/>
       <c r="F976" t="s">
-        <v>2541</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="977" spans="1:6">
       <c r="A977" t="s">
-        <v>2542</v>
+        <v>2523</v>
       </c>
       <c r="B977" t="s">
-        <v>2543</v>
+        <v>2524</v>
       </c>
       <c r="C977"/>
       <c r="D977"/>
       <c r="E977"/>
       <c r="F977" t="s">
-        <v>2544</v>
+        <v>2525</v>
       </c>
     </row>
     <row r="978" spans="1:6">
       <c r="A978" t="s">
-        <v>2545</v>
+        <v>2526</v>
       </c>
       <c r="B978" t="s">
-        <v>2546</v>
+        <v>2527</v>
       </c>
       <c r="C978"/>
       <c r="D978"/>
-      <c r="E978" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E978"/>
       <c r="F978" t="s">
-        <v>2548</v>
+        <v>2528</v>
       </c>
     </row>
     <row r="979" spans="1:6">
       <c r="A979" t="s">
-        <v>2549</v>
+        <v>2529</v>
       </c>
       <c r="B979" t="s">
-        <v>2550</v>
-[...3 lines deleted...]
-      </c>
+        <v>2530</v>
+      </c>
+      <c r="C979"/>
       <c r="D979"/>
       <c r="E979"/>
       <c r="F979"/>
     </row>
     <row r="980" spans="1:6">
       <c r="A980" t="s">
-        <v>2551</v>
+        <v>2531</v>
       </c>
       <c r="B980" t="s">
-        <v>2552</v>
+        <v>2532</v>
       </c>
       <c r="C980"/>
       <c r="D980"/>
       <c r="E980"/>
       <c r="F980" t="s">
-        <v>2553</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="981" spans="1:6">
       <c r="A981" t="s">
-        <v>2554</v>
+        <v>2534</v>
       </c>
       <c r="B981" t="s">
-        <v>2555</v>
+        <v>2535</v>
       </c>
       <c r="C981"/>
       <c r="D981"/>
       <c r="E981"/>
-      <c r="F981" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F981"/>
     </row>
     <row r="982" spans="1:6">
       <c r="A982" t="s">
-        <v>2557</v>
+        <v>2536</v>
       </c>
       <c r="B982" t="s">
-        <v>664</v>
+        <v>2537</v>
       </c>
       <c r="C982"/>
       <c r="D982"/>
       <c r="E982"/>
       <c r="F982" t="s">
-        <v>2558</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="983" spans="1:6">
       <c r="A983" t="s">
-        <v>2559</v>
+        <v>2539</v>
       </c>
       <c r="B983" t="s">
-        <v>667</v>
+        <v>2540</v>
       </c>
       <c r="C983"/>
       <c r="D983"/>
       <c r="E983"/>
       <c r="F983" t="s">
-        <v>2560</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="984" spans="1:6">
       <c r="A984" t="s">
-        <v>2561</v>
+        <v>2542</v>
       </c>
       <c r="B984" t="s">
-        <v>2562</v>
+        <v>2543</v>
       </c>
       <c r="C984"/>
       <c r="D984"/>
-      <c r="E984" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E984"/>
       <c r="F984" t="s">
-        <v>2564</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="985" spans="1:6">
       <c r="A985" t="s">
-        <v>2565</v>
+        <v>2545</v>
       </c>
       <c r="B985" t="s">
-        <v>2566</v>
+        <v>2546</v>
       </c>
       <c r="C985"/>
       <c r="D985"/>
       <c r="E985" t="s">
-        <v>2567</v>
+        <v>2547</v>
       </c>
       <c r="F985" t="s">
-        <v>2568</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="986" spans="1:6">
       <c r="A986" t="s">
-        <v>2569</v>
+        <v>2549</v>
       </c>
       <c r="B986" t="s">
-        <v>2570</v>
-[...1 lines deleted...]
-      <c r="C986"/>
+        <v>2550</v>
+      </c>
+      <c r="C986">
+        <v>7350</v>
+      </c>
       <c r="D986"/>
-      <c r="E986" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E986"/>
+      <c r="F986"/>
     </row>
     <row r="987" spans="1:6">
       <c r="A987" t="s">
-        <v>2569</v>
+        <v>2551</v>
       </c>
       <c r="B987" t="s">
-        <v>1826</v>
+        <v>2552</v>
       </c>
       <c r="C987"/>
       <c r="D987"/>
       <c r="E987"/>
       <c r="F987" t="s">
-        <v>2573</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="988" spans="1:6">
       <c r="A988" t="s">
-        <v>2569</v>
+        <v>2554</v>
       </c>
       <c r="B988" t="s">
-        <v>1826</v>
+        <v>2555</v>
       </c>
       <c r="C988"/>
       <c r="D988"/>
       <c r="E988"/>
       <c r="F988" t="s">
-        <v>2574</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="989" spans="1:6">
       <c r="A989" t="s">
-        <v>2575</v>
+        <v>2557</v>
       </c>
       <c r="B989" t="s">
-        <v>2576</v>
+        <v>664</v>
       </c>
       <c r="C989"/>
       <c r="D989"/>
       <c r="E989"/>
-      <c r="F989"/>
+      <c r="F989" t="s">
+        <v>2558</v>
+      </c>
     </row>
     <row r="990" spans="1:6">
       <c r="A990" t="s">
-        <v>2577</v>
+        <v>2559</v>
       </c>
       <c r="B990" t="s">
-        <v>2578</v>
+        <v>667</v>
       </c>
       <c r="C990"/>
       <c r="D990"/>
       <c r="E990"/>
-      <c r="F990"/>
+      <c r="F990" t="s">
+        <v>2560</v>
+      </c>
     </row>
     <row r="991" spans="1:6">
       <c r="A991" t="s">
-        <v>2579</v>
+        <v>2561</v>
       </c>
       <c r="B991" t="s">
-        <v>1981</v>
+        <v>2562</v>
       </c>
       <c r="C991"/>
       <c r="D991"/>
-      <c r="E991"/>
-      <c r="F991"/>
+      <c r="E991" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F991" t="s">
+        <v>2564</v>
+      </c>
     </row>
     <row r="992" spans="1:6">
       <c r="A992" t="s">
-        <v>2580</v>
+        <v>2565</v>
       </c>
       <c r="B992" t="s">
-        <v>2581</v>
+        <v>2566</v>
       </c>
       <c r="C992"/>
       <c r="D992"/>
-      <c r="E992"/>
-      <c r="F992"/>
+      <c r="E992" t="s">
+        <v>2567</v>
+      </c>
+      <c r="F992" t="s">
+        <v>2568</v>
+      </c>
     </row>
     <row r="993" spans="1:6">
       <c r="A993" t="s">
-        <v>2582</v>
+        <v>2569</v>
       </c>
       <c r="B993" t="s">
-        <v>1894</v>
+        <v>2570</v>
       </c>
       <c r="C993"/>
       <c r="D993"/>
-      <c r="E993"/>
-      <c r="F993"/>
+      <c r="E993" t="s">
+        <v>2571</v>
+      </c>
+      <c r="F993" t="s">
+        <v>2572</v>
+      </c>
     </row>
     <row r="994" spans="1:6">
       <c r="A994" t="s">
-        <v>2583</v>
+        <v>2569</v>
       </c>
       <c r="B994" t="s">
-        <v>1896</v>
+        <v>1826</v>
       </c>
       <c r="C994"/>
       <c r="D994"/>
       <c r="E994"/>
-      <c r="F994"/>
+      <c r="F994" t="s">
+        <v>2573</v>
+      </c>
     </row>
     <row r="995" spans="1:6">
       <c r="A995" t="s">
-        <v>2584</v>
+        <v>2569</v>
       </c>
       <c r="B995" t="s">
-        <v>2585</v>
+        <v>1826</v>
       </c>
       <c r="C995"/>
       <c r="D995"/>
       <c r="E995"/>
-      <c r="F995"/>
+      <c r="F995" t="s">
+        <v>2574</v>
+      </c>
     </row>
     <row r="996" spans="1:6">
       <c r="A996" t="s">
-        <v>2586</v>
+        <v>2575</v>
       </c>
       <c r="B996" t="s">
-        <v>2587</v>
+        <v>2576</v>
       </c>
       <c r="C996"/>
       <c r="D996"/>
       <c r="E996"/>
       <c r="F996"/>
     </row>
     <row r="997" spans="1:6">
       <c r="A997" t="s">
-        <v>2588</v>
+        <v>2577</v>
       </c>
       <c r="B997" t="s">
-        <v>2589</v>
+        <v>2578</v>
       </c>
       <c r="C997"/>
       <c r="D997"/>
       <c r="E997"/>
       <c r="F997"/>
     </row>
     <row r="998" spans="1:6">
       <c r="A998" t="s">
-        <v>2590</v>
+        <v>2579</v>
       </c>
       <c r="B998" t="s">
-        <v>2591</v>
+        <v>1981</v>
       </c>
       <c r="C998"/>
       <c r="D998"/>
       <c r="E998"/>
       <c r="F998"/>
     </row>
     <row r="999" spans="1:6">
       <c r="A999" t="s">
-        <v>2592</v>
+        <v>2580</v>
       </c>
       <c r="B999" t="s">
-        <v>2593</v>
+        <v>2581</v>
       </c>
       <c r="C999"/>
       <c r="D999"/>
       <c r="E999"/>
       <c r="F999"/>
     </row>
     <row r="1000" spans="1:6">
       <c r="A1000" t="s">
-        <v>2594</v>
+        <v>2582</v>
       </c>
       <c r="B1000" t="s">
-        <v>2595</v>
+        <v>1894</v>
       </c>
       <c r="C1000"/>
       <c r="D1000"/>
       <c r="E1000"/>
       <c r="F1000"/>
     </row>
     <row r="1001" spans="1:6">
       <c r="A1001" t="s">
-        <v>2596</v>
+        <v>2583</v>
       </c>
       <c r="B1001" t="s">
-        <v>1849</v>
+        <v>1896</v>
       </c>
       <c r="C1001"/>
       <c r="D1001"/>
       <c r="E1001"/>
       <c r="F1001"/>
     </row>
     <row r="1002" spans="1:6">
       <c r="A1002" t="s">
-        <v>2597</v>
+        <v>2584</v>
       </c>
       <c r="B1002" t="s">
-        <v>2598</v>
+        <v>2585</v>
       </c>
       <c r="C1002"/>
       <c r="D1002"/>
       <c r="E1002"/>
       <c r="F1002"/>
     </row>
     <row r="1003" spans="1:6">
       <c r="A1003" t="s">
-        <v>2599</v>
+        <v>2586</v>
       </c>
       <c r="B1003" t="s">
-        <v>2600</v>
+        <v>2587</v>
       </c>
       <c r="C1003"/>
       <c r="D1003"/>
       <c r="E1003"/>
       <c r="F1003"/>
     </row>
     <row r="1004" spans="1:6">
       <c r="A1004" t="s">
-        <v>2601</v>
+        <v>2588</v>
       </c>
       <c r="B1004" t="s">
-        <v>1957</v>
+        <v>2589</v>
       </c>
       <c r="C1004"/>
       <c r="D1004"/>
       <c r="E1004"/>
       <c r="F1004"/>
     </row>
     <row r="1005" spans="1:6">
       <c r="A1005" t="s">
-        <v>2602</v>
+        <v>2590</v>
       </c>
       <c r="B1005" t="s">
-        <v>2603</v>
+        <v>2591</v>
       </c>
       <c r="C1005"/>
       <c r="D1005"/>
       <c r="E1005"/>
       <c r="F1005"/>
     </row>
     <row r="1006" spans="1:6">
       <c r="A1006" t="s">
-        <v>2604</v>
+        <v>2592</v>
       </c>
       <c r="B1006" t="s">
-        <v>2605</v>
+        <v>2593</v>
       </c>
       <c r="C1006"/>
       <c r="D1006"/>
       <c r="E1006"/>
       <c r="F1006"/>
     </row>
     <row r="1007" spans="1:6">
       <c r="A1007" t="s">
-        <v>2606</v>
+        <v>2594</v>
       </c>
       <c r="B1007" t="s">
-        <v>2607</v>
+        <v>2595</v>
       </c>
       <c r="C1007"/>
       <c r="D1007"/>
       <c r="E1007"/>
       <c r="F1007"/>
     </row>
     <row r="1008" spans="1:6">
       <c r="A1008" t="s">
-        <v>2608</v>
+        <v>2596</v>
       </c>
       <c r="B1008" t="s">
-        <v>1902</v>
+        <v>1849</v>
       </c>
       <c r="C1008"/>
       <c r="D1008"/>
       <c r="E1008"/>
       <c r="F1008"/>
     </row>
     <row r="1009" spans="1:6">
       <c r="A1009" t="s">
-        <v>2609</v>
+        <v>2597</v>
       </c>
       <c r="B1009" t="s">
-        <v>2129</v>
+        <v>2598</v>
       </c>
       <c r="C1009"/>
       <c r="D1009"/>
       <c r="E1009"/>
       <c r="F1009"/>
     </row>
     <row r="1010" spans="1:6">
       <c r="A1010" t="s">
-        <v>2610</v>
+        <v>2599</v>
       </c>
       <c r="B1010" t="s">
-        <v>2611</v>
+        <v>2600</v>
       </c>
       <c r="C1010"/>
       <c r="D1010"/>
       <c r="E1010"/>
       <c r="F1010"/>
     </row>
     <row r="1011" spans="1:6">
       <c r="A1011" t="s">
-        <v>2612</v>
+        <v>2601</v>
       </c>
       <c r="B1011" t="s">
-        <v>2613</v>
+        <v>1957</v>
       </c>
       <c r="C1011"/>
       <c r="D1011"/>
       <c r="E1011"/>
       <c r="F1011"/>
     </row>
     <row r="1012" spans="1:6">
       <c r="A1012" t="s">
-        <v>2614</v>
+        <v>2602</v>
       </c>
       <c r="B1012" t="s">
-        <v>2615</v>
+        <v>2603</v>
       </c>
       <c r="C1012"/>
       <c r="D1012"/>
       <c r="E1012"/>
       <c r="F1012"/>
     </row>
     <row r="1013" spans="1:6">
       <c r="A1013" t="s">
-        <v>2616</v>
+        <v>2604</v>
       </c>
       <c r="B1013" t="s">
-        <v>2617</v>
+        <v>2605</v>
       </c>
       <c r="C1013"/>
       <c r="D1013"/>
       <c r="E1013"/>
-      <c r="F1013" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1013"/>
     </row>
     <row r="1014" spans="1:6">
       <c r="A1014" t="s">
-        <v>2619</v>
+        <v>2606</v>
       </c>
       <c r="B1014" t="s">
-        <v>2620</v>
+        <v>2607</v>
       </c>
       <c r="C1014"/>
       <c r="D1014"/>
       <c r="E1014"/>
       <c r="F1014"/>
     </row>
     <row r="1015" spans="1:6">
       <c r="A1015" t="s">
-        <v>2621</v>
+        <v>2608</v>
       </c>
       <c r="B1015" t="s">
-        <v>2622</v>
+        <v>1902</v>
       </c>
       <c r="C1015"/>
       <c r="D1015"/>
       <c r="E1015"/>
       <c r="F1015"/>
     </row>
     <row r="1016" spans="1:6">
       <c r="A1016" t="s">
-        <v>2623</v>
+        <v>2609</v>
       </c>
       <c r="B1016" t="s">
-        <v>2624</v>
+        <v>2129</v>
       </c>
       <c r="C1016"/>
       <c r="D1016"/>
       <c r="E1016"/>
       <c r="F1016"/>
     </row>
     <row r="1017" spans="1:6">
       <c r="A1017" t="s">
-        <v>2625</v>
+        <v>2610</v>
       </c>
       <c r="B1017" t="s">
-        <v>2626</v>
+        <v>2611</v>
       </c>
       <c r="C1017"/>
       <c r="D1017"/>
       <c r="E1017"/>
       <c r="F1017"/>
     </row>
     <row r="1018" spans="1:6">
       <c r="A1018" t="s">
-        <v>2627</v>
+        <v>2612</v>
       </c>
       <c r="B1018" t="s">
-        <v>2628</v>
+        <v>2613</v>
       </c>
       <c r="C1018"/>
       <c r="D1018"/>
       <c r="E1018"/>
       <c r="F1018"/>
     </row>
     <row r="1019" spans="1:6">
       <c r="A1019" t="s">
-        <v>2629</v>
+        <v>2614</v>
       </c>
       <c r="B1019" t="s">
-        <v>2630</v>
+        <v>2615</v>
       </c>
       <c r="C1019"/>
       <c r="D1019"/>
       <c r="E1019"/>
       <c r="F1019"/>
     </row>
     <row r="1020" spans="1:6">
       <c r="A1020" t="s">
-        <v>2631</v>
+        <v>2616</v>
       </c>
       <c r="B1020" t="s">
-        <v>2632</v>
+        <v>2617</v>
       </c>
       <c r="C1020"/>
       <c r="D1020"/>
       <c r="E1020"/>
-      <c r="F1020"/>
+      <c r="F1020" t="s">
+        <v>2618</v>
+      </c>
     </row>
     <row r="1021" spans="1:6">
       <c r="A1021" t="s">
-        <v>2633</v>
+        <v>2619</v>
       </c>
       <c r="B1021" t="s">
-        <v>2634</v>
+        <v>2620</v>
       </c>
       <c r="C1021"/>
       <c r="D1021"/>
       <c r="E1021"/>
       <c r="F1021"/>
     </row>
     <row r="1022" spans="1:6">
       <c r="A1022" t="s">
-        <v>2635</v>
+        <v>2621</v>
       </c>
       <c r="B1022" t="s">
-        <v>2636</v>
+        <v>2622</v>
       </c>
       <c r="C1022"/>
       <c r="D1022"/>
       <c r="E1022"/>
       <c r="F1022"/>
     </row>
     <row r="1023" spans="1:6">
       <c r="A1023" t="s">
-        <v>2637</v>
+        <v>2623</v>
       </c>
       <c r="B1023" t="s">
-        <v>2638</v>
+        <v>2624</v>
       </c>
       <c r="C1023"/>
       <c r="D1023"/>
       <c r="E1023"/>
       <c r="F1023"/>
     </row>
     <row r="1024" spans="1:6">
       <c r="A1024" t="s">
-        <v>2639</v>
+        <v>2625</v>
       </c>
       <c r="B1024" t="s">
-        <v>2640</v>
+        <v>2626</v>
       </c>
       <c r="C1024"/>
       <c r="D1024"/>
       <c r="E1024"/>
       <c r="F1024"/>
     </row>
     <row r="1025" spans="1:6">
       <c r="A1025" t="s">
-        <v>2641</v>
+        <v>2627</v>
       </c>
       <c r="B1025" t="s">
-        <v>2642</v>
+        <v>2628</v>
       </c>
       <c r="C1025"/>
       <c r="D1025"/>
       <c r="E1025"/>
       <c r="F1025"/>
     </row>
     <row r="1026" spans="1:6">
       <c r="A1026" t="s">
-        <v>2643</v>
+        <v>2629</v>
       </c>
       <c r="B1026" t="s">
-        <v>2644</v>
+        <v>2630</v>
       </c>
       <c r="C1026"/>
       <c r="D1026"/>
       <c r="E1026"/>
       <c r="F1026"/>
     </row>
     <row r="1027" spans="1:6">
       <c r="A1027" t="s">
-        <v>2645</v>
+        <v>2631</v>
       </c>
       <c r="B1027" t="s">
-        <v>2646</v>
+        <v>2632</v>
       </c>
       <c r="C1027"/>
       <c r="D1027"/>
       <c r="E1027"/>
       <c r="F1027"/>
     </row>
     <row r="1028" spans="1:6">
       <c r="A1028" t="s">
-        <v>2647</v>
+        <v>2633</v>
       </c>
       <c r="B1028" t="s">
-        <v>2648</v>
+        <v>2634</v>
       </c>
       <c r="C1028"/>
       <c r="D1028"/>
       <c r="E1028"/>
       <c r="F1028"/>
     </row>
     <row r="1029" spans="1:6">
       <c r="A1029" t="s">
-        <v>2649</v>
+        <v>2635</v>
       </c>
       <c r="B1029" t="s">
-        <v>2650</v>
+        <v>2636</v>
       </c>
       <c r="C1029"/>
       <c r="D1029"/>
       <c r="E1029"/>
       <c r="F1029"/>
     </row>
     <row r="1030" spans="1:6">
       <c r="A1030" t="s">
-        <v>2651</v>
+        <v>2637</v>
       </c>
       <c r="B1030" t="s">
-        <v>2652</v>
+        <v>2638</v>
       </c>
       <c r="C1030"/>
       <c r="D1030"/>
       <c r="E1030"/>
       <c r="F1030"/>
     </row>
     <row r="1031" spans="1:6">
       <c r="A1031" t="s">
-        <v>2653</v>
+        <v>2639</v>
       </c>
       <c r="B1031" t="s">
-        <v>2654</v>
+        <v>2640</v>
       </c>
       <c r="C1031"/>
       <c r="D1031"/>
       <c r="E1031"/>
       <c r="F1031"/>
     </row>
     <row r="1032" spans="1:6">
       <c r="A1032" t="s">
-        <v>2655</v>
+        <v>2641</v>
       </c>
       <c r="B1032" t="s">
-        <v>2656</v>
+        <v>2642</v>
       </c>
       <c r="C1032"/>
       <c r="D1032"/>
       <c r="E1032"/>
       <c r="F1032"/>
     </row>
     <row r="1033" spans="1:6">
       <c r="A1033" t="s">
-        <v>2657</v>
+        <v>2643</v>
       </c>
       <c r="B1033" t="s">
-        <v>2658</v>
+        <v>2644</v>
       </c>
       <c r="C1033"/>
       <c r="D1033"/>
       <c r="E1033"/>
       <c r="F1033"/>
     </row>
     <row r="1034" spans="1:6">
       <c r="A1034" t="s">
-        <v>2659</v>
+        <v>2645</v>
       </c>
       <c r="B1034" t="s">
-        <v>2660</v>
+        <v>2646</v>
       </c>
       <c r="C1034"/>
       <c r="D1034"/>
       <c r="E1034"/>
       <c r="F1034"/>
     </row>
     <row r="1035" spans="1:6">
       <c r="A1035" t="s">
-        <v>2661</v>
+        <v>2647</v>
       </c>
       <c r="B1035" t="s">
-        <v>2662</v>
+        <v>2648</v>
       </c>
       <c r="C1035"/>
       <c r="D1035"/>
       <c r="E1035"/>
       <c r="F1035"/>
     </row>
     <row r="1036" spans="1:6">
       <c r="A1036" t="s">
-        <v>2663</v>
+        <v>2649</v>
       </c>
       <c r="B1036" t="s">
-        <v>2664</v>
+        <v>2650</v>
       </c>
       <c r="C1036"/>
       <c r="D1036"/>
       <c r="E1036"/>
       <c r="F1036"/>
     </row>
     <row r="1037" spans="1:6">
       <c r="A1037" t="s">
-        <v>2665</v>
+        <v>2651</v>
       </c>
       <c r="B1037" t="s">
-        <v>2666</v>
+        <v>2652</v>
       </c>
       <c r="C1037"/>
       <c r="D1037"/>
       <c r="E1037"/>
       <c r="F1037"/>
     </row>
     <row r="1038" spans="1:6">
       <c r="A1038" t="s">
-        <v>2667</v>
+        <v>2653</v>
       </c>
       <c r="B1038" t="s">
-        <v>2668</v>
+        <v>2654</v>
       </c>
       <c r="C1038"/>
       <c r="D1038"/>
       <c r="E1038"/>
       <c r="F1038"/>
     </row>
     <row r="1039" spans="1:6">
       <c r="A1039" t="s">
-        <v>2669</v>
+        <v>2655</v>
       </c>
       <c r="B1039" t="s">
-        <v>2670</v>
+        <v>2656</v>
       </c>
       <c r="C1039"/>
       <c r="D1039"/>
       <c r="E1039"/>
       <c r="F1039"/>
     </row>
     <row r="1040" spans="1:6">
       <c r="A1040" t="s">
-        <v>2671</v>
+        <v>2657</v>
       </c>
       <c r="B1040" t="s">
-        <v>2672</v>
+        <v>2658</v>
       </c>
       <c r="C1040"/>
       <c r="D1040"/>
-      <c r="E1040" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1040"/>
       <c r="F1040"/>
     </row>
     <row r="1041" spans="1:6">
       <c r="A1041" t="s">
-        <v>2674</v>
+        <v>2659</v>
       </c>
       <c r="B1041" t="s">
-        <v>2675</v>
+        <v>2660</v>
       </c>
       <c r="C1041"/>
       <c r="D1041"/>
       <c r="E1041"/>
       <c r="F1041"/>
     </row>
     <row r="1042" spans="1:6">
       <c r="A1042" t="s">
-        <v>2676</v>
+        <v>2661</v>
       </c>
       <c r="B1042" t="s">
-        <v>2677</v>
-[...3 lines deleted...]
-      </c>
+        <v>2662</v>
+      </c>
+      <c r="C1042"/>
       <c r="D1042"/>
-      <c r="E1042" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1042"/>
       <c r="F1042"/>
     </row>
     <row r="1043" spans="1:6">
       <c r="A1043" t="s">
-        <v>2679</v>
+        <v>2663</v>
       </c>
       <c r="B1043" t="s">
-        <v>2600</v>
+        <v>2664</v>
       </c>
       <c r="C1043"/>
       <c r="D1043"/>
       <c r="E1043"/>
       <c r="F1043"/>
     </row>
     <row r="1044" spans="1:6">
       <c r="A1044" t="s">
-        <v>2680</v>
+        <v>2665</v>
       </c>
       <c r="B1044" t="s">
-        <v>2632</v>
+        <v>2666</v>
       </c>
       <c r="C1044"/>
       <c r="D1044"/>
       <c r="E1044"/>
       <c r="F1044"/>
     </row>
     <row r="1045" spans="1:6">
       <c r="A1045" t="s">
-        <v>2681</v>
+        <v>2667</v>
       </c>
       <c r="B1045" t="s">
-        <v>1967</v>
+        <v>2668</v>
       </c>
       <c r="C1045"/>
       <c r="D1045"/>
       <c r="E1045"/>
       <c r="F1045"/>
     </row>
     <row r="1046" spans="1:6">
       <c r="A1046" t="s">
-        <v>2682</v>
+        <v>2669</v>
       </c>
       <c r="B1046" t="s">
-        <v>1849</v>
-[...3 lines deleted...]
-      </c>
+        <v>2670</v>
+      </c>
+      <c r="C1046"/>
       <c r="D1046"/>
       <c r="E1046"/>
       <c r="F1046"/>
     </row>
     <row r="1047" spans="1:6">
       <c r="A1047" t="s">
-        <v>2684</v>
+        <v>2671</v>
       </c>
       <c r="B1047" t="s">
-        <v>1981</v>
+        <v>2672</v>
       </c>
       <c r="C1047"/>
       <c r="D1047"/>
-      <c r="E1047"/>
+      <c r="E1047" t="s">
+        <v>2673</v>
+      </c>
       <c r="F1047"/>
     </row>
     <row r="1048" spans="1:6">
       <c r="A1048" t="s">
-        <v>2685</v>
+        <v>2674</v>
       </c>
       <c r="B1048" t="s">
-        <v>2581</v>
+        <v>2675</v>
       </c>
       <c r="C1048"/>
       <c r="D1048"/>
       <c r="E1048"/>
       <c r="F1048"/>
     </row>
     <row r="1049" spans="1:6">
       <c r="A1049" t="s">
-        <v>2686</v>
+        <v>2676</v>
       </c>
       <c r="B1049" t="s">
-        <v>2687</v>
-[...1 lines deleted...]
-      <c r="C1049"/>
+        <v>2677</v>
+      </c>
+      <c r="C1049">
+        <v>4421824</v>
+      </c>
       <c r="D1049"/>
-      <c r="E1049"/>
+      <c r="E1049" t="s">
+        <v>2678</v>
+      </c>
       <c r="F1049"/>
     </row>
     <row r="1050" spans="1:6">
       <c r="A1050" t="s">
-        <v>2688</v>
+        <v>2679</v>
       </c>
       <c r="B1050" t="s">
-        <v>2689</v>
+        <v>2600</v>
       </c>
       <c r="C1050"/>
       <c r="D1050"/>
       <c r="E1050"/>
       <c r="F1050"/>
     </row>
     <row r="1051" spans="1:6">
       <c r="A1051" t="s">
-        <v>2690</v>
+        <v>2680</v>
       </c>
       <c r="B1051" t="s">
-        <v>2691</v>
+        <v>2632</v>
       </c>
       <c r="C1051"/>
       <c r="D1051"/>
       <c r="E1051"/>
       <c r="F1051"/>
     </row>
     <row r="1052" spans="1:6">
       <c r="A1052" t="s">
-        <v>2692</v>
+        <v>2681</v>
       </c>
       <c r="B1052" t="s">
-        <v>2693</v>
+        <v>1967</v>
       </c>
       <c r="C1052"/>
       <c r="D1052"/>
       <c r="E1052"/>
       <c r="F1052"/>
     </row>
     <row r="1053" spans="1:6">
       <c r="A1053" t="s">
-        <v>2694</v>
+        <v>2682</v>
       </c>
       <c r="B1053" t="s">
-        <v>2695</v>
-[...1 lines deleted...]
-      <c r="C1053"/>
+        <v>1849</v>
+      </c>
+      <c r="C1053" t="s">
+        <v>2683</v>
+      </c>
       <c r="D1053"/>
       <c r="E1053"/>
       <c r="F1053"/>
     </row>
     <row r="1054" spans="1:6">
       <c r="A1054" t="s">
-        <v>2696</v>
+        <v>2684</v>
       </c>
       <c r="B1054" t="s">
-        <v>2697</v>
+        <v>1981</v>
       </c>
       <c r="C1054"/>
       <c r="D1054"/>
       <c r="E1054"/>
       <c r="F1054"/>
     </row>
     <row r="1055" spans="1:6">
       <c r="A1055" t="s">
-        <v>2698</v>
+        <v>2685</v>
       </c>
       <c r="B1055" t="s">
-        <v>2699</v>
+        <v>2581</v>
       </c>
       <c r="C1055"/>
       <c r="D1055"/>
       <c r="E1055"/>
       <c r="F1055"/>
     </row>
     <row r="1056" spans="1:6">
       <c r="A1056" t="s">
-        <v>2700</v>
+        <v>2686</v>
       </c>
       <c r="B1056" t="s">
-        <v>2701</v>
+        <v>2687</v>
       </c>
       <c r="C1056"/>
       <c r="D1056"/>
       <c r="E1056"/>
       <c r="F1056"/>
     </row>
     <row r="1057" spans="1:6">
       <c r="A1057" t="s">
-        <v>2702</v>
+        <v>2688</v>
       </c>
       <c r="B1057" t="s">
-        <v>2703</v>
+        <v>2689</v>
       </c>
       <c r="C1057"/>
       <c r="D1057"/>
       <c r="E1057"/>
       <c r="F1057"/>
     </row>
     <row r="1058" spans="1:6">
       <c r="A1058" t="s">
-        <v>2704</v>
+        <v>2690</v>
       </c>
       <c r="B1058" t="s">
-        <v>2705</v>
+        <v>2691</v>
       </c>
       <c r="C1058"/>
       <c r="D1058"/>
       <c r="E1058"/>
       <c r="F1058"/>
     </row>
     <row r="1059" spans="1:6">
       <c r="A1059" t="s">
-        <v>2706</v>
+        <v>2692</v>
       </c>
       <c r="B1059" t="s">
-        <v>2707</v>
+        <v>2693</v>
       </c>
       <c r="C1059"/>
       <c r="D1059"/>
       <c r="E1059"/>
       <c r="F1059"/>
     </row>
     <row r="1060" spans="1:6">
       <c r="A1060" t="s">
-        <v>2708</v>
+        <v>2694</v>
       </c>
       <c r="B1060" t="s">
-        <v>2709</v>
+        <v>2695</v>
       </c>
       <c r="C1060"/>
       <c r="D1060"/>
       <c r="E1060"/>
       <c r="F1060"/>
     </row>
     <row r="1061" spans="1:6">
       <c r="A1061" t="s">
-        <v>2710</v>
+        <v>2696</v>
       </c>
       <c r="B1061" t="s">
-        <v>2711</v>
+        <v>2697</v>
       </c>
       <c r="C1061"/>
       <c r="D1061"/>
       <c r="E1061"/>
       <c r="F1061"/>
     </row>
     <row r="1062" spans="1:6">
       <c r="A1062" t="s">
-        <v>2712</v>
+        <v>2698</v>
       </c>
       <c r="B1062" t="s">
-        <v>2713</v>
+        <v>2699</v>
       </c>
       <c r="C1062"/>
       <c r="D1062"/>
       <c r="E1062"/>
       <c r="F1062"/>
     </row>
     <row r="1063" spans="1:6">
       <c r="A1063" t="s">
-        <v>2714</v>
+        <v>2700</v>
       </c>
       <c r="B1063" t="s">
-        <v>2715</v>
+        <v>2701</v>
       </c>
       <c r="C1063"/>
       <c r="D1063"/>
       <c r="E1063"/>
       <c r="F1063"/>
     </row>
     <row r="1064" spans="1:6">
       <c r="A1064" t="s">
-        <v>2716</v>
+        <v>2702</v>
       </c>
       <c r="B1064" t="s">
-        <v>2717</v>
+        <v>2703</v>
       </c>
       <c r="C1064"/>
       <c r="D1064"/>
       <c r="E1064"/>
       <c r="F1064"/>
     </row>
     <row r="1065" spans="1:6">
       <c r="A1065" t="s">
-        <v>2718</v>
+        <v>2704</v>
       </c>
       <c r="B1065" t="s">
-        <v>2719</v>
+        <v>2705</v>
       </c>
       <c r="C1065"/>
       <c r="D1065"/>
       <c r="E1065"/>
       <c r="F1065"/>
     </row>
     <row r="1066" spans="1:6">
       <c r="A1066" t="s">
-        <v>2720</v>
+        <v>2706</v>
       </c>
       <c r="B1066" t="s">
-        <v>2721</v>
+        <v>2707</v>
       </c>
       <c r="C1066"/>
       <c r="D1066"/>
       <c r="E1066"/>
       <c r="F1066"/>
     </row>
     <row r="1067" spans="1:6">
       <c r="A1067" t="s">
-        <v>2722</v>
+        <v>2708</v>
       </c>
       <c r="B1067" t="s">
-        <v>2723</v>
+        <v>2709</v>
       </c>
       <c r="C1067"/>
       <c r="D1067"/>
-      <c r="E1067" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E1067"/>
+      <c r="F1067"/>
     </row>
     <row r="1068" spans="1:6">
       <c r="A1068" t="s">
-        <v>2722</v>
+        <v>2710</v>
       </c>
       <c r="B1068" t="s">
-        <v>2726</v>
+        <v>2711</v>
       </c>
       <c r="C1068"/>
       <c r="D1068"/>
       <c r="E1068"/>
-      <c r="F1068" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1068"/>
     </row>
     <row r="1069" spans="1:6">
       <c r="A1069" t="s">
-        <v>2728</v>
+        <v>2712</v>
       </c>
       <c r="B1069" t="s">
-        <v>2729</v>
-[...3 lines deleted...]
-      </c>
+        <v>2713</v>
+      </c>
+      <c r="C1069"/>
       <c r="D1069"/>
-      <c r="E1069" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E1069"/>
+      <c r="F1069"/>
     </row>
     <row r="1070" spans="1:6">
       <c r="A1070" t="s">
-        <v>2728</v>
+        <v>2714</v>
       </c>
       <c r="B1070" t="s">
-        <v>2733</v>
+        <v>2715</v>
       </c>
       <c r="C1070"/>
       <c r="D1070"/>
       <c r="E1070"/>
-      <c r="F1070" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1070"/>
     </row>
     <row r="1071" spans="1:6">
       <c r="A1071" t="s">
-        <v>2728</v>
+        <v>2716</v>
       </c>
       <c r="B1071" t="s">
-        <v>2150</v>
+        <v>2717</v>
       </c>
       <c r="C1071"/>
       <c r="D1071"/>
       <c r="E1071"/>
-      <c r="F1071" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1071"/>
     </row>
     <row r="1072" spans="1:6">
       <c r="A1072" t="s">
-        <v>2736</v>
+        <v>2718</v>
       </c>
       <c r="B1072" t="s">
-        <v>2737</v>
-[...12 lines deleted...]
-      </c>
+        <v>2719</v>
+      </c>
+      <c r="C1072"/>
+      <c r="D1072"/>
+      <c r="E1072"/>
+      <c r="F1072"/>
     </row>
     <row r="1073" spans="1:6">
       <c r="A1073" t="s">
-        <v>2740</v>
+        <v>2720</v>
       </c>
       <c r="B1073" t="s">
-        <v>2741</v>
+        <v>2721</v>
       </c>
       <c r="C1073"/>
       <c r="D1073"/>
-      <c r="E1073" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E1073"/>
+      <c r="F1073"/>
     </row>
     <row r="1074" spans="1:6">
       <c r="A1074" t="s">
-        <v>2744</v>
+        <v>2722</v>
       </c>
       <c r="B1074" t="s">
-        <v>2745</v>
+        <v>2723</v>
       </c>
       <c r="C1074"/>
       <c r="D1074"/>
       <c r="E1074" t="s">
-        <v>2746</v>
+        <v>2724</v>
       </c>
       <c r="F1074" t="s">
-        <v>2747</v>
+        <v>2725</v>
       </c>
     </row>
     <row r="1075" spans="1:6">
       <c r="A1075" t="s">
-        <v>2748</v>
+        <v>2722</v>
       </c>
       <c r="B1075" t="s">
-        <v>2749</v>
+        <v>2726</v>
       </c>
       <c r="C1075"/>
       <c r="D1075"/>
-      <c r="E1075" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1075"/>
       <c r="F1075" t="s">
-        <v>2751</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="1076" spans="1:6">
       <c r="A1076" t="s">
-        <v>2752</v>
+        <v>2728</v>
       </c>
       <c r="B1076" t="s">
-        <v>606</v>
-[...2 lines deleted...]
-        <v>4487817</v>
+        <v>2729</v>
+      </c>
+      <c r="C1076" t="s">
+        <v>2730</v>
       </c>
       <c r="D1076"/>
-      <c r="E1076"/>
+      <c r="E1076" t="s">
+        <v>2731</v>
+      </c>
       <c r="F1076" t="s">
-        <v>2753</v>
+        <v>2732</v>
       </c>
     </row>
     <row r="1077" spans="1:6">
       <c r="A1077" t="s">
-        <v>2754</v>
+        <v>2728</v>
       </c>
       <c r="B1077" t="s">
-        <v>309</v>
-[...6 lines deleted...]
-      </c>
+        <v>2733</v>
+      </c>
+      <c r="C1077"/>
+      <c r="D1077"/>
       <c r="E1077"/>
       <c r="F1077" t="s">
-        <v>2755</v>
+        <v>2734</v>
       </c>
     </row>
     <row r="1078" spans="1:6">
       <c r="A1078" t="s">
-        <v>2756</v>
+        <v>2728</v>
       </c>
       <c r="B1078" t="s">
-        <v>2757</v>
+        <v>2150</v>
       </c>
       <c r="C1078"/>
       <c r="D1078"/>
       <c r="E1078"/>
       <c r="F1078" t="s">
-        <v>2758</v>
+        <v>2735</v>
       </c>
     </row>
     <row r="1079" spans="1:6">
       <c r="A1079" t="s">
-        <v>2759</v>
+        <v>2736</v>
       </c>
       <c r="B1079" t="s">
-        <v>801</v>
-[...2 lines deleted...]
-      <c r="D1079"/>
+        <v>2737</v>
+      </c>
+      <c r="C1079">
+        <v>4452620</v>
+      </c>
+      <c r="D1079">
+        <v>3402</v>
+      </c>
       <c r="E1079" t="s">
-        <v>2760</v>
-[...1 lines deleted...]
-      <c r="F1079"/>
+        <v>2738</v>
+      </c>
+      <c r="F1079" t="s">
+        <v>2739</v>
+      </c>
     </row>
     <row r="1080" spans="1:6">
       <c r="A1080" t="s">
-        <v>2761</v>
+        <v>2740</v>
       </c>
       <c r="B1080" t="s">
-        <v>2762</v>
+        <v>2741</v>
       </c>
       <c r="C1080"/>
       <c r="D1080"/>
-      <c r="E1080"/>
-      <c r="F1080"/>
+      <c r="E1080" t="s">
+        <v>2742</v>
+      </c>
+      <c r="F1080" t="s">
+        <v>2743</v>
+      </c>
     </row>
     <row r="1081" spans="1:6">
       <c r="A1081" t="s">
-        <v>2763</v>
+        <v>2744</v>
       </c>
       <c r="B1081" t="s">
-        <v>359</v>
+        <v>2745</v>
       </c>
       <c r="C1081"/>
       <c r="D1081"/>
-      <c r="E1081"/>
+      <c r="E1081" t="s">
+        <v>2746</v>
+      </c>
       <c r="F1081" t="s">
-        <v>2764</v>
+        <v>2747</v>
       </c>
     </row>
     <row r="1082" spans="1:6">
       <c r="A1082" t="s">
-        <v>2765</v>
+        <v>2748</v>
       </c>
       <c r="B1082" t="s">
-        <v>1220</v>
+        <v>2749</v>
       </c>
       <c r="C1082"/>
       <c r="D1082"/>
-      <c r="E1082"/>
+      <c r="E1082" t="s">
+        <v>2750</v>
+      </c>
       <c r="F1082" t="s">
-        <v>2766</v>
+        <v>2751</v>
       </c>
     </row>
     <row r="1083" spans="1:6">
       <c r="A1083" t="s">
-        <v>2767</v>
+        <v>2752</v>
       </c>
       <c r="B1083" t="s">
-        <v>375</v>
-[...1 lines deleted...]
-      <c r="C1083"/>
+        <v>606</v>
+      </c>
+      <c r="C1083">
+        <v>4487817</v>
+      </c>
       <c r="D1083"/>
       <c r="E1083"/>
       <c r="F1083" t="s">
-        <v>2768</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="1084" spans="1:6">
       <c r="A1084" t="s">
-        <v>2769</v>
+        <v>2754</v>
       </c>
       <c r="B1084" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-      <c r="D1084"/>
+        <v>309</v>
+      </c>
+      <c r="C1084">
+        <v>4437456</v>
+      </c>
+      <c r="D1084">
+        <v>3418</v>
+      </c>
       <c r="E1084"/>
       <c r="F1084" t="s">
-        <v>2770</v>
+        <v>2755</v>
       </c>
     </row>
     <row r="1085" spans="1:6">
       <c r="A1085" t="s">
-        <v>2771</v>
+        <v>2756</v>
       </c>
       <c r="B1085" t="s">
-        <v>431</v>
+        <v>2757</v>
       </c>
       <c r="C1085"/>
       <c r="D1085"/>
       <c r="E1085"/>
       <c r="F1085" t="s">
-        <v>2772</v>
+        <v>2758</v>
       </c>
     </row>
     <row r="1086" spans="1:6">
       <c r="A1086" t="s">
-        <v>2773</v>
+        <v>2759</v>
       </c>
       <c r="B1086" t="s">
-        <v>982</v>
+        <v>801</v>
       </c>
       <c r="C1086"/>
       <c r="D1086"/>
-      <c r="E1086"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E1086" t="s">
+        <v>2760</v>
+      </c>
+      <c r="F1086"/>
     </row>
     <row r="1087" spans="1:6">
       <c r="A1087" t="s">
-        <v>2775</v>
+        <v>2761</v>
       </c>
       <c r="B1087" t="s">
-        <v>435</v>
+        <v>2762</v>
       </c>
       <c r="C1087"/>
       <c r="D1087"/>
       <c r="E1087"/>
-      <c r="F1087" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1087"/>
     </row>
     <row r="1088" spans="1:6">
       <c r="A1088" t="s">
-        <v>2777</v>
+        <v>2763</v>
       </c>
       <c r="B1088" t="s">
-        <v>2778</v>
+        <v>359</v>
       </c>
       <c r="C1088"/>
       <c r="D1088"/>
       <c r="E1088"/>
       <c r="F1088" t="s">
-        <v>2779</v>
+        <v>2764</v>
       </c>
     </row>
     <row r="1089" spans="1:6">
       <c r="A1089" t="s">
-        <v>2780</v>
+        <v>2765</v>
       </c>
       <c r="B1089" t="s">
-        <v>2781</v>
+        <v>1220</v>
       </c>
       <c r="C1089"/>
       <c r="D1089"/>
       <c r="E1089"/>
-      <c r="F1089"/>
+      <c r="F1089" t="s">
+        <v>2766</v>
+      </c>
     </row>
     <row r="1090" spans="1:6">
       <c r="A1090" t="s">
-        <v>2782</v>
+        <v>2767</v>
       </c>
       <c r="B1090" t="s">
-        <v>2783</v>
+        <v>375</v>
       </c>
       <c r="C1090"/>
       <c r="D1090"/>
       <c r="E1090"/>
       <c r="F1090" t="s">
-        <v>2784</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="1091" spans="1:6">
       <c r="A1091" t="s">
-        <v>2785</v>
+        <v>2769</v>
       </c>
       <c r="B1091" t="s">
-        <v>396</v>
+        <v>372</v>
       </c>
       <c r="C1091"/>
       <c r="D1091"/>
       <c r="E1091"/>
-      <c r="F1091"/>
+      <c r="F1091" t="s">
+        <v>2770</v>
+      </c>
     </row>
     <row r="1092" spans="1:6">
       <c r="A1092" t="s">
-        <v>2786</v>
+        <v>2771</v>
       </c>
       <c r="B1092" t="s">
-        <v>404</v>
+        <v>431</v>
       </c>
       <c r="C1092"/>
       <c r="D1092"/>
       <c r="E1092"/>
       <c r="F1092" t="s">
-        <v>2787</v>
+        <v>2772</v>
       </c>
     </row>
     <row r="1093" spans="1:6">
       <c r="A1093" t="s">
-        <v>2788</v>
+        <v>2773</v>
       </c>
       <c r="B1093" t="s">
-        <v>973</v>
+        <v>982</v>
       </c>
       <c r="C1093"/>
       <c r="D1093"/>
       <c r="E1093"/>
-      <c r="F1093"/>
+      <c r="F1093" t="s">
+        <v>2774</v>
+      </c>
     </row>
     <row r="1094" spans="1:6">
       <c r="A1094" t="s">
-        <v>2789</v>
+        <v>2775</v>
       </c>
       <c r="B1094" t="s">
-        <v>393</v>
+        <v>435</v>
       </c>
       <c r="C1094"/>
       <c r="D1094"/>
       <c r="E1094"/>
       <c r="F1094" t="s">
-        <v>2790</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="1095" spans="1:6">
       <c r="A1095" t="s">
-        <v>2791</v>
+        <v>2777</v>
       </c>
       <c r="B1095" t="s">
-        <v>400</v>
+        <v>2778</v>
       </c>
       <c r="C1095"/>
       <c r="D1095"/>
       <c r="E1095"/>
       <c r="F1095" t="s">
-        <v>2792</v>
+        <v>2779</v>
       </c>
     </row>
     <row r="1096" spans="1:6">
       <c r="A1096" t="s">
-        <v>2793</v>
+        <v>2780</v>
       </c>
       <c r="B1096" t="s">
-        <v>2794</v>
+        <v>2781</v>
       </c>
       <c r="C1096"/>
       <c r="D1096"/>
       <c r="E1096"/>
-      <c r="F1096" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1096"/>
     </row>
     <row r="1097" spans="1:6">
       <c r="A1097" t="s">
-        <v>2796</v>
+        <v>2782</v>
       </c>
       <c r="B1097" t="s">
-        <v>2797</v>
+        <v>2783</v>
       </c>
       <c r="C1097"/>
       <c r="D1097"/>
       <c r="E1097"/>
       <c r="F1097" t="s">
-        <v>2798</v>
+        <v>2784</v>
       </c>
     </row>
     <row r="1098" spans="1:6">
       <c r="A1098" t="s">
-        <v>2799</v>
+        <v>2785</v>
       </c>
       <c r="B1098" t="s">
-        <v>2800</v>
+        <v>396</v>
       </c>
       <c r="C1098"/>
       <c r="D1098"/>
       <c r="E1098"/>
-      <c r="F1098" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1098"/>
     </row>
     <row r="1099" spans="1:6">
       <c r="A1099" t="s">
-        <v>2802</v>
+        <v>2786</v>
       </c>
       <c r="B1099" t="s">
-        <v>2803</v>
+        <v>404</v>
       </c>
       <c r="C1099"/>
       <c r="D1099"/>
       <c r="E1099"/>
       <c r="F1099" t="s">
-        <v>2804</v>
+        <v>2787</v>
       </c>
     </row>
     <row r="1100" spans="1:6">
       <c r="A1100" t="s">
-        <v>2805</v>
+        <v>2788</v>
       </c>
       <c r="B1100" t="s">
-        <v>2806</v>
+        <v>973</v>
       </c>
       <c r="C1100"/>
       <c r="D1100"/>
       <c r="E1100"/>
       <c r="F1100"/>
     </row>
     <row r="1101" spans="1:6">
       <c r="A1101" t="s">
-        <v>2807</v>
+        <v>2789</v>
       </c>
       <c r="B1101" t="s">
-        <v>2808</v>
+        <v>393</v>
       </c>
       <c r="C1101"/>
       <c r="D1101"/>
       <c r="E1101"/>
       <c r="F1101" t="s">
-        <v>2809</v>
+        <v>2790</v>
       </c>
     </row>
     <row r="1102" spans="1:6">
       <c r="A1102" t="s">
-        <v>2810</v>
+        <v>2791</v>
       </c>
       <c r="B1102" t="s">
-        <v>2811</v>
+        <v>400</v>
       </c>
       <c r="C1102"/>
       <c r="D1102"/>
       <c r="E1102"/>
-      <c r="F1102"/>
+      <c r="F1102" t="s">
+        <v>2792</v>
+      </c>
     </row>
     <row r="1103" spans="1:6">
       <c r="A1103" t="s">
-        <v>2812</v>
+        <v>2793</v>
       </c>
       <c r="B1103" t="s">
-        <v>2813</v>
+        <v>2794</v>
       </c>
       <c r="C1103"/>
       <c r="D1103"/>
       <c r="E1103"/>
-      <c r="F1103"/>
+      <c r="F1103" t="s">
+        <v>2795</v>
+      </c>
     </row>
     <row r="1104" spans="1:6">
       <c r="A1104" t="s">
-        <v>2814</v>
+        <v>2796</v>
       </c>
       <c r="B1104" t="s">
-        <v>2815</v>
+        <v>2797</v>
       </c>
       <c r="C1104"/>
       <c r="D1104"/>
       <c r="E1104"/>
       <c r="F1104" t="s">
-        <v>2816</v>
+        <v>2798</v>
       </c>
     </row>
     <row r="1105" spans="1:6">
       <c r="A1105" t="s">
-        <v>2817</v>
+        <v>2799</v>
       </c>
       <c r="B1105" t="s">
-        <v>2818</v>
+        <v>2800</v>
       </c>
       <c r="C1105"/>
       <c r="D1105"/>
       <c r="E1105"/>
-      <c r="F1105"/>
+      <c r="F1105" t="s">
+        <v>2801</v>
+      </c>
     </row>
     <row r="1106" spans="1:6">
       <c r="A1106" t="s">
-        <v>2819</v>
+        <v>2802</v>
       </c>
       <c r="B1106" t="s">
-        <v>2820</v>
+        <v>2803</v>
       </c>
       <c r="C1106"/>
       <c r="D1106"/>
       <c r="E1106"/>
-      <c r="F1106"/>
+      <c r="F1106" t="s">
+        <v>2804</v>
+      </c>
     </row>
     <row r="1107" spans="1:6">
       <c r="A1107" t="s">
-        <v>2821</v>
+        <v>2805</v>
       </c>
       <c r="B1107" t="s">
-        <v>2822</v>
+        <v>2806</v>
       </c>
       <c r="C1107"/>
       <c r="D1107"/>
       <c r="E1107"/>
-      <c r="F1107" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1107"/>
     </row>
     <row r="1108" spans="1:6">
       <c r="A1108" t="s">
-        <v>2824</v>
+        <v>2807</v>
       </c>
       <c r="B1108" t="s">
-        <v>2825</v>
+        <v>2808</v>
       </c>
       <c r="C1108"/>
       <c r="D1108"/>
       <c r="E1108"/>
-      <c r="F1108"/>
+      <c r="F1108" t="s">
+        <v>2809</v>
+      </c>
     </row>
     <row r="1109" spans="1:6">
       <c r="A1109" t="s">
-        <v>2826</v>
+        <v>2810</v>
       </c>
       <c r="B1109" t="s">
-        <v>2827</v>
+        <v>2811</v>
       </c>
       <c r="C1109"/>
       <c r="D1109"/>
       <c r="E1109"/>
       <c r="F1109"/>
     </row>
     <row r="1110" spans="1:6">
       <c r="A1110" t="s">
-        <v>2828</v>
+        <v>2812</v>
       </c>
       <c r="B1110" t="s">
-        <v>649</v>
+        <v>2813</v>
       </c>
       <c r="C1110"/>
       <c r="D1110"/>
       <c r="E1110"/>
-      <c r="F1110" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1110"/>
     </row>
     <row r="1111" spans="1:6">
       <c r="A1111" t="s">
-        <v>2830</v>
+        <v>2814</v>
       </c>
       <c r="B1111" t="s">
-        <v>2831</v>
+        <v>2815</v>
       </c>
       <c r="C1111"/>
       <c r="D1111"/>
       <c r="E1111"/>
       <c r="F1111" t="s">
-        <v>2832</v>
+        <v>2816</v>
       </c>
     </row>
     <row r="1112" spans="1:6">
       <c r="A1112" t="s">
-        <v>2833</v>
+        <v>2817</v>
       </c>
       <c r="B1112" t="s">
-        <v>2834</v>
+        <v>2818</v>
       </c>
       <c r="C1112"/>
       <c r="D1112"/>
       <c r="E1112"/>
-      <c r="F1112" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1112"/>
     </row>
     <row r="1113" spans="1:6">
       <c r="A1113" t="s">
-        <v>2836</v>
+        <v>2819</v>
       </c>
       <c r="B1113" t="s">
-        <v>2837</v>
+        <v>2820</v>
       </c>
       <c r="C1113"/>
       <c r="D1113"/>
       <c r="E1113"/>
       <c r="F1113"/>
     </row>
     <row r="1114" spans="1:6">
       <c r="A1114" t="s">
-        <v>2838</v>
+        <v>2821</v>
       </c>
       <c r="B1114" t="s">
-        <v>2839</v>
+        <v>2822</v>
       </c>
       <c r="C1114"/>
       <c r="D1114"/>
       <c r="E1114"/>
-      <c r="F1114"/>
+      <c r="F1114" t="s">
+        <v>2823</v>
+      </c>
     </row>
     <row r="1115" spans="1:6">
       <c r="A1115" t="s">
-        <v>2840</v>
+        <v>2824</v>
       </c>
       <c r="B1115" t="s">
-        <v>2841</v>
-[...12 lines deleted...]
-      </c>
+        <v>2825</v>
+      </c>
+      <c r="C1115"/>
+      <c r="D1115"/>
+      <c r="E1115"/>
+      <c r="F1115"/>
     </row>
     <row r="1116" spans="1:6">
       <c r="A1116" t="s">
-        <v>2844</v>
+        <v>2826</v>
       </c>
       <c r="B1116" t="s">
-        <v>2845</v>
+        <v>2827</v>
       </c>
       <c r="C1116"/>
       <c r="D1116"/>
-      <c r="E1116" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E1116"/>
+      <c r="F1116"/>
     </row>
     <row r="1117" spans="1:6">
       <c r="A1117" t="s">
-        <v>2848</v>
+        <v>2828</v>
       </c>
       <c r="B1117" t="s">
-        <v>2849</v>
+        <v>649</v>
       </c>
       <c r="C1117"/>
       <c r="D1117"/>
       <c r="E1117"/>
       <c r="F1117" t="s">
-        <v>2850</v>
+        <v>2829</v>
       </c>
     </row>
     <row r="1118" spans="1:6">
       <c r="A1118" t="s">
-        <v>2851</v>
+        <v>2830</v>
       </c>
       <c r="B1118" t="s">
-        <v>2852</v>
+        <v>2831</v>
       </c>
       <c r="C1118"/>
       <c r="D1118"/>
       <c r="E1118"/>
       <c r="F1118" t="s">
-        <v>2853</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="1119" spans="1:6">
       <c r="A1119" t="s">
-        <v>2854</v>
+        <v>2833</v>
       </c>
       <c r="B1119" t="s">
-        <v>2855</v>
+        <v>2834</v>
       </c>
       <c r="C1119"/>
       <c r="D1119"/>
       <c r="E1119"/>
-      <c r="F1119"/>
+      <c r="F1119" t="s">
+        <v>2835</v>
+      </c>
     </row>
     <row r="1120" spans="1:6">
       <c r="A1120" t="s">
-        <v>2856</v>
+        <v>2836</v>
       </c>
       <c r="B1120" t="s">
-        <v>1781</v>
+        <v>2837</v>
       </c>
       <c r="C1120"/>
       <c r="D1120"/>
       <c r="E1120"/>
-      <c r="F1120" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1120"/>
     </row>
     <row r="1121" spans="1:6">
       <c r="A1121" t="s">
-        <v>2858</v>
+        <v>2838</v>
       </c>
       <c r="B1121" t="s">
-        <v>2859</v>
+        <v>2839</v>
       </c>
       <c r="C1121"/>
       <c r="D1121"/>
-      <c r="E1121" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E1121"/>
+      <c r="F1121"/>
     </row>
     <row r="1122" spans="1:6">
       <c r="A1122" t="s">
-        <v>2862</v>
+        <v>2840</v>
       </c>
       <c r="B1122" t="s">
-        <v>2863</v>
-[...4 lines deleted...]
-      <c r="F1122"/>
+        <v>2841</v>
+      </c>
+      <c r="C1122">
+        <v>4453167</v>
+      </c>
+      <c r="D1122">
+        <v>3414</v>
+      </c>
+      <c r="E1122" t="s">
+        <v>2842</v>
+      </c>
+      <c r="F1122" t="s">
+        <v>2843</v>
+      </c>
     </row>
     <row r="1123" spans="1:6">
       <c r="A1123" t="s">
-        <v>2864</v>
+        <v>2844</v>
       </c>
       <c r="B1123" t="s">
-        <v>379</v>
+        <v>2845</v>
       </c>
       <c r="C1123"/>
       <c r="D1123"/>
-      <c r="E1123"/>
-      <c r="F1123"/>
+      <c r="E1123" t="s">
+        <v>2846</v>
+      </c>
+      <c r="F1123" t="s">
+        <v>2847</v>
+      </c>
     </row>
     <row r="1124" spans="1:6">
       <c r="A1124" t="s">
-        <v>2865</v>
+        <v>2848</v>
       </c>
       <c r="B1124" t="s">
-        <v>2866</v>
-[...9 lines deleted...]
-      </c>
+        <v>2849</v>
+      </c>
+      <c r="C1124"/>
+      <c r="D1124"/>
+      <c r="E1124"/>
       <c r="F1124" t="s">
-        <v>2868</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="1125" spans="1:6">
       <c r="A1125" t="s">
-        <v>2869</v>
+        <v>2851</v>
       </c>
       <c r="B1125" t="s">
-        <v>2870</v>
+        <v>2852</v>
       </c>
       <c r="C1125"/>
       <c r="D1125"/>
       <c r="E1125"/>
       <c r="F1125" t="s">
-        <v>2871</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="1126" spans="1:6">
       <c r="A1126" t="s">
-        <v>2872</v>
+        <v>2854</v>
       </c>
       <c r="B1126" t="s">
-        <v>2873</v>
+        <v>2855</v>
       </c>
       <c r="C1126"/>
       <c r="D1126"/>
       <c r="E1126"/>
-      <c r="F1126" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1126"/>
     </row>
     <row r="1127" spans="1:6">
       <c r="A1127" t="s">
-        <v>2875</v>
+        <v>2856</v>
       </c>
       <c r="B1127" t="s">
-        <v>2876</v>
+        <v>1781</v>
       </c>
       <c r="C1127"/>
       <c r="D1127"/>
       <c r="E1127"/>
       <c r="F1127" t="s">
-        <v>2877</v>
+        <v>2857</v>
       </c>
     </row>
     <row r="1128" spans="1:6">
       <c r="A1128" t="s">
-        <v>2878</v>
+        <v>2858</v>
       </c>
       <c r="B1128" t="s">
-        <v>2879</v>
+        <v>2859</v>
       </c>
       <c r="C1128"/>
       <c r="D1128"/>
-      <c r="E1128"/>
-      <c r="F1128"/>
+      <c r="E1128" t="s">
+        <v>2860</v>
+      </c>
+      <c r="F1128" t="s">
+        <v>2861</v>
+      </c>
     </row>
     <row r="1129" spans="1:6">
       <c r="A1129" t="s">
-        <v>2880</v>
+        <v>2862</v>
       </c>
       <c r="B1129" t="s">
-        <v>2881</v>
+        <v>2863</v>
       </c>
       <c r="C1129"/>
       <c r="D1129"/>
       <c r="E1129"/>
-      <c r="F1129" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1129"/>
     </row>
     <row r="1130" spans="1:6">
       <c r="A1130" t="s">
-        <v>2883</v>
+        <v>2864</v>
       </c>
       <c r="B1130" t="s">
-        <v>2884</v>
+        <v>379</v>
       </c>
       <c r="C1130"/>
       <c r="D1130"/>
       <c r="E1130"/>
       <c r="F1130"/>
     </row>
     <row r="1131" spans="1:6">
       <c r="A1131" t="s">
-        <v>2885</v>
+        <v>2865</v>
       </c>
       <c r="B1131" t="s">
-        <v>2886</v>
-[...4 lines deleted...]
-      <c r="F1131"/>
+        <v>2866</v>
+      </c>
+      <c r="C1131">
+        <v>4462741</v>
+      </c>
+      <c r="D1131">
+        <v>92741</v>
+      </c>
+      <c r="E1131" t="s">
+        <v>2867</v>
+      </c>
+      <c r="F1131" t="s">
+        <v>2868</v>
+      </c>
     </row>
     <row r="1132" spans="1:6">
       <c r="A1132" t="s">
-        <v>2887</v>
+        <v>2869</v>
       </c>
       <c r="B1132" t="s">
-        <v>2888</v>
+        <v>2870</v>
       </c>
       <c r="C1132"/>
       <c r="D1132"/>
       <c r="E1132"/>
-      <c r="F1132"/>
+      <c r="F1132" t="s">
+        <v>2871</v>
+      </c>
     </row>
     <row r="1133" spans="1:6">
       <c r="A1133" t="s">
-        <v>2889</v>
+        <v>2872</v>
       </c>
       <c r="B1133" t="s">
-        <v>2890</v>
+        <v>2873</v>
       </c>
       <c r="C1133"/>
       <c r="D1133"/>
       <c r="E1133"/>
-      <c r="F1133"/>
+      <c r="F1133" t="s">
+        <v>2874</v>
+      </c>
     </row>
     <row r="1134" spans="1:6">
       <c r="A1134" t="s">
-        <v>2891</v>
+        <v>2875</v>
       </c>
       <c r="B1134" t="s">
-        <v>2892</v>
+        <v>2876</v>
       </c>
       <c r="C1134"/>
       <c r="D1134"/>
       <c r="E1134"/>
-      <c r="F1134"/>
+      <c r="F1134" t="s">
+        <v>2877</v>
+      </c>
     </row>
     <row r="1135" spans="1:6">
       <c r="A1135" t="s">
-        <v>2893</v>
+        <v>2878</v>
       </c>
       <c r="B1135" t="s">
-        <v>2839</v>
+        <v>2879</v>
       </c>
       <c r="C1135"/>
       <c r="D1135"/>
       <c r="E1135"/>
       <c r="F1135"/>
     </row>
     <row r="1136" spans="1:6">
       <c r="A1136" t="s">
-        <v>2894</v>
+        <v>2880</v>
       </c>
       <c r="B1136" t="s">
-        <v>2895</v>
+        <v>2881</v>
       </c>
       <c r="C1136"/>
       <c r="D1136"/>
       <c r="E1136"/>
-      <c r="F1136"/>
+      <c r="F1136" t="s">
+        <v>2882</v>
+      </c>
     </row>
     <row r="1137" spans="1:6">
       <c r="A1137" t="s">
-        <v>2896</v>
+        <v>2883</v>
       </c>
       <c r="B1137" t="s">
-        <v>667</v>
+        <v>2884</v>
       </c>
       <c r="C1137"/>
       <c r="D1137"/>
       <c r="E1137"/>
       <c r="F1137"/>
     </row>
     <row r="1138" spans="1:6">
       <c r="A1138" t="s">
-        <v>2897</v>
+        <v>2885</v>
       </c>
       <c r="B1138" t="s">
-        <v>664</v>
+        <v>2886</v>
       </c>
       <c r="C1138"/>
       <c r="D1138"/>
       <c r="E1138"/>
-      <c r="F1138" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1138"/>
     </row>
     <row r="1139" spans="1:6">
       <c r="A1139" t="s">
-        <v>2899</v>
+        <v>2887</v>
       </c>
       <c r="B1139" t="s">
-        <v>2900</v>
+        <v>2888</v>
       </c>
       <c r="C1139"/>
       <c r="D1139"/>
       <c r="E1139"/>
       <c r="F1139"/>
     </row>
     <row r="1140" spans="1:6">
       <c r="A1140" t="s">
-        <v>2901</v>
+        <v>2889</v>
       </c>
       <c r="B1140" t="s">
-        <v>2902</v>
+        <v>2890</v>
       </c>
       <c r="C1140"/>
       <c r="D1140"/>
       <c r="E1140"/>
       <c r="F1140"/>
     </row>
     <row r="1141" spans="1:6">
       <c r="A1141" t="s">
-        <v>2903</v>
+        <v>2891</v>
       </c>
       <c r="B1141" t="s">
-        <v>2904</v>
+        <v>2892</v>
       </c>
       <c r="C1141"/>
       <c r="D1141"/>
       <c r="E1141"/>
-      <c r="F1141" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1141"/>
     </row>
     <row r="1142" spans="1:6">
       <c r="A1142" t="s">
-        <v>2906</v>
+        <v>2893</v>
       </c>
       <c r="B1142" t="s">
-        <v>2907</v>
+        <v>2839</v>
       </c>
       <c r="C1142"/>
       <c r="D1142"/>
       <c r="E1142"/>
       <c r="F1142"/>
     </row>
     <row r="1143" spans="1:6">
       <c r="A1143" t="s">
-        <v>2908</v>
+        <v>2894</v>
       </c>
       <c r="B1143" t="s">
-        <v>2909</v>
+        <v>2895</v>
       </c>
       <c r="C1143"/>
       <c r="D1143"/>
       <c r="E1143"/>
       <c r="F1143"/>
     </row>
     <row r="1144" spans="1:6">
       <c r="A1144" t="s">
-        <v>2910</v>
+        <v>2896</v>
       </c>
       <c r="B1144" t="s">
-        <v>2911</v>
+        <v>667</v>
       </c>
       <c r="C1144"/>
       <c r="D1144"/>
-      <c r="E1144" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E1144"/>
+      <c r="F1144"/>
     </row>
     <row r="1145" spans="1:6">
       <c r="A1145" t="s">
-        <v>2914</v>
+        <v>2897</v>
       </c>
       <c r="B1145" t="s">
-        <v>2915</v>
+        <v>664</v>
       </c>
       <c r="C1145"/>
       <c r="D1145"/>
-      <c r="E1145" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1145"/>
       <c r="F1145" t="s">
-        <v>2917</v>
+        <v>2898</v>
       </c>
     </row>
     <row r="1146" spans="1:6">
       <c r="A1146" t="s">
-        <v>2918</v>
+        <v>2899</v>
       </c>
       <c r="B1146" t="s">
-        <v>2919</v>
+        <v>2900</v>
       </c>
       <c r="C1146"/>
       <c r="D1146"/>
-      <c r="E1146" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E1146"/>
+      <c r="F1146"/>
     </row>
     <row r="1147" spans="1:6">
-      <c r="A1147"/>
+      <c r="A1147" t="s">
+        <v>2901</v>
+      </c>
       <c r="B1147" t="s">
-        <v>2922</v>
+        <v>2902</v>
       </c>
       <c r="C1147"/>
       <c r="D1147"/>
       <c r="E1147"/>
       <c r="F1147"/>
     </row>
     <row r="1148" spans="1:6">
       <c r="A1148" t="s">
-        <v>2923</v>
+        <v>2903</v>
       </c>
       <c r="B1148" t="s">
-        <v>2924</v>
+        <v>2904</v>
       </c>
       <c r="C1148"/>
       <c r="D1148"/>
-      <c r="E1148" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1148"/>
       <c r="F1148" t="s">
-        <v>2926</v>
+        <v>2905</v>
       </c>
     </row>
     <row r="1149" spans="1:6">
       <c r="A1149" t="s">
-        <v>2927</v>
+        <v>2906</v>
       </c>
       <c r="B1149" t="s">
-        <v>2928</v>
+        <v>2907</v>
       </c>
       <c r="C1149"/>
       <c r="D1149"/>
       <c r="E1149"/>
-      <c r="F1149" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1149"/>
     </row>
     <row r="1150" spans="1:6">
       <c r="A1150" t="s">
-        <v>2930</v>
+        <v>2908</v>
       </c>
       <c r="B1150" t="s">
-        <v>2931</v>
+        <v>2909</v>
       </c>
       <c r="C1150"/>
       <c r="D1150"/>
-      <c r="E1150" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E1150"/>
+      <c r="F1150"/>
     </row>
     <row r="1151" spans="1:6">
       <c r="A1151" t="s">
-        <v>2934</v>
+        <v>2910</v>
       </c>
       <c r="B1151" t="s">
-        <v>2935</v>
+        <v>2911</v>
       </c>
       <c r="C1151"/>
       <c r="D1151"/>
-      <c r="E1151"/>
-      <c r="F1151"/>
+      <c r="E1151" t="s">
+        <v>2912</v>
+      </c>
+      <c r="F1151" t="s">
+        <v>2913</v>
+      </c>
     </row>
     <row r="1152" spans="1:6">
       <c r="A1152" t="s">
-        <v>2936</v>
+        <v>2914</v>
       </c>
       <c r="B1152" t="s">
-        <v>2937</v>
+        <v>2915</v>
       </c>
       <c r="C1152"/>
       <c r="D1152"/>
-      <c r="E1152"/>
+      <c r="E1152" t="s">
+        <v>2916</v>
+      </c>
       <c r="F1152" t="s">
-        <v>2938</v>
+        <v>2917</v>
       </c>
     </row>
     <row r="1153" spans="1:6">
       <c r="A1153" t="s">
-        <v>2939</v>
+        <v>2918</v>
       </c>
       <c r="B1153" t="s">
-        <v>2940</v>
+        <v>2919</v>
       </c>
       <c r="C1153"/>
       <c r="D1153"/>
       <c r="E1153" t="s">
-        <v>2941</v>
+        <v>2920</v>
       </c>
       <c r="F1153" t="s">
-        <v>2942</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="1154" spans="1:6">
-      <c r="A1154" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1154"/>
       <c r="B1154" t="s">
-        <v>2944</v>
+        <v>2922</v>
       </c>
       <c r="C1154"/>
       <c r="D1154"/>
       <c r="E1154"/>
-      <c r="F1154" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1154"/>
     </row>
     <row r="1155" spans="1:6">
       <c r="A1155" t="s">
-        <v>2946</v>
+        <v>2923</v>
       </c>
       <c r="B1155" t="s">
-        <v>2947</v>
+        <v>2924</v>
       </c>
       <c r="C1155"/>
       <c r="D1155"/>
-      <c r="E1155"/>
+      <c r="E1155" t="s">
+        <v>2925</v>
+      </c>
       <c r="F1155" t="s">
-        <v>2948</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="1156" spans="1:6">
       <c r="A1156" t="s">
-        <v>2949</v>
+        <v>2927</v>
       </c>
       <c r="B1156" t="s">
-        <v>2950</v>
+        <v>2928</v>
       </c>
       <c r="C1156"/>
       <c r="D1156"/>
       <c r="E1156"/>
-      <c r="F1156"/>
+      <c r="F1156" t="s">
+        <v>2929</v>
+      </c>
     </row>
     <row r="1157" spans="1:6">
       <c r="A1157" t="s">
-        <v>2951</v>
+        <v>2930</v>
       </c>
       <c r="B1157" t="s">
-        <v>2952</v>
+        <v>2931</v>
       </c>
       <c r="C1157"/>
       <c r="D1157"/>
       <c r="E1157" t="s">
-        <v>2953</v>
+        <v>2932</v>
       </c>
       <c r="F1157" t="s">
-        <v>2954</v>
+        <v>2933</v>
       </c>
     </row>
     <row r="1158" spans="1:6">
       <c r="A1158" t="s">
-        <v>2955</v>
+        <v>2934</v>
       </c>
       <c r="B1158" t="s">
-        <v>2956</v>
+        <v>2935</v>
       </c>
       <c r="C1158"/>
       <c r="D1158"/>
-      <c r="E1158" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E1158"/>
+      <c r="F1158"/>
     </row>
     <row r="1159" spans="1:6">
       <c r="A1159" t="s">
-        <v>2959</v>
+        <v>2936</v>
       </c>
       <c r="B1159" t="s">
-        <v>2960</v>
+        <v>2937</v>
       </c>
       <c r="C1159"/>
       <c r="D1159"/>
       <c r="E1159"/>
-      <c r="F1159"/>
+      <c r="F1159" t="s">
+        <v>2938</v>
+      </c>
     </row>
     <row r="1160" spans="1:6">
       <c r="A1160" t="s">
-        <v>2961</v>
+        <v>2939</v>
       </c>
       <c r="B1160" t="s">
-        <v>2962</v>
+        <v>2940</v>
       </c>
       <c r="C1160"/>
       <c r="D1160"/>
       <c r="E1160" t="s">
-        <v>2963</v>
+        <v>2941</v>
       </c>
       <c r="F1160" t="s">
-        <v>2964</v>
+        <v>2942</v>
       </c>
     </row>
     <row r="1161" spans="1:6">
       <c r="A1161" t="s">
-        <v>2965</v>
+        <v>2943</v>
       </c>
       <c r="B1161" t="s">
-        <v>2966</v>
+        <v>2944</v>
       </c>
       <c r="C1161"/>
       <c r="D1161"/>
-      <c r="E1161" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1161"/>
       <c r="F1161" t="s">
-        <v>2968</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="1162" spans="1:6">
       <c r="A1162" t="s">
-        <v>2969</v>
+        <v>2946</v>
       </c>
       <c r="B1162" t="s">
-        <v>2970</v>
+        <v>2947</v>
       </c>
       <c r="C1162"/>
       <c r="D1162"/>
       <c r="E1162"/>
-      <c r="F1162"/>
+      <c r="F1162" t="s">
+        <v>2948</v>
+      </c>
     </row>
     <row r="1163" spans="1:6">
       <c r="A1163" t="s">
-        <v>2971</v>
+        <v>2949</v>
       </c>
       <c r="B1163" t="s">
-        <v>2972</v>
+        <v>2950</v>
       </c>
       <c r="C1163"/>
       <c r="D1163"/>
       <c r="E1163"/>
-      <c r="F1163" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1163"/>
     </row>
     <row r="1164" spans="1:6">
       <c r="A1164" t="s">
-        <v>2974</v>
+        <v>2951</v>
       </c>
       <c r="B1164" t="s">
-        <v>1746</v>
+        <v>2952</v>
       </c>
       <c r="C1164"/>
       <c r="D1164"/>
       <c r="E1164" t="s">
-        <v>2975</v>
-[...1 lines deleted...]
-      <c r="F1164"/>
+        <v>2953</v>
+      </c>
+      <c r="F1164" t="s">
+        <v>2954</v>
+      </c>
     </row>
     <row r="1165" spans="1:6">
       <c r="A1165" t="s">
-        <v>2976</v>
+        <v>2955</v>
       </c>
       <c r="B1165" t="s">
-        <v>309</v>
+        <v>2956</v>
       </c>
       <c r="C1165"/>
       <c r="D1165"/>
-      <c r="E1165"/>
+      <c r="E1165" t="s">
+        <v>2957</v>
+      </c>
       <c r="F1165" t="s">
-        <v>2977</v>
+        <v>2958</v>
       </c>
     </row>
     <row r="1166" spans="1:6">
       <c r="A1166" t="s">
-        <v>2978</v>
+        <v>2959</v>
       </c>
       <c r="B1166" t="s">
-        <v>606</v>
+        <v>2960</v>
       </c>
       <c r="C1166"/>
       <c r="D1166"/>
       <c r="E1166"/>
-      <c r="F1166" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1166"/>
     </row>
     <row r="1167" spans="1:6">
-      <c r="A1167"/>
+      <c r="A1167" t="s">
+        <v>2961</v>
+      </c>
       <c r="B1167" t="s">
-        <v>379</v>
+        <v>2962</v>
       </c>
       <c r="C1167"/>
       <c r="D1167"/>
-      <c r="E1167"/>
-      <c r="F1167"/>
+      <c r="E1167" t="s">
+        <v>2963</v>
+      </c>
+      <c r="F1167" t="s">
+        <v>2964</v>
+      </c>
     </row>
     <row r="1168" spans="1:6">
       <c r="A1168" t="s">
-        <v>2980</v>
+        <v>2965</v>
       </c>
       <c r="B1168" t="s">
-        <v>2981</v>
+        <v>2966</v>
       </c>
       <c r="C1168"/>
       <c r="D1168"/>
-      <c r="E1168"/>
+      <c r="E1168" t="s">
+        <v>2967</v>
+      </c>
       <c r="F1168" t="s">
-        <v>2982</v>
+        <v>2968</v>
       </c>
     </row>
     <row r="1169" spans="1:6">
       <c r="A1169" t="s">
-        <v>2983</v>
+        <v>2969</v>
       </c>
       <c r="B1169" t="s">
-        <v>2984</v>
+        <v>2970</v>
       </c>
       <c r="C1169"/>
       <c r="D1169"/>
-      <c r="E1169" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E1169"/>
+      <c r="F1169"/>
     </row>
     <row r="1170" spans="1:6">
       <c r="A1170" t="s">
-        <v>2987</v>
+        <v>2971</v>
       </c>
       <c r="B1170" t="s">
-        <v>2988</v>
+        <v>2972</v>
       </c>
       <c r="C1170"/>
       <c r="D1170"/>
       <c r="E1170"/>
       <c r="F1170" t="s">
-        <v>2989</v>
+        <v>2973</v>
       </c>
     </row>
     <row r="1171" spans="1:6">
       <c r="A1171" t="s">
-        <v>2990</v>
+        <v>2974</v>
       </c>
       <c r="B1171" t="s">
-        <v>2991</v>
+        <v>1746</v>
       </c>
       <c r="C1171"/>
       <c r="D1171"/>
       <c r="E1171" t="s">
-        <v>2992</v>
-[...3 lines deleted...]
-      </c>
+        <v>2975</v>
+      </c>
+      <c r="F1171"/>
     </row>
     <row r="1172" spans="1:6">
       <c r="A1172" t="s">
-        <v>2994</v>
+        <v>2976</v>
       </c>
       <c r="B1172" t="s">
-        <v>2995</v>
+        <v>309</v>
       </c>
       <c r="C1172"/>
       <c r="D1172"/>
-      <c r="E1172" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1172"/>
       <c r="F1172" t="s">
-        <v>2997</v>
+        <v>2977</v>
       </c>
     </row>
     <row r="1173" spans="1:6">
       <c r="A1173" t="s">
-        <v>2998</v>
+        <v>2978</v>
       </c>
       <c r="B1173" t="s">
-        <v>2999</v>
+        <v>606</v>
       </c>
       <c r="C1173"/>
       <c r="D1173"/>
-      <c r="E1173" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1173"/>
       <c r="F1173" t="s">
-        <v>3001</v>
+        <v>2979</v>
       </c>
     </row>
     <row r="1174" spans="1:6">
-      <c r="A1174" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1174"/>
       <c r="B1174" t="s">
-        <v>3003</v>
+        <v>379</v>
       </c>
       <c r="C1174"/>
       <c r="D1174"/>
       <c r="E1174"/>
       <c r="F1174"/>
     </row>
     <row r="1175" spans="1:6">
       <c r="A1175" t="s">
-        <v>3004</v>
+        <v>2980</v>
       </c>
       <c r="B1175" t="s">
-        <v>3005</v>
+        <v>2981</v>
       </c>
       <c r="C1175"/>
       <c r="D1175"/>
       <c r="E1175"/>
-      <c r="F1175"/>
+      <c r="F1175" t="s">
+        <v>2982</v>
+      </c>
     </row>
     <row r="1176" spans="1:6">
       <c r="A1176" t="s">
-        <v>3006</v>
+        <v>2983</v>
       </c>
       <c r="B1176" t="s">
-        <v>3007</v>
+        <v>2984</v>
       </c>
       <c r="C1176"/>
       <c r="D1176"/>
       <c r="E1176" t="s">
-        <v>3008</v>
+        <v>2985</v>
       </c>
       <c r="F1176" t="s">
-        <v>3009</v>
+        <v>2986</v>
       </c>
     </row>
     <row r="1177" spans="1:6">
       <c r="A1177" t="s">
-        <v>3010</v>
+        <v>2987</v>
       </c>
       <c r="B1177" t="s">
-        <v>3011</v>
+        <v>2988</v>
       </c>
       <c r="C1177"/>
       <c r="D1177"/>
-      <c r="E1177" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1177"/>
       <c r="F1177" t="s">
-        <v>3013</v>
+        <v>2989</v>
       </c>
     </row>
     <row r="1178" spans="1:6">
       <c r="A1178" t="s">
-        <v>3014</v>
+        <v>2990</v>
       </c>
       <c r="B1178" t="s">
-        <v>3015</v>
+        <v>2991</v>
       </c>
       <c r="C1178"/>
       <c r="D1178"/>
       <c r="E1178" t="s">
-        <v>3016</v>
+        <v>2992</v>
       </c>
       <c r="F1178" t="s">
-        <v>3017</v>
+        <v>2993</v>
       </c>
     </row>
     <row r="1179" spans="1:6">
       <c r="A1179" t="s">
-        <v>3018</v>
+        <v>2994</v>
       </c>
       <c r="B1179" t="s">
-        <v>3019</v>
+        <v>2995</v>
       </c>
       <c r="C1179"/>
       <c r="D1179"/>
-      <c r="E1179"/>
+      <c r="E1179" t="s">
+        <v>2996</v>
+      </c>
       <c r="F1179" t="s">
-        <v>3020</v>
+        <v>2997</v>
       </c>
     </row>
     <row r="1180" spans="1:6">
       <c r="A1180" t="s">
-        <v>3021</v>
+        <v>2998</v>
       </c>
       <c r="B1180" t="s">
-        <v>3022</v>
+        <v>2999</v>
       </c>
       <c r="C1180"/>
       <c r="D1180"/>
-      <c r="E1180"/>
-      <c r="F1180"/>
+      <c r="E1180" t="s">
+        <v>3000</v>
+      </c>
+      <c r="F1180" t="s">
+        <v>3001</v>
+      </c>
     </row>
     <row r="1181" spans="1:6">
       <c r="A1181" t="s">
-        <v>3023</v>
+        <v>3002</v>
       </c>
       <c r="B1181" t="s">
-        <v>3024</v>
+        <v>3003</v>
       </c>
       <c r="C1181"/>
       <c r="D1181"/>
       <c r="E1181"/>
-      <c r="F1181" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1181"/>
     </row>
     <row r="1182" spans="1:6">
       <c r="A1182" t="s">
-        <v>3026</v>
+        <v>3004</v>
       </c>
       <c r="B1182" t="s">
-        <v>3027</v>
+        <v>3005</v>
       </c>
       <c r="C1182"/>
       <c r="D1182"/>
       <c r="E1182"/>
-      <c r="F1182" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1182"/>
     </row>
     <row r="1183" spans="1:6">
       <c r="A1183" t="s">
-        <v>3029</v>
+        <v>3006</v>
       </c>
       <c r="B1183" t="s">
-        <v>3030</v>
+        <v>3007</v>
       </c>
       <c r="C1183"/>
       <c r="D1183"/>
-      <c r="E1183"/>
+      <c r="E1183" t="s">
+        <v>3008</v>
+      </c>
       <c r="F1183" t="s">
-        <v>3031</v>
+        <v>3009</v>
       </c>
     </row>
     <row r="1184" spans="1:6">
       <c r="A1184" t="s">
-        <v>3032</v>
+        <v>3010</v>
       </c>
       <c r="B1184" t="s">
-        <v>356</v>
+        <v>3011</v>
       </c>
       <c r="C1184"/>
       <c r="D1184"/>
-      <c r="E1184"/>
-      <c r="F1184"/>
+      <c r="E1184" t="s">
+        <v>3012</v>
+      </c>
+      <c r="F1184" t="s">
+        <v>3013</v>
+      </c>
     </row>
     <row r="1185" spans="1:6">
       <c r="A1185" t="s">
-        <v>3033</v>
+        <v>3014</v>
       </c>
       <c r="B1185" t="s">
-        <v>359</v>
+        <v>3015</v>
       </c>
       <c r="C1185"/>
       <c r="D1185"/>
-      <c r="E1185"/>
+      <c r="E1185" t="s">
+        <v>3016</v>
+      </c>
       <c r="F1185" t="s">
-        <v>3034</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="1186" spans="1:6">
       <c r="A1186" t="s">
-        <v>3035</v>
+        <v>3018</v>
       </c>
       <c r="B1186" t="s">
-        <v>453</v>
+        <v>3019</v>
       </c>
       <c r="C1186"/>
       <c r="D1186"/>
       <c r="E1186"/>
       <c r="F1186" t="s">
-        <v>3036</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="1187" spans="1:6">
       <c r="A1187" t="s">
-        <v>3037</v>
+        <v>3021</v>
       </c>
       <c r="B1187" t="s">
-        <v>3038</v>
+        <v>3022</v>
       </c>
       <c r="C1187"/>
       <c r="D1187"/>
       <c r="E1187"/>
-      <c r="F1187" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1187"/>
     </row>
     <row r="1188" spans="1:6">
       <c r="A1188" t="s">
-        <v>3040</v>
+        <v>3023</v>
       </c>
       <c r="B1188" t="s">
-        <v>3041</v>
+        <v>3024</v>
       </c>
       <c r="C1188"/>
       <c r="D1188"/>
       <c r="E1188"/>
       <c r="F1188" t="s">
-        <v>3042</v>
+        <v>3025</v>
       </c>
     </row>
     <row r="1189" spans="1:6">
       <c r="A1189" t="s">
-        <v>3043</v>
+        <v>3026</v>
       </c>
       <c r="B1189" t="s">
-        <v>3044</v>
+        <v>3027</v>
       </c>
       <c r="C1189"/>
       <c r="D1189"/>
       <c r="E1189"/>
       <c r="F1189" t="s">
-        <v>3045</v>
+        <v>3028</v>
       </c>
     </row>
     <row r="1190" spans="1:6">
       <c r="A1190" t="s">
-        <v>3046</v>
+        <v>3029</v>
       </c>
       <c r="B1190" t="s">
-        <v>1028</v>
+        <v>3030</v>
       </c>
       <c r="C1190"/>
       <c r="D1190"/>
       <c r="E1190"/>
-      <c r="F1190"/>
+      <c r="F1190" t="s">
+        <v>3031</v>
+      </c>
     </row>
     <row r="1191" spans="1:6">
       <c r="A1191" t="s">
-        <v>3047</v>
+        <v>3032</v>
       </c>
       <c r="B1191" t="s">
-        <v>3048</v>
+        <v>356</v>
       </c>
       <c r="C1191"/>
       <c r="D1191"/>
       <c r="E1191"/>
-      <c r="F1191" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1191"/>
     </row>
     <row r="1192" spans="1:6">
       <c r="A1192" t="s">
-        <v>3050</v>
+        <v>3033</v>
       </c>
       <c r="B1192" t="s">
-        <v>3051</v>
+        <v>359</v>
       </c>
       <c r="C1192"/>
       <c r="D1192"/>
       <c r="E1192"/>
       <c r="F1192" t="s">
-        <v>3052</v>
+        <v>3034</v>
       </c>
     </row>
     <row r="1193" spans="1:6">
       <c r="A1193" t="s">
-        <v>3053</v>
+        <v>3035</v>
       </c>
       <c r="B1193" t="s">
-        <v>396</v>
+        <v>453</v>
       </c>
       <c r="C1193"/>
       <c r="D1193"/>
       <c r="E1193"/>
       <c r="F1193" t="s">
-        <v>3054</v>
+        <v>3036</v>
       </c>
     </row>
     <row r="1194" spans="1:6">
       <c r="A1194" t="s">
-        <v>3055</v>
+        <v>3037</v>
       </c>
       <c r="B1194" t="s">
-        <v>400</v>
+        <v>3038</v>
       </c>
       <c r="C1194"/>
       <c r="D1194"/>
       <c r="E1194"/>
       <c r="F1194" t="s">
-        <v>3056</v>
+        <v>3039</v>
       </c>
     </row>
     <row r="1195" spans="1:6">
       <c r="A1195" t="s">
-        <v>3057</v>
+        <v>3040</v>
       </c>
       <c r="B1195" t="s">
-        <v>393</v>
+        <v>3041</v>
       </c>
       <c r="C1195"/>
       <c r="D1195"/>
       <c r="E1195"/>
       <c r="F1195" t="s">
-        <v>3058</v>
+        <v>3042</v>
       </c>
     </row>
     <row r="1196" spans="1:6">
       <c r="A1196" t="s">
-        <v>3059</v>
+        <v>3043</v>
       </c>
       <c r="B1196" t="s">
-        <v>3060</v>
+        <v>3044</v>
       </c>
       <c r="C1196"/>
       <c r="D1196"/>
       <c r="E1196"/>
       <c r="F1196" t="s">
-        <v>3061</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="1197" spans="1:6">
       <c r="A1197" t="s">
-        <v>3062</v>
+        <v>3046</v>
       </c>
       <c r="B1197" t="s">
-        <v>404</v>
+        <v>1028</v>
       </c>
       <c r="C1197"/>
       <c r="D1197"/>
       <c r="E1197"/>
-      <c r="F1197" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1197"/>
     </row>
     <row r="1198" spans="1:6">
       <c r="A1198" t="s">
-        <v>3064</v>
+        <v>3047</v>
       </c>
       <c r="B1198" t="s">
-        <v>1251</v>
+        <v>3048</v>
       </c>
       <c r="C1198"/>
       <c r="D1198"/>
       <c r="E1198"/>
-      <c r="F1198"/>
+      <c r="F1198" t="s">
+        <v>3049</v>
+      </c>
     </row>
     <row r="1199" spans="1:6">
       <c r="A1199" t="s">
-        <v>3065</v>
+        <v>3050</v>
       </c>
       <c r="B1199" t="s">
-        <v>3066</v>
+        <v>3051</v>
       </c>
       <c r="C1199"/>
       <c r="D1199"/>
       <c r="E1199"/>
       <c r="F1199" t="s">
-        <v>3067</v>
+        <v>3052</v>
       </c>
     </row>
     <row r="1200" spans="1:6">
       <c r="A1200" t="s">
-        <v>3068</v>
+        <v>3053</v>
       </c>
       <c r="B1200" t="s">
-        <v>1108</v>
+        <v>396</v>
       </c>
       <c r="C1200"/>
       <c r="D1200"/>
       <c r="E1200"/>
       <c r="F1200" t="s">
-        <v>3069</v>
+        <v>3054</v>
       </c>
     </row>
     <row r="1201" spans="1:6">
       <c r="A1201" t="s">
-        <v>3070</v>
+        <v>3055</v>
       </c>
       <c r="B1201" t="s">
-        <v>3071</v>
+        <v>400</v>
       </c>
       <c r="C1201"/>
       <c r="D1201"/>
       <c r="E1201"/>
-      <c r="F1201"/>
+      <c r="F1201" t="s">
+        <v>3056</v>
+      </c>
     </row>
     <row r="1202" spans="1:6">
       <c r="A1202" t="s">
-        <v>3072</v>
+        <v>3057</v>
       </c>
       <c r="B1202" t="s">
-        <v>3073</v>
+        <v>393</v>
       </c>
       <c r="C1202"/>
       <c r="D1202"/>
       <c r="E1202"/>
       <c r="F1202" t="s">
-        <v>3074</v>
+        <v>3058</v>
       </c>
     </row>
     <row r="1203" spans="1:6">
       <c r="A1203" t="s">
-        <v>3075</v>
+        <v>3059</v>
       </c>
       <c r="B1203" t="s">
-        <v>372</v>
+        <v>3060</v>
       </c>
       <c r="C1203"/>
       <c r="D1203"/>
       <c r="E1203"/>
       <c r="F1203" t="s">
-        <v>3076</v>
+        <v>3061</v>
       </c>
     </row>
     <row r="1204" spans="1:6">
       <c r="A1204" t="s">
-        <v>3077</v>
+        <v>3062</v>
       </c>
       <c r="B1204" t="s">
-        <v>3078</v>
+        <v>404</v>
       </c>
       <c r="C1204"/>
       <c r="D1204"/>
       <c r="E1204"/>
       <c r="F1204" t="s">
-        <v>3079</v>
+        <v>3063</v>
       </c>
     </row>
     <row r="1205" spans="1:6">
       <c r="A1205" t="s">
-        <v>3080</v>
+        <v>3064</v>
       </c>
       <c r="B1205" t="s">
-        <v>3081</v>
+        <v>1251</v>
       </c>
       <c r="C1205"/>
       <c r="D1205"/>
       <c r="E1205"/>
-      <c r="F1205" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1205"/>
     </row>
     <row r="1206" spans="1:6">
       <c r="A1206" t="s">
-        <v>3083</v>
+        <v>3065</v>
       </c>
       <c r="B1206" t="s">
-        <v>3084</v>
+        <v>3066</v>
       </c>
       <c r="C1206"/>
       <c r="D1206"/>
       <c r="E1206"/>
       <c r="F1206" t="s">
-        <v>3085</v>
+        <v>3067</v>
       </c>
     </row>
     <row r="1207" spans="1:6">
       <c r="A1207" t="s">
-        <v>3086</v>
+        <v>3068</v>
       </c>
       <c r="B1207" t="s">
-        <v>3087</v>
+        <v>1108</v>
       </c>
       <c r="C1207"/>
       <c r="D1207"/>
       <c r="E1207"/>
       <c r="F1207" t="s">
-        <v>3088</v>
+        <v>3069</v>
       </c>
     </row>
     <row r="1208" spans="1:6">
       <c r="A1208" t="s">
-        <v>3089</v>
+        <v>3070</v>
       </c>
       <c r="B1208" t="s">
-        <v>379</v>
+        <v>3071</v>
       </c>
       <c r="C1208"/>
       <c r="D1208"/>
       <c r="E1208"/>
-      <c r="F1208" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1208"/>
     </row>
     <row r="1209" spans="1:6">
       <c r="A1209" t="s">
-        <v>3091</v>
+        <v>3072</v>
       </c>
       <c r="B1209" t="s">
-        <v>3092</v>
+        <v>3073</v>
       </c>
       <c r="C1209"/>
       <c r="D1209"/>
-      <c r="E1209" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1209"/>
       <c r="F1209" t="s">
-        <v>3094</v>
+        <v>3074</v>
       </c>
     </row>
     <row r="1210" spans="1:6">
       <c r="A1210" t="s">
-        <v>3095</v>
+        <v>3075</v>
       </c>
       <c r="B1210" t="s">
-        <v>3096</v>
+        <v>372</v>
       </c>
       <c r="C1210"/>
       <c r="D1210"/>
-      <c r="E1210" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1210"/>
       <c r="F1210" t="s">
-        <v>3098</v>
+        <v>3076</v>
       </c>
     </row>
     <row r="1211" spans="1:6">
       <c r="A1211" t="s">
-        <v>3099</v>
+        <v>3077</v>
       </c>
       <c r="B1211" t="s">
-        <v>3100</v>
+        <v>3078</v>
       </c>
       <c r="C1211"/>
       <c r="D1211"/>
       <c r="E1211"/>
       <c r="F1211" t="s">
-        <v>3101</v>
+        <v>3079</v>
       </c>
     </row>
     <row r="1212" spans="1:6">
       <c r="A1212" t="s">
-        <v>3102</v>
+        <v>3080</v>
       </c>
       <c r="B1212" t="s">
-        <v>379</v>
+        <v>3081</v>
       </c>
       <c r="C1212"/>
       <c r="D1212"/>
       <c r="E1212"/>
-      <c r="F1212"/>
+      <c r="F1212" t="s">
+        <v>3082</v>
+      </c>
     </row>
     <row r="1213" spans="1:6">
       <c r="A1213" t="s">
-        <v>3103</v>
+        <v>3083</v>
       </c>
       <c r="B1213" t="s">
-        <v>3104</v>
+        <v>3084</v>
       </c>
       <c r="C1213"/>
       <c r="D1213"/>
       <c r="E1213"/>
-      <c r="F1213"/>
+      <c r="F1213" t="s">
+        <v>3085</v>
+      </c>
     </row>
     <row r="1214" spans="1:6">
       <c r="A1214" t="s">
-        <v>3105</v>
+        <v>3086</v>
       </c>
       <c r="B1214" t="s">
-        <v>3106</v>
+        <v>3087</v>
       </c>
       <c r="C1214"/>
       <c r="D1214"/>
       <c r="E1214"/>
-      <c r="F1214"/>
+      <c r="F1214" t="s">
+        <v>3088</v>
+      </c>
     </row>
     <row r="1215" spans="1:6">
       <c r="A1215" t="s">
-        <v>3107</v>
+        <v>3089</v>
       </c>
       <c r="B1215" t="s">
-        <v>3108</v>
+        <v>379</v>
       </c>
       <c r="C1215"/>
       <c r="D1215"/>
       <c r="E1215"/>
-      <c r="F1215"/>
+      <c r="F1215" t="s">
+        <v>3090</v>
+      </c>
     </row>
     <row r="1216" spans="1:6">
       <c r="A1216" t="s">
-        <v>3109</v>
+        <v>3091</v>
       </c>
       <c r="B1216" t="s">
-        <v>379</v>
+        <v>3092</v>
       </c>
       <c r="C1216"/>
       <c r="D1216"/>
-      <c r="E1216"/>
+      <c r="E1216" t="s">
+        <v>3093</v>
+      </c>
       <c r="F1216" t="s">
-        <v>3110</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="1217" spans="1:6">
-      <c r="A1217"/>
+      <c r="A1217" t="s">
+        <v>3095</v>
+      </c>
       <c r="B1217" t="s">
-        <v>3111</v>
+        <v>3096</v>
       </c>
       <c r="C1217"/>
       <c r="D1217"/>
-      <c r="E1217"/>
-      <c r="F1217"/>
+      <c r="E1217" t="s">
+        <v>3097</v>
+      </c>
+      <c r="F1217" t="s">
+        <v>3098</v>
+      </c>
     </row>
     <row r="1218" spans="1:6">
       <c r="A1218" t="s">
-        <v>3112</v>
+        <v>3099</v>
       </c>
       <c r="B1218" t="s">
-        <v>379</v>
+        <v>3100</v>
       </c>
       <c r="C1218"/>
       <c r="D1218"/>
       <c r="E1218"/>
       <c r="F1218" t="s">
-        <v>3113</v>
+        <v>3101</v>
       </c>
     </row>
     <row r="1219" spans="1:6">
       <c r="A1219" t="s">
-        <v>3114</v>
+        <v>3102</v>
       </c>
       <c r="B1219" t="s">
-        <v>3115</v>
+        <v>379</v>
       </c>
       <c r="C1219"/>
       <c r="D1219"/>
       <c r="E1219"/>
-      <c r="F1219" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1219"/>
     </row>
     <row r="1220" spans="1:6">
       <c r="A1220" t="s">
-        <v>3117</v>
+        <v>3103</v>
       </c>
       <c r="B1220" t="s">
-        <v>3118</v>
+        <v>3104</v>
       </c>
       <c r="C1220"/>
       <c r="D1220"/>
       <c r="E1220"/>
-      <c r="F1220" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1220"/>
     </row>
     <row r="1221" spans="1:6">
       <c r="A1221" t="s">
-        <v>3120</v>
+        <v>3105</v>
       </c>
       <c r="B1221" t="s">
-        <v>3121</v>
+        <v>3106</v>
       </c>
       <c r="C1221"/>
       <c r="D1221"/>
       <c r="E1221"/>
-      <c r="F1221" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1221"/>
     </row>
     <row r="1222" spans="1:6">
       <c r="A1222" t="s">
-        <v>3123</v>
+        <v>3107</v>
       </c>
       <c r="B1222" t="s">
-        <v>3124</v>
+        <v>3108</v>
       </c>
       <c r="C1222"/>
       <c r="D1222"/>
       <c r="E1222"/>
       <c r="F1222"/>
     </row>
     <row r="1223" spans="1:6">
       <c r="A1223" t="s">
-        <v>3125</v>
+        <v>3109</v>
       </c>
       <c r="B1223" t="s">
-        <v>3126</v>
+        <v>379</v>
       </c>
       <c r="C1223"/>
       <c r="D1223"/>
       <c r="E1223"/>
       <c r="F1223" t="s">
-        <v>3127</v>
+        <v>3110</v>
       </c>
     </row>
     <row r="1224" spans="1:6">
-      <c r="A1224" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1224"/>
       <c r="B1224" t="s">
-        <v>3126</v>
+        <v>3111</v>
       </c>
       <c r="C1224"/>
       <c r="D1224"/>
       <c r="E1224"/>
-      <c r="F1224" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1224"/>
     </row>
     <row r="1225" spans="1:6">
       <c r="A1225" t="s">
-        <v>3130</v>
+        <v>3112</v>
       </c>
       <c r="B1225" t="s">
-        <v>3126</v>
+        <v>379</v>
       </c>
       <c r="C1225"/>
       <c r="D1225"/>
       <c r="E1225"/>
-      <c r="F1225"/>
+      <c r="F1225" t="s">
+        <v>3113</v>
+      </c>
     </row>
     <row r="1226" spans="1:6">
       <c r="A1226" t="s">
-        <v>3131</v>
+        <v>3114</v>
       </c>
       <c r="B1226" t="s">
-        <v>3126</v>
+        <v>3115</v>
       </c>
       <c r="C1226"/>
       <c r="D1226"/>
       <c r="E1226"/>
-      <c r="F1226"/>
+      <c r="F1226" t="s">
+        <v>3116</v>
+      </c>
     </row>
     <row r="1227" spans="1:6">
       <c r="A1227" t="s">
-        <v>3132</v>
+        <v>3117</v>
       </c>
       <c r="B1227" t="s">
-        <v>3124</v>
+        <v>3118</v>
       </c>
       <c r="C1227"/>
       <c r="D1227"/>
       <c r="E1227"/>
       <c r="F1227" t="s">
-        <v>3133</v>
+        <v>3119</v>
       </c>
     </row>
     <row r="1228" spans="1:6">
       <c r="A1228" t="s">
-        <v>3134</v>
+        <v>3120</v>
       </c>
       <c r="B1228" t="s">
-        <v>3135</v>
+        <v>3121</v>
       </c>
       <c r="C1228"/>
       <c r="D1228"/>
       <c r="E1228"/>
-      <c r="F1228"/>
+      <c r="F1228" t="s">
+        <v>3122</v>
+      </c>
     </row>
     <row r="1229" spans="1:6">
       <c r="A1229" t="s">
-        <v>3136</v>
+        <v>3123</v>
       </c>
       <c r="B1229" t="s">
-        <v>379</v>
+        <v>3124</v>
       </c>
       <c r="C1229"/>
       <c r="D1229"/>
       <c r="E1229"/>
-      <c r="F1229" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1229"/>
     </row>
     <row r="1230" spans="1:6">
       <c r="A1230" t="s">
-        <v>3138</v>
+        <v>3125</v>
       </c>
       <c r="B1230" t="s">
-        <v>379</v>
+        <v>3126</v>
       </c>
       <c r="C1230"/>
       <c r="D1230"/>
       <c r="E1230"/>
       <c r="F1230" t="s">
-        <v>3139</v>
+        <v>3127</v>
       </c>
     </row>
     <row r="1231" spans="1:6">
       <c r="A1231" t="s">
-        <v>3140</v>
+        <v>3128</v>
       </c>
       <c r="B1231" t="s">
-        <v>3141</v>
+        <v>3126</v>
       </c>
       <c r="C1231"/>
       <c r="D1231"/>
       <c r="E1231"/>
       <c r="F1231" t="s">
-        <v>3142</v>
+        <v>3129</v>
       </c>
     </row>
     <row r="1232" spans="1:6">
       <c r="A1232" t="s">
-        <v>3143</v>
+        <v>3130</v>
       </c>
       <c r="B1232" t="s">
-        <v>379</v>
+        <v>3126</v>
       </c>
       <c r="C1232"/>
       <c r="D1232"/>
       <c r="E1232"/>
-      <c r="F1232" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1232"/>
     </row>
     <row r="1233" spans="1:6">
       <c r="A1233" t="s">
-        <v>3145</v>
+        <v>3131</v>
       </c>
       <c r="B1233" t="s">
-        <v>3146</v>
+        <v>3126</v>
       </c>
       <c r="C1233"/>
       <c r="D1233"/>
       <c r="E1233"/>
       <c r="F1233"/>
     </row>
     <row r="1234" spans="1:6">
       <c r="A1234" t="s">
-        <v>3147</v>
+        <v>3132</v>
       </c>
       <c r="B1234" t="s">
-        <v>3148</v>
+        <v>3124</v>
       </c>
       <c r="C1234"/>
       <c r="D1234"/>
       <c r="E1234"/>
       <c r="F1234" t="s">
-        <v>3149</v>
+        <v>3133</v>
       </c>
     </row>
     <row r="1235" spans="1:6">
       <c r="A1235" t="s">
-        <v>3150</v>
+        <v>3134</v>
       </c>
       <c r="B1235" t="s">
-        <v>3151</v>
+        <v>3135</v>
       </c>
       <c r="C1235"/>
       <c r="D1235"/>
       <c r="E1235"/>
-      <c r="F1235" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1235"/>
     </row>
     <row r="1236" spans="1:6">
       <c r="A1236" t="s">
-        <v>3153</v>
+        <v>3136</v>
       </c>
       <c r="B1236" t="s">
-        <v>3154</v>
+        <v>379</v>
       </c>
       <c r="C1236"/>
       <c r="D1236"/>
       <c r="E1236"/>
       <c r="F1236" t="s">
-        <v>3155</v>
+        <v>3137</v>
       </c>
     </row>
     <row r="1237" spans="1:6">
       <c r="A1237" t="s">
-        <v>3156</v>
+        <v>3138</v>
       </c>
       <c r="B1237" t="s">
-        <v>3157</v>
+        <v>379</v>
       </c>
       <c r="C1237"/>
       <c r="D1237"/>
       <c r="E1237"/>
       <c r="F1237" t="s">
-        <v>3158</v>
+        <v>3139</v>
       </c>
     </row>
     <row r="1238" spans="1:6">
       <c r="A1238" t="s">
-        <v>3159</v>
+        <v>3140</v>
       </c>
       <c r="B1238" t="s">
-        <v>3160</v>
+        <v>3141</v>
       </c>
       <c r="C1238"/>
       <c r="D1238"/>
       <c r="E1238"/>
       <c r="F1238" t="s">
-        <v>3161</v>
+        <v>3142</v>
       </c>
     </row>
     <row r="1239" spans="1:6">
       <c r="A1239" t="s">
-        <v>3162</v>
+        <v>3143</v>
       </c>
       <c r="B1239" t="s">
-        <v>3163</v>
+        <v>379</v>
       </c>
       <c r="C1239"/>
       <c r="D1239"/>
       <c r="E1239"/>
       <c r="F1239" t="s">
-        <v>3164</v>
+        <v>3144</v>
       </c>
     </row>
     <row r="1240" spans="1:6">
       <c r="A1240" t="s">
-        <v>3165</v>
+        <v>3145</v>
       </c>
       <c r="B1240" t="s">
-        <v>3166</v>
+        <v>3146</v>
       </c>
       <c r="C1240"/>
       <c r="D1240"/>
       <c r="E1240"/>
-      <c r="F1240" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1240"/>
     </row>
     <row r="1241" spans="1:6">
       <c r="A1241" t="s">
-        <v>3168</v>
+        <v>3147</v>
       </c>
       <c r="B1241" t="s">
-        <v>3169</v>
+        <v>3148</v>
       </c>
       <c r="C1241"/>
       <c r="D1241"/>
       <c r="E1241"/>
       <c r="F1241" t="s">
-        <v>3170</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="1242" spans="1:6">
       <c r="A1242" t="s">
-        <v>3171</v>
+        <v>3150</v>
       </c>
       <c r="B1242" t="s">
-        <v>367</v>
+        <v>3151</v>
       </c>
       <c r="C1242"/>
       <c r="D1242"/>
       <c r="E1242"/>
       <c r="F1242" t="s">
-        <v>3172</v>
+        <v>3152</v>
       </c>
     </row>
     <row r="1243" spans="1:6">
       <c r="A1243" t="s">
-        <v>3173</v>
+        <v>3153</v>
       </c>
       <c r="B1243" t="s">
-        <v>3174</v>
+        <v>3154</v>
       </c>
       <c r="C1243"/>
       <c r="D1243"/>
       <c r="E1243"/>
       <c r="F1243" t="s">
-        <v>3175</v>
+        <v>3155</v>
       </c>
     </row>
     <row r="1244" spans="1:6">
       <c r="A1244" t="s">
-        <v>3176</v>
+        <v>3156</v>
       </c>
       <c r="B1244" t="s">
-        <v>3177</v>
+        <v>3157</v>
       </c>
       <c r="C1244"/>
       <c r="D1244"/>
       <c r="E1244"/>
       <c r="F1244" t="s">
-        <v>3178</v>
+        <v>3158</v>
       </c>
     </row>
     <row r="1245" spans="1:6">
       <c r="A1245" t="s">
-        <v>3179</v>
+        <v>3159</v>
       </c>
       <c r="B1245" t="s">
-        <v>3180</v>
+        <v>3160</v>
       </c>
       <c r="C1245"/>
       <c r="D1245"/>
-      <c r="E1245" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1245"/>
       <c r="F1245" t="s">
-        <v>3182</v>
+        <v>3161</v>
       </c>
     </row>
     <row r="1246" spans="1:6">
       <c r="A1246" t="s">
-        <v>3183</v>
+        <v>3162</v>
       </c>
       <c r="B1246" t="s">
-        <v>1753</v>
+        <v>3163</v>
       </c>
       <c r="C1246"/>
       <c r="D1246"/>
-      <c r="E1246" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1246"/>
       <c r="F1246" t="s">
-        <v>3185</v>
+        <v>3164</v>
       </c>
     </row>
     <row r="1247" spans="1:6">
       <c r="A1247" t="s">
-        <v>3186</v>
+        <v>3165</v>
       </c>
       <c r="B1247" t="s">
-        <v>379</v>
+        <v>3166</v>
       </c>
       <c r="C1247"/>
       <c r="D1247"/>
       <c r="E1247"/>
       <c r="F1247" t="s">
-        <v>3187</v>
+        <v>3167</v>
       </c>
     </row>
     <row r="1248" spans="1:6">
       <c r="A1248" t="s">
-        <v>3188</v>
+        <v>3168</v>
       </c>
       <c r="B1248" t="s">
-        <v>3189</v>
+        <v>3169</v>
       </c>
       <c r="C1248"/>
       <c r="D1248"/>
       <c r="E1248"/>
       <c r="F1248" t="s">
-        <v>3190</v>
+        <v>3170</v>
       </c>
     </row>
     <row r="1249" spans="1:6">
       <c r="A1249" t="s">
-        <v>3191</v>
+        <v>3171</v>
       </c>
       <c r="B1249" t="s">
-        <v>379</v>
+        <v>367</v>
       </c>
       <c r="C1249"/>
       <c r="D1249"/>
       <c r="E1249"/>
-      <c r="F1249"/>
+      <c r="F1249" t="s">
+        <v>3172</v>
+      </c>
     </row>
     <row r="1250" spans="1:6">
       <c r="A1250" t="s">
-        <v>3192</v>
+        <v>3173</v>
       </c>
       <c r="B1250" t="s">
-        <v>379</v>
+        <v>3174</v>
       </c>
       <c r="C1250"/>
       <c r="D1250"/>
       <c r="E1250"/>
       <c r="F1250" t="s">
-        <v>3193</v>
+        <v>3175</v>
       </c>
     </row>
     <row r="1251" spans="1:6">
       <c r="A1251" t="s">
-        <v>3194</v>
+        <v>3176</v>
       </c>
       <c r="B1251" t="s">
-        <v>3195</v>
+        <v>3177</v>
       </c>
       <c r="C1251"/>
       <c r="D1251"/>
       <c r="E1251"/>
       <c r="F1251" t="s">
-        <v>3196</v>
+        <v>3178</v>
       </c>
     </row>
     <row r="1252" spans="1:6">
       <c r="A1252" t="s">
-        <v>3197</v>
+        <v>3179</v>
       </c>
       <c r="B1252" t="s">
-        <v>3198</v>
+        <v>3180</v>
       </c>
       <c r="C1252"/>
       <c r="D1252"/>
-      <c r="E1252"/>
+      <c r="E1252" t="s">
+        <v>3181</v>
+      </c>
       <c r="F1252" t="s">
-        <v>3199</v>
+        <v>3182</v>
       </c>
     </row>
     <row r="1253" spans="1:6">
       <c r="A1253" t="s">
-        <v>3200</v>
+        <v>3183</v>
       </c>
       <c r="B1253" t="s">
-        <v>3201</v>
+        <v>1753</v>
       </c>
       <c r="C1253"/>
       <c r="D1253"/>
-      <c r="E1253"/>
+      <c r="E1253" t="s">
+        <v>3184</v>
+      </c>
       <c r="F1253" t="s">
-        <v>3202</v>
+        <v>3185</v>
       </c>
     </row>
     <row r="1254" spans="1:6">
       <c r="A1254" t="s">
-        <v>3203</v>
+        <v>3186</v>
       </c>
       <c r="B1254" t="s">
-        <v>3204</v>
+        <v>379</v>
       </c>
       <c r="C1254"/>
       <c r="D1254"/>
       <c r="E1254"/>
-      <c r="F1254"/>
+      <c r="F1254" t="s">
+        <v>3187</v>
+      </c>
     </row>
     <row r="1255" spans="1:6">
       <c r="A1255" t="s">
-        <v>3205</v>
+        <v>3188</v>
       </c>
       <c r="B1255" t="s">
-        <v>3206</v>
+        <v>3189</v>
       </c>
       <c r="C1255"/>
       <c r="D1255"/>
       <c r="E1255"/>
-      <c r="F1255"/>
+      <c r="F1255" t="s">
+        <v>3190</v>
+      </c>
     </row>
     <row r="1256" spans="1:6">
       <c r="A1256" t="s">
-        <v>3207</v>
+        <v>3191</v>
       </c>
       <c r="B1256" t="s">
-        <v>3208</v>
+        <v>379</v>
       </c>
       <c r="C1256"/>
       <c r="D1256"/>
-      <c r="E1256" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E1256"/>
+      <c r="F1256"/>
     </row>
     <row r="1257" spans="1:6">
       <c r="A1257" t="s">
-        <v>3211</v>
+        <v>3192</v>
       </c>
       <c r="B1257" t="s">
-        <v>3212</v>
+        <v>379</v>
       </c>
       <c r="C1257"/>
       <c r="D1257"/>
       <c r="E1257"/>
-      <c r="F1257"/>
+      <c r="F1257" t="s">
+        <v>3193</v>
+      </c>
     </row>
     <row r="1258" spans="1:6">
       <c r="A1258" t="s">
-        <v>3213</v>
+        <v>3194</v>
       </c>
       <c r="B1258" t="s">
-        <v>3214</v>
+        <v>3195</v>
       </c>
       <c r="C1258"/>
       <c r="D1258"/>
-      <c r="E1258" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1258"/>
       <c r="F1258" t="s">
-        <v>3216</v>
+        <v>3196</v>
       </c>
     </row>
     <row r="1259" spans="1:6">
       <c r="A1259" t="s">
-        <v>3217</v>
+        <v>3197</v>
       </c>
       <c r="B1259" t="s">
-        <v>3218</v>
+        <v>3198</v>
       </c>
       <c r="C1259"/>
       <c r="D1259"/>
       <c r="E1259"/>
-      <c r="F1259"/>
+      <c r="F1259" t="s">
+        <v>3199</v>
+      </c>
     </row>
     <row r="1260" spans="1:6">
       <c r="A1260" t="s">
-        <v>3219</v>
+        <v>3200</v>
       </c>
       <c r="B1260" t="s">
-        <v>3220</v>
+        <v>3201</v>
       </c>
       <c r="C1260"/>
       <c r="D1260"/>
       <c r="E1260"/>
       <c r="F1260" t="s">
-        <v>3221</v>
+        <v>3202</v>
       </c>
     </row>
     <row r="1261" spans="1:6">
       <c r="A1261" t="s">
-        <v>3222</v>
+        <v>3203</v>
       </c>
       <c r="B1261" t="s">
-        <v>3223</v>
+        <v>3204</v>
       </c>
       <c r="C1261"/>
       <c r="D1261"/>
       <c r="E1261"/>
-      <c r="F1261" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1261"/>
     </row>
     <row r="1262" spans="1:6">
       <c r="A1262" t="s">
-        <v>3225</v>
+        <v>3205</v>
       </c>
       <c r="B1262" t="s">
-        <v>3226</v>
+        <v>3206</v>
       </c>
       <c r="C1262"/>
       <c r="D1262"/>
       <c r="E1262"/>
-      <c r="F1262" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1262"/>
     </row>
     <row r="1263" spans="1:6">
       <c r="A1263" t="s">
-        <v>3228</v>
+        <v>3207</v>
       </c>
       <c r="B1263" t="s">
-        <v>3229</v>
+        <v>3208</v>
       </c>
       <c r="C1263"/>
       <c r="D1263"/>
-      <c r="E1263"/>
+      <c r="E1263" t="s">
+        <v>3209</v>
+      </c>
       <c r="F1263" t="s">
-        <v>3230</v>
+        <v>3210</v>
       </c>
     </row>
     <row r="1264" spans="1:6">
       <c r="A1264" t="s">
-        <v>3231</v>
+        <v>3211</v>
       </c>
       <c r="B1264" t="s">
-        <v>3232</v>
+        <v>3212</v>
       </c>
       <c r="C1264"/>
       <c r="D1264"/>
       <c r="E1264"/>
-      <c r="F1264" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1264"/>
     </row>
     <row r="1265" spans="1:6">
       <c r="A1265" t="s">
-        <v>3234</v>
+        <v>3213</v>
       </c>
       <c r="B1265" t="s">
-        <v>3235</v>
+        <v>3214</v>
       </c>
       <c r="C1265"/>
       <c r="D1265"/>
-      <c r="E1265"/>
-      <c r="F1265"/>
+      <c r="E1265" t="s">
+        <v>3215</v>
+      </c>
+      <c r="F1265" t="s">
+        <v>3216</v>
+      </c>
     </row>
     <row r="1266" spans="1:6">
       <c r="A1266" t="s">
-        <v>3236</v>
+        <v>3217</v>
       </c>
       <c r="B1266" t="s">
-        <v>3237</v>
+        <v>3218</v>
       </c>
       <c r="C1266"/>
       <c r="D1266"/>
       <c r="E1266"/>
       <c r="F1266"/>
     </row>
     <row r="1267" spans="1:6">
       <c r="A1267" t="s">
-        <v>3238</v>
+        <v>3219</v>
       </c>
       <c r="B1267" t="s">
-        <v>3239</v>
+        <v>3220</v>
       </c>
       <c r="C1267"/>
       <c r="D1267"/>
-      <c r="E1267" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1267"/>
       <c r="F1267" t="s">
-        <v>3241</v>
+        <v>3221</v>
       </c>
     </row>
     <row r="1268" spans="1:6">
       <c r="A1268" t="s">
-        <v>3242</v>
+        <v>3222</v>
       </c>
       <c r="B1268" t="s">
-        <v>3243</v>
+        <v>3223</v>
       </c>
       <c r="C1268"/>
       <c r="D1268"/>
       <c r="E1268"/>
-      <c r="F1268"/>
+      <c r="F1268" t="s">
+        <v>3224</v>
+      </c>
     </row>
     <row r="1269" spans="1:6">
       <c r="A1269" t="s">
-        <v>3244</v>
+        <v>3225</v>
       </c>
       <c r="B1269" t="s">
-        <v>3245</v>
+        <v>3226</v>
       </c>
       <c r="C1269"/>
       <c r="D1269"/>
       <c r="E1269"/>
-      <c r="F1269"/>
+      <c r="F1269" t="s">
+        <v>3227</v>
+      </c>
     </row>
     <row r="1270" spans="1:6">
       <c r="A1270" t="s">
-        <v>3246</v>
+        <v>3228</v>
       </c>
       <c r="B1270" t="s">
-        <v>3247</v>
+        <v>3229</v>
       </c>
       <c r="C1270"/>
       <c r="D1270"/>
       <c r="E1270"/>
-      <c r="F1270"/>
+      <c r="F1270" t="s">
+        <v>3230</v>
+      </c>
     </row>
     <row r="1271" spans="1:6">
       <c r="A1271" t="s">
-        <v>3248</v>
+        <v>3231</v>
       </c>
       <c r="B1271" t="s">
-        <v>3249</v>
+        <v>3232</v>
       </c>
       <c r="C1271"/>
       <c r="D1271"/>
       <c r="E1271"/>
-      <c r="F1271"/>
+      <c r="F1271" t="s">
+        <v>3233</v>
+      </c>
     </row>
     <row r="1272" spans="1:6">
       <c r="A1272" t="s">
-        <v>3250</v>
+        <v>3234</v>
       </c>
       <c r="B1272" t="s">
-        <v>3251</v>
+        <v>3235</v>
       </c>
       <c r="C1272"/>
       <c r="D1272"/>
       <c r="E1272"/>
-      <c r="F1272" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1272"/>
     </row>
     <row r="1273" spans="1:6">
       <c r="A1273" t="s">
-        <v>3253</v>
+        <v>3236</v>
       </c>
       <c r="B1273" t="s">
-        <v>3254</v>
+        <v>3237</v>
       </c>
       <c r="C1273"/>
       <c r="D1273"/>
       <c r="E1273"/>
       <c r="F1273"/>
     </row>
     <row r="1274" spans="1:6">
       <c r="A1274" t="s">
-        <v>3255</v>
+        <v>3238</v>
       </c>
       <c r="B1274" t="s">
-        <v>379</v>
+        <v>3239</v>
       </c>
       <c r="C1274"/>
       <c r="D1274"/>
-      <c r="E1274"/>
-      <c r="F1274"/>
+      <c r="E1274" t="s">
+        <v>3240</v>
+      </c>
+      <c r="F1274" t="s">
+        <v>3241</v>
+      </c>
     </row>
     <row r="1275" spans="1:6">
       <c r="A1275" t="s">
-        <v>3256</v>
+        <v>3242</v>
       </c>
       <c r="B1275" t="s">
-        <v>3257</v>
+        <v>3243</v>
       </c>
       <c r="C1275"/>
       <c r="D1275"/>
       <c r="E1275"/>
       <c r="F1275"/>
     </row>
     <row r="1276" spans="1:6">
       <c r="A1276" t="s">
-        <v>3258</v>
+        <v>3244</v>
       </c>
       <c r="B1276" t="s">
-        <v>3259</v>
+        <v>3245</v>
       </c>
       <c r="C1276"/>
       <c r="D1276"/>
       <c r="E1276"/>
-      <c r="F1276" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1276"/>
     </row>
     <row r="1277" spans="1:6">
       <c r="A1277" t="s">
-        <v>3261</v>
+        <v>3246</v>
       </c>
       <c r="B1277" t="s">
-        <v>379</v>
+        <v>3247</v>
       </c>
       <c r="C1277"/>
       <c r="D1277"/>
       <c r="E1277"/>
-      <c r="F1277" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1277"/>
     </row>
     <row r="1278" spans="1:6">
       <c r="A1278" t="s">
-        <v>3263</v>
+        <v>3248</v>
       </c>
       <c r="B1278" t="s">
-        <v>3264</v>
+        <v>3249</v>
       </c>
       <c r="C1278"/>
       <c r="D1278"/>
       <c r="E1278"/>
-      <c r="F1278" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1278"/>
     </row>
     <row r="1279" spans="1:6">
       <c r="A1279" t="s">
-        <v>3266</v>
+        <v>3250</v>
       </c>
       <c r="B1279" t="s">
-        <v>3267</v>
+        <v>3251</v>
       </c>
       <c r="C1279"/>
       <c r="D1279"/>
       <c r="E1279"/>
       <c r="F1279" t="s">
-        <v>3268</v>
+        <v>3252</v>
       </c>
     </row>
     <row r="1280" spans="1:6">
       <c r="A1280" t="s">
-        <v>3269</v>
+        <v>3253</v>
       </c>
       <c r="B1280" t="s">
-        <v>3270</v>
+        <v>3254</v>
       </c>
       <c r="C1280"/>
       <c r="D1280"/>
       <c r="E1280"/>
-      <c r="F1280" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1280"/>
     </row>
     <row r="1281" spans="1:6">
       <c r="A1281" t="s">
-        <v>3272</v>
+        <v>3255</v>
       </c>
       <c r="B1281" t="s">
-        <v>3273</v>
+        <v>379</v>
       </c>
       <c r="C1281"/>
       <c r="D1281"/>
       <c r="E1281"/>
       <c r="F1281"/>
     </row>
     <row r="1282" spans="1:6">
       <c r="A1282" t="s">
-        <v>3274</v>
+        <v>3256</v>
       </c>
       <c r="B1282" t="s">
-        <v>3275</v>
+        <v>3257</v>
       </c>
       <c r="C1282"/>
       <c r="D1282"/>
       <c r="E1282"/>
       <c r="F1282"/>
     </row>
     <row r="1283" spans="1:6">
       <c r="A1283" t="s">
-        <v>3276</v>
+        <v>3258</v>
       </c>
       <c r="B1283" t="s">
-        <v>667</v>
+        <v>3259</v>
       </c>
       <c r="C1283"/>
       <c r="D1283"/>
       <c r="E1283"/>
-      <c r="F1283"/>
+      <c r="F1283" t="s">
+        <v>3260</v>
+      </c>
     </row>
     <row r="1284" spans="1:6">
       <c r="A1284" t="s">
-        <v>3277</v>
+        <v>3261</v>
       </c>
       <c r="B1284" t="s">
-        <v>3278</v>
+        <v>379</v>
       </c>
       <c r="C1284"/>
       <c r="D1284"/>
       <c r="E1284"/>
-      <c r="F1284"/>
+      <c r="F1284" t="s">
+        <v>3262</v>
+      </c>
     </row>
     <row r="1285" spans="1:6">
       <c r="A1285" t="s">
-        <v>3279</v>
+        <v>3263</v>
       </c>
       <c r="B1285" t="s">
-        <v>3280</v>
+        <v>3264</v>
       </c>
       <c r="C1285"/>
       <c r="D1285"/>
       <c r="E1285"/>
-      <c r="F1285"/>
+      <c r="F1285" t="s">
+        <v>3265</v>
+      </c>
     </row>
     <row r="1286" spans="1:6">
       <c r="A1286" t="s">
-        <v>3281</v>
+        <v>3266</v>
       </c>
       <c r="B1286" t="s">
-        <v>3282</v>
+        <v>3267</v>
       </c>
       <c r="C1286"/>
       <c r="D1286"/>
-      <c r="E1286" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1286"/>
       <c r="F1286" t="s">
-        <v>3284</v>
+        <v>3268</v>
       </c>
     </row>
     <row r="1287" spans="1:6">
       <c r="A1287" t="s">
-        <v>3285</v>
+        <v>3269</v>
       </c>
       <c r="B1287" t="s">
-        <v>3286</v>
-[...3 lines deleted...]
-      </c>
+        <v>3270</v>
+      </c>
+      <c r="C1287"/>
       <c r="D1287"/>
-      <c r="E1287" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1287"/>
       <c r="F1287" t="s">
-        <v>3288</v>
+        <v>3271</v>
       </c>
     </row>
     <row r="1288" spans="1:6">
       <c r="A1288" t="s">
-        <v>3285</v>
+        <v>3272</v>
       </c>
       <c r="B1288" t="s">
-        <v>3289</v>
+        <v>3273</v>
       </c>
       <c r="C1288"/>
       <c r="D1288"/>
-      <c r="E1288" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E1288"/>
+      <c r="F1288"/>
     </row>
     <row r="1289" spans="1:6">
       <c r="A1289" t="s">
-        <v>3285</v>
+        <v>3274</v>
       </c>
       <c r="B1289" t="s">
-        <v>1826</v>
+        <v>3275</v>
       </c>
       <c r="C1289"/>
       <c r="D1289"/>
       <c r="E1289"/>
-      <c r="F1289" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1289"/>
     </row>
     <row r="1290" spans="1:6">
       <c r="A1290" t="s">
-        <v>3285</v>
+        <v>3276</v>
       </c>
       <c r="B1290" t="s">
-        <v>1826</v>
+        <v>667</v>
       </c>
       <c r="C1290"/>
       <c r="D1290"/>
       <c r="E1290"/>
-      <c r="F1290" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1290"/>
     </row>
     <row r="1291" spans="1:6">
       <c r="A1291" t="s">
-        <v>3294</v>
+        <v>3277</v>
       </c>
       <c r="B1291" t="s">
-        <v>309</v>
+        <v>3278</v>
       </c>
       <c r="C1291"/>
       <c r="D1291"/>
       <c r="E1291"/>
       <c r="F1291"/>
     </row>
     <row r="1292" spans="1:6">
       <c r="A1292" t="s">
-        <v>3295</v>
+        <v>3279</v>
       </c>
       <c r="B1292" t="s">
-        <v>1746</v>
+        <v>3280</v>
       </c>
       <c r="C1292"/>
       <c r="D1292"/>
       <c r="E1292"/>
       <c r="F1292"/>
     </row>
     <row r="1293" spans="1:6">
       <c r="A1293" t="s">
-        <v>3296</v>
+        <v>3281</v>
       </c>
       <c r="B1293" t="s">
-        <v>3297</v>
+        <v>3282</v>
       </c>
       <c r="C1293"/>
       <c r="D1293"/>
-      <c r="E1293"/>
-      <c r="F1293"/>
+      <c r="E1293" t="s">
+        <v>3283</v>
+      </c>
+      <c r="F1293" t="s">
+        <v>3284</v>
+      </c>
     </row>
     <row r="1294" spans="1:6">
       <c r="A1294" t="s">
-        <v>3298</v>
+        <v>3285</v>
       </c>
       <c r="B1294" t="s">
-        <v>356</v>
-[...1 lines deleted...]
-      <c r="C1294"/>
+        <v>3286</v>
+      </c>
+      <c r="C1294">
+        <v>4423954</v>
+      </c>
       <c r="D1294"/>
-      <c r="E1294"/>
-      <c r="F1294"/>
+      <c r="E1294" t="s">
+        <v>3287</v>
+      </c>
+      <c r="F1294" t="s">
+        <v>3288</v>
+      </c>
     </row>
     <row r="1295" spans="1:6">
       <c r="A1295" t="s">
-        <v>3299</v>
+        <v>3285</v>
       </c>
       <c r="B1295" t="s">
-        <v>3300</v>
+        <v>3289</v>
       </c>
       <c r="C1295"/>
       <c r="D1295"/>
-      <c r="E1295"/>
-      <c r="F1295"/>
+      <c r="E1295" t="s">
+        <v>3290</v>
+      </c>
+      <c r="F1295" t="s">
+        <v>3291</v>
+      </c>
     </row>
     <row r="1296" spans="1:6">
       <c r="A1296" t="s">
-        <v>3301</v>
+        <v>3285</v>
       </c>
       <c r="B1296" t="s">
-        <v>3302</v>
+        <v>1826</v>
       </c>
       <c r="C1296"/>
       <c r="D1296"/>
       <c r="E1296"/>
-      <c r="F1296"/>
+      <c r="F1296" t="s">
+        <v>3292</v>
+      </c>
     </row>
     <row r="1297" spans="1:6">
       <c r="A1297" t="s">
-        <v>3303</v>
+        <v>3285</v>
       </c>
       <c r="B1297" t="s">
-        <v>359</v>
+        <v>1826</v>
       </c>
       <c r="C1297"/>
       <c r="D1297"/>
       <c r="E1297"/>
-      <c r="F1297"/>
+      <c r="F1297" t="s">
+        <v>3293</v>
+      </c>
     </row>
     <row r="1298" spans="1:6">
       <c r="A1298" t="s">
-        <v>3304</v>
+        <v>3294</v>
       </c>
       <c r="B1298" t="s">
-        <v>1626</v>
+        <v>309</v>
       </c>
       <c r="C1298"/>
       <c r="D1298"/>
       <c r="E1298"/>
       <c r="F1298"/>
     </row>
     <row r="1299" spans="1:6">
       <c r="A1299" t="s">
-        <v>3305</v>
+        <v>3295</v>
       </c>
       <c r="B1299" t="s">
-        <v>1716</v>
+        <v>1746</v>
       </c>
       <c r="C1299"/>
       <c r="D1299"/>
       <c r="E1299"/>
       <c r="F1299"/>
     </row>
     <row r="1300" spans="1:6">
       <c r="A1300" t="s">
-        <v>3306</v>
+        <v>3296</v>
       </c>
       <c r="B1300" t="s">
-        <v>400</v>
+        <v>3297</v>
       </c>
       <c r="C1300"/>
       <c r="D1300"/>
       <c r="E1300"/>
       <c r="F1300"/>
     </row>
     <row r="1301" spans="1:6">
       <c r="A1301" t="s">
-        <v>3307</v>
+        <v>3298</v>
       </c>
       <c r="B1301" t="s">
-        <v>3308</v>
+        <v>356</v>
       </c>
       <c r="C1301"/>
       <c r="D1301"/>
       <c r="E1301"/>
       <c r="F1301"/>
     </row>
     <row r="1302" spans="1:6">
       <c r="A1302" t="s">
-        <v>3309</v>
+        <v>3299</v>
       </c>
       <c r="B1302" t="s">
-        <v>393</v>
+        <v>3300</v>
       </c>
       <c r="C1302"/>
       <c r="D1302"/>
       <c r="E1302"/>
       <c r="F1302"/>
     </row>
     <row r="1303" spans="1:6">
       <c r="A1303" t="s">
-        <v>3310</v>
+        <v>3301</v>
       </c>
       <c r="B1303" t="s">
-        <v>396</v>
+        <v>3302</v>
       </c>
       <c r="C1303"/>
       <c r="D1303"/>
       <c r="E1303"/>
       <c r="F1303"/>
     </row>
     <row r="1304" spans="1:6">
       <c r="A1304" t="s">
-        <v>3311</v>
+        <v>3303</v>
       </c>
       <c r="B1304" t="s">
-        <v>404</v>
+        <v>359</v>
       </c>
       <c r="C1304"/>
       <c r="D1304"/>
       <c r="E1304"/>
       <c r="F1304"/>
     </row>
     <row r="1305" spans="1:6">
       <c r="A1305" t="s">
-        <v>3312</v>
+        <v>3304</v>
       </c>
       <c r="B1305" t="s">
-        <v>3071</v>
+        <v>1626</v>
       </c>
       <c r="C1305"/>
       <c r="D1305"/>
       <c r="E1305"/>
       <c r="F1305"/>
     </row>
     <row r="1306" spans="1:6">
       <c r="A1306" t="s">
-        <v>3313</v>
+        <v>3305</v>
       </c>
       <c r="B1306" t="s">
-        <v>1108</v>
+        <v>1716</v>
       </c>
       <c r="C1306"/>
       <c r="D1306"/>
       <c r="E1306"/>
       <c r="F1306"/>
     </row>
     <row r="1307" spans="1:6">
       <c r="A1307" t="s">
-        <v>3314</v>
+        <v>3306</v>
       </c>
       <c r="B1307" t="s">
-        <v>1629</v>
+        <v>400</v>
       </c>
       <c r="C1307"/>
       <c r="D1307"/>
       <c r="E1307"/>
       <c r="F1307"/>
     </row>
     <row r="1308" spans="1:6">
       <c r="A1308" t="s">
-        <v>3315</v>
+        <v>3307</v>
       </c>
       <c r="B1308" t="s">
-        <v>3066</v>
-[...3 lines deleted...]
-      </c>
+        <v>3308</v>
+      </c>
+      <c r="C1308"/>
       <c r="D1308"/>
-      <c r="E1308" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1308"/>
       <c r="F1308"/>
     </row>
     <row r="1309" spans="1:6">
       <c r="A1309" t="s">
-        <v>3318</v>
+        <v>3309</v>
       </c>
       <c r="B1309" t="s">
-        <v>982</v>
+        <v>393</v>
       </c>
       <c r="C1309"/>
       <c r="D1309"/>
       <c r="E1309"/>
       <c r="F1309"/>
     </row>
     <row r="1310" spans="1:6">
       <c r="A1310" t="s">
-        <v>3319</v>
+        <v>3310</v>
       </c>
       <c r="B1310" t="s">
-        <v>3320</v>
+        <v>396</v>
       </c>
       <c r="C1310"/>
       <c r="D1310"/>
       <c r="E1310"/>
       <c r="F1310"/>
     </row>
     <row r="1311" spans="1:6">
       <c r="A1311" t="s">
-        <v>3321</v>
+        <v>3311</v>
       </c>
       <c r="B1311" t="s">
-        <v>3322</v>
+        <v>404</v>
       </c>
       <c r="C1311"/>
       <c r="D1311"/>
       <c r="E1311"/>
       <c r="F1311"/>
     </row>
     <row r="1312" spans="1:6">
       <c r="A1312" t="s">
-        <v>3323</v>
+        <v>3312</v>
       </c>
       <c r="B1312" t="s">
-        <v>3324</v>
+        <v>3071</v>
       </c>
       <c r="C1312"/>
       <c r="D1312"/>
       <c r="E1312"/>
       <c r="F1312"/>
     </row>
     <row r="1313" spans="1:6">
       <c r="A1313" t="s">
-        <v>3325</v>
+        <v>3313</v>
       </c>
       <c r="B1313" t="s">
-        <v>3326</v>
+        <v>1108</v>
       </c>
       <c r="C1313"/>
       <c r="D1313"/>
       <c r="E1313"/>
       <c r="F1313"/>
     </row>
     <row r="1314" spans="1:6">
       <c r="A1314" t="s">
-        <v>3327</v>
+        <v>3314</v>
       </c>
       <c r="B1314" t="s">
-        <v>3328</v>
+        <v>1629</v>
       </c>
       <c r="C1314"/>
       <c r="D1314"/>
       <c r="E1314"/>
       <c r="F1314"/>
     </row>
     <row r="1315" spans="1:6">
       <c r="A1315" t="s">
-        <v>3329</v>
+        <v>3315</v>
       </c>
       <c r="B1315" t="s">
-        <v>3330</v>
-[...1 lines deleted...]
-      <c r="C1315"/>
+        <v>3066</v>
+      </c>
+      <c r="C1315" t="s">
+        <v>3316</v>
+      </c>
       <c r="D1315"/>
-      <c r="E1315"/>
+      <c r="E1315" t="s">
+        <v>3317</v>
+      </c>
       <c r="F1315"/>
     </row>
     <row r="1316" spans="1:6">
       <c r="A1316" t="s">
-        <v>3331</v>
+        <v>3318</v>
       </c>
       <c r="B1316" t="s">
-        <v>3332</v>
+        <v>982</v>
       </c>
       <c r="C1316"/>
       <c r="D1316"/>
       <c r="E1316"/>
       <c r="F1316"/>
     </row>
     <row r="1317" spans="1:6">
       <c r="A1317" t="s">
-        <v>3333</v>
+        <v>3319</v>
       </c>
       <c r="B1317" t="s">
-        <v>3334</v>
+        <v>3320</v>
       </c>
       <c r="C1317"/>
       <c r="D1317"/>
       <c r="E1317"/>
       <c r="F1317"/>
     </row>
     <row r="1318" spans="1:6">
       <c r="A1318" t="s">
-        <v>3335</v>
+        <v>3321</v>
       </c>
       <c r="B1318" t="s">
-        <v>3336</v>
+        <v>3322</v>
       </c>
       <c r="C1318"/>
       <c r="D1318"/>
       <c r="E1318"/>
       <c r="F1318"/>
     </row>
     <row r="1319" spans="1:6">
       <c r="A1319" t="s">
-        <v>3337</v>
+        <v>3323</v>
       </c>
       <c r="B1319" t="s">
-        <v>3338</v>
+        <v>3324</v>
       </c>
       <c r="C1319"/>
       <c r="D1319"/>
       <c r="E1319"/>
       <c r="F1319"/>
     </row>
     <row r="1320" spans="1:6">
       <c r="A1320" t="s">
-        <v>3339</v>
+        <v>3325</v>
       </c>
       <c r="B1320" t="s">
-        <v>3340</v>
+        <v>3326</v>
       </c>
       <c r="C1320"/>
       <c r="D1320"/>
       <c r="E1320"/>
       <c r="F1320"/>
     </row>
     <row r="1321" spans="1:6">
       <c r="A1321" t="s">
-        <v>3341</v>
+        <v>3327</v>
       </c>
       <c r="B1321" t="s">
-        <v>3342</v>
+        <v>3328</v>
       </c>
       <c r="C1321"/>
       <c r="D1321"/>
       <c r="E1321"/>
       <c r="F1321"/>
     </row>
     <row r="1322" spans="1:6">
       <c r="A1322" t="s">
-        <v>3343</v>
+        <v>3329</v>
       </c>
       <c r="B1322" t="s">
-        <v>3344</v>
+        <v>3330</v>
       </c>
       <c r="C1322"/>
       <c r="D1322"/>
       <c r="E1322"/>
       <c r="F1322"/>
     </row>
     <row r="1323" spans="1:6">
       <c r="A1323" t="s">
-        <v>3345</v>
+        <v>3331</v>
       </c>
       <c r="B1323" t="s">
-        <v>3346</v>
+        <v>3332</v>
       </c>
       <c r="C1323"/>
       <c r="D1323"/>
       <c r="E1323"/>
       <c r="F1323"/>
     </row>
     <row r="1324" spans="1:6">
       <c r="A1324" t="s">
-        <v>3347</v>
+        <v>3333</v>
       </c>
       <c r="B1324" t="s">
-        <v>3348</v>
+        <v>3334</v>
       </c>
       <c r="C1324"/>
       <c r="D1324"/>
       <c r="E1324"/>
       <c r="F1324"/>
     </row>
     <row r="1325" spans="1:6">
       <c r="A1325" t="s">
-        <v>3349</v>
+        <v>3335</v>
       </c>
       <c r="B1325" t="s">
-        <v>3350</v>
+        <v>3336</v>
       </c>
       <c r="C1325"/>
       <c r="D1325"/>
       <c r="E1325"/>
       <c r="F1325"/>
     </row>
     <row r="1326" spans="1:6">
       <c r="A1326" t="s">
-        <v>3351</v>
+        <v>3337</v>
       </c>
       <c r="B1326" t="s">
-        <v>3352</v>
+        <v>3338</v>
       </c>
       <c r="C1326"/>
       <c r="D1326"/>
       <c r="E1326"/>
       <c r="F1326"/>
     </row>
     <row r="1327" spans="1:6">
       <c r="A1327" t="s">
-        <v>3353</v>
+        <v>3339</v>
       </c>
       <c r="B1327" t="s">
-        <v>3354</v>
+        <v>3340</v>
       </c>
       <c r="C1327"/>
       <c r="D1327"/>
       <c r="E1327"/>
       <c r="F1327"/>
     </row>
     <row r="1328" spans="1:6">
       <c r="A1328" t="s">
-        <v>3355</v>
+        <v>3341</v>
       </c>
       <c r="B1328" t="s">
-        <v>3356</v>
+        <v>3342</v>
       </c>
       <c r="C1328"/>
       <c r="D1328"/>
       <c r="E1328"/>
       <c r="F1328"/>
     </row>
     <row r="1329" spans="1:6">
       <c r="A1329" t="s">
-        <v>3357</v>
+        <v>3343</v>
       </c>
       <c r="B1329" t="s">
-        <v>3358</v>
+        <v>3344</v>
       </c>
       <c r="C1329"/>
       <c r="D1329"/>
       <c r="E1329"/>
       <c r="F1329"/>
     </row>
     <row r="1330" spans="1:6">
       <c r="A1330" t="s">
-        <v>3359</v>
+        <v>3345</v>
       </c>
       <c r="B1330" t="s">
-        <v>3360</v>
+        <v>3346</v>
       </c>
       <c r="C1330"/>
       <c r="D1330"/>
       <c r="E1330"/>
       <c r="F1330"/>
     </row>
     <row r="1331" spans="1:6">
       <c r="A1331" t="s">
-        <v>3361</v>
+        <v>3347</v>
       </c>
       <c r="B1331" t="s">
-        <v>3362</v>
-[...3 lines deleted...]
-      </c>
+        <v>3348</v>
+      </c>
+      <c r="C1331"/>
       <c r="D1331"/>
       <c r="E1331"/>
       <c r="F1331"/>
     </row>
     <row r="1332" spans="1:6">
       <c r="A1332" t="s">
-        <v>3364</v>
+        <v>3349</v>
       </c>
       <c r="B1332" t="s">
-        <v>3365</v>
+        <v>3350</v>
       </c>
       <c r="C1332"/>
       <c r="D1332"/>
       <c r="E1332"/>
       <c r="F1332"/>
     </row>
     <row r="1333" spans="1:6">
       <c r="A1333" t="s">
-        <v>3366</v>
+        <v>3351</v>
       </c>
       <c r="B1333" t="s">
-        <v>3367</v>
-[...3 lines deleted...]
-      </c>
+        <v>3352</v>
+      </c>
+      <c r="C1333"/>
       <c r="D1333"/>
-      <c r="E1333" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E1333"/>
+      <c r="F1333"/>
     </row>
     <row r="1334" spans="1:6">
       <c r="A1334" t="s">
-        <v>3370</v>
+        <v>3353</v>
       </c>
       <c r="B1334" t="s">
-        <v>2600</v>
+        <v>3354</v>
       </c>
       <c r="C1334"/>
       <c r="D1334"/>
       <c r="E1334"/>
       <c r="F1334"/>
     </row>
     <row r="1335" spans="1:6">
       <c r="A1335" t="s">
-        <v>3371</v>
+        <v>3355</v>
       </c>
       <c r="B1335" t="s">
-        <v>3372</v>
+        <v>3356</v>
       </c>
       <c r="C1335"/>
       <c r="D1335"/>
       <c r="E1335"/>
       <c r="F1335"/>
     </row>
     <row r="1336" spans="1:6">
       <c r="A1336" t="s">
-        <v>3373</v>
+        <v>3357</v>
       </c>
       <c r="B1336" t="s">
-        <v>2026</v>
+        <v>3358</v>
       </c>
       <c r="C1336"/>
       <c r="D1336"/>
       <c r="E1336"/>
       <c r="F1336"/>
     </row>
     <row r="1337" spans="1:6">
       <c r="A1337" t="s">
-        <v>3374</v>
+        <v>3359</v>
       </c>
       <c r="B1337" t="s">
-        <v>3375</v>
+        <v>3360</v>
       </c>
       <c r="C1337"/>
       <c r="D1337"/>
       <c r="E1337"/>
       <c r="F1337"/>
     </row>
     <row r="1338" spans="1:6">
       <c r="A1338" t="s">
-        <v>3376</v>
+        <v>3361</v>
       </c>
       <c r="B1338" t="s">
-        <v>3377</v>
-[...1 lines deleted...]
-      <c r="C1338"/>
+        <v>3362</v>
+      </c>
+      <c r="C1338" t="s">
+        <v>3363</v>
+      </c>
       <c r="D1338"/>
       <c r="E1338"/>
       <c r="F1338"/>
     </row>
     <row r="1339" spans="1:6">
       <c r="A1339" t="s">
-        <v>3378</v>
+        <v>3364</v>
       </c>
       <c r="B1339" t="s">
-        <v>2258</v>
+        <v>3365</v>
       </c>
       <c r="C1339"/>
       <c r="D1339"/>
       <c r="E1339"/>
       <c r="F1339"/>
     </row>
     <row r="1340" spans="1:6">
       <c r="A1340" t="s">
-        <v>3379</v>
+        <v>3366</v>
       </c>
       <c r="B1340" t="s">
-        <v>3380</v>
-[...1 lines deleted...]
-      <c r="C1340"/>
+        <v>3367</v>
+      </c>
+      <c r="C1340">
+        <v>3624385409</v>
+      </c>
       <c r="D1340"/>
-      <c r="E1340"/>
-      <c r="F1340"/>
+      <c r="E1340" t="s">
+        <v>3368</v>
+      </c>
+      <c r="F1340" t="s">
+        <v>3369</v>
+      </c>
     </row>
     <row r="1341" spans="1:6">
       <c r="A1341" t="s">
-        <v>3381</v>
+        <v>3370</v>
       </c>
       <c r="B1341" t="s">
-        <v>3382</v>
+        <v>2600</v>
       </c>
       <c r="C1341"/>
       <c r="D1341"/>
       <c r="E1341"/>
       <c r="F1341"/>
     </row>
     <row r="1342" spans="1:6">
       <c r="A1342" t="s">
-        <v>3383</v>
+        <v>3371</v>
       </c>
       <c r="B1342" t="s">
-        <v>2286</v>
+        <v>3372</v>
       </c>
       <c r="C1342"/>
       <c r="D1342"/>
       <c r="E1342"/>
       <c r="F1342"/>
     </row>
     <row r="1343" spans="1:6">
       <c r="A1343" t="s">
-        <v>3384</v>
+        <v>3373</v>
       </c>
       <c r="B1343" t="s">
-        <v>3385</v>
+        <v>2026</v>
       </c>
       <c r="C1343"/>
       <c r="D1343"/>
       <c r="E1343"/>
       <c r="F1343"/>
     </row>
     <row r="1344" spans="1:6">
       <c r="A1344" t="s">
-        <v>3386</v>
+        <v>3374</v>
       </c>
       <c r="B1344" t="s">
-        <v>3387</v>
+        <v>3375</v>
       </c>
       <c r="C1344"/>
       <c r="D1344"/>
       <c r="E1344"/>
       <c r="F1344"/>
     </row>
     <row r="1345" spans="1:6">
       <c r="A1345" t="s">
-        <v>3388</v>
+        <v>3376</v>
       </c>
       <c r="B1345" t="s">
-        <v>3389</v>
+        <v>3377</v>
       </c>
       <c r="C1345"/>
       <c r="D1345"/>
       <c r="E1345"/>
       <c r="F1345"/>
     </row>
     <row r="1346" spans="1:6">
       <c r="A1346" t="s">
-        <v>3390</v>
+        <v>3378</v>
       </c>
       <c r="B1346" t="s">
-        <v>2277</v>
+        <v>2258</v>
       </c>
       <c r="C1346"/>
       <c r="D1346"/>
       <c r="E1346"/>
       <c r="F1346"/>
     </row>
     <row r="1347" spans="1:6">
       <c r="A1347" t="s">
-        <v>3391</v>
+        <v>3379</v>
       </c>
       <c r="B1347" t="s">
-        <v>2129</v>
+        <v>3380</v>
       </c>
       <c r="C1347"/>
       <c r="D1347"/>
       <c r="E1347"/>
       <c r="F1347"/>
     </row>
     <row r="1348" spans="1:6">
       <c r="A1348" t="s">
-        <v>3392</v>
+        <v>3381</v>
       </c>
       <c r="B1348" t="s">
-        <v>1849</v>
+        <v>3382</v>
       </c>
       <c r="C1348"/>
       <c r="D1348"/>
       <c r="E1348"/>
       <c r="F1348"/>
     </row>
     <row r="1349" spans="1:6">
       <c r="A1349" t="s">
-        <v>3393</v>
+        <v>3383</v>
       </c>
       <c r="B1349" t="s">
-        <v>3394</v>
+        <v>2286</v>
       </c>
       <c r="C1349"/>
       <c r="D1349"/>
       <c r="E1349"/>
       <c r="F1349"/>
     </row>
     <row r="1350" spans="1:6">
       <c r="A1350" t="s">
-        <v>3395</v>
+        <v>3384</v>
       </c>
       <c r="B1350" t="s">
-        <v>3396</v>
+        <v>3385</v>
       </c>
       <c r="C1350"/>
       <c r="D1350"/>
       <c r="E1350"/>
       <c r="F1350"/>
     </row>
     <row r="1351" spans="1:6">
       <c r="A1351" t="s">
-        <v>3397</v>
+        <v>3386</v>
       </c>
       <c r="B1351" t="s">
-        <v>3398</v>
+        <v>3387</v>
       </c>
       <c r="C1351"/>
       <c r="D1351"/>
       <c r="E1351"/>
       <c r="F1351"/>
     </row>
     <row r="1352" spans="1:6">
       <c r="A1352" t="s">
-        <v>3399</v>
+        <v>3388</v>
       </c>
       <c r="B1352" t="s">
-        <v>3400</v>
+        <v>3389</v>
       </c>
       <c r="C1352"/>
       <c r="D1352"/>
       <c r="E1352"/>
       <c r="F1352"/>
     </row>
     <row r="1353" spans="1:6">
       <c r="A1353" t="s">
-        <v>3401</v>
+        <v>3390</v>
       </c>
       <c r="B1353" t="s">
-        <v>3402</v>
+        <v>2277</v>
       </c>
       <c r="C1353"/>
       <c r="D1353"/>
       <c r="E1353"/>
       <c r="F1353"/>
     </row>
     <row r="1354" spans="1:6">
       <c r="A1354" t="s">
-        <v>3403</v>
+        <v>3391</v>
       </c>
       <c r="B1354" t="s">
-        <v>3404</v>
+        <v>2129</v>
       </c>
       <c r="C1354"/>
       <c r="D1354"/>
       <c r="E1354"/>
       <c r="F1354"/>
     </row>
     <row r="1355" spans="1:6">
       <c r="A1355" t="s">
-        <v>3405</v>
+        <v>3392</v>
       </c>
       <c r="B1355" t="s">
-        <v>3406</v>
+        <v>1849</v>
       </c>
       <c r="C1355"/>
       <c r="D1355"/>
       <c r="E1355"/>
       <c r="F1355"/>
     </row>
     <row r="1356" spans="1:6">
       <c r="A1356" t="s">
-        <v>3407</v>
+        <v>3393</v>
       </c>
       <c r="B1356" t="s">
-        <v>3408</v>
+        <v>3394</v>
       </c>
       <c r="C1356"/>
       <c r="D1356"/>
       <c r="E1356"/>
       <c r="F1356"/>
     </row>
     <row r="1357" spans="1:6">
       <c r="A1357" t="s">
-        <v>3409</v>
+        <v>3395</v>
       </c>
       <c r="B1357" t="s">
-        <v>3410</v>
+        <v>3396</v>
       </c>
       <c r="C1357"/>
       <c r="D1357"/>
       <c r="E1357"/>
       <c r="F1357"/>
     </row>
     <row r="1358" spans="1:6">
       <c r="A1358" t="s">
-        <v>3411</v>
+        <v>3397</v>
       </c>
       <c r="B1358" t="s">
-        <v>3412</v>
+        <v>3398</v>
       </c>
       <c r="C1358"/>
       <c r="D1358"/>
       <c r="E1358"/>
       <c r="F1358"/>
     </row>
     <row r="1359" spans="1:6">
       <c r="A1359" t="s">
-        <v>3413</v>
+        <v>3399</v>
       </c>
       <c r="B1359" t="s">
-        <v>3414</v>
+        <v>3400</v>
       </c>
       <c r="C1359"/>
       <c r="D1359"/>
       <c r="E1359"/>
       <c r="F1359"/>
     </row>
     <row r="1360" spans="1:6">
       <c r="A1360" t="s">
-        <v>3415</v>
+        <v>3401</v>
       </c>
       <c r="B1360" t="s">
-        <v>3416</v>
+        <v>3402</v>
       </c>
       <c r="C1360"/>
       <c r="D1360"/>
       <c r="E1360"/>
       <c r="F1360"/>
     </row>
     <row r="1361" spans="1:6">
       <c r="A1361" t="s">
-        <v>3417</v>
+        <v>3403</v>
       </c>
       <c r="B1361" t="s">
-        <v>3418</v>
+        <v>3404</v>
       </c>
       <c r="C1361"/>
       <c r="D1361"/>
       <c r="E1361"/>
       <c r="F1361"/>
     </row>
     <row r="1362" spans="1:6">
       <c r="A1362" t="s">
-        <v>3419</v>
+        <v>3405</v>
       </c>
       <c r="B1362" t="s">
-        <v>3420</v>
+        <v>3406</v>
       </c>
       <c r="C1362"/>
       <c r="D1362"/>
       <c r="E1362"/>
       <c r="F1362"/>
     </row>
     <row r="1363" spans="1:6">
       <c r="A1363" t="s">
-        <v>3421</v>
+        <v>3407</v>
       </c>
       <c r="B1363" t="s">
-        <v>3422</v>
+        <v>3408</v>
       </c>
       <c r="C1363"/>
       <c r="D1363"/>
       <c r="E1363"/>
       <c r="F1363"/>
     </row>
     <row r="1364" spans="1:6">
       <c r="A1364" t="s">
-        <v>3423</v>
+        <v>3409</v>
       </c>
       <c r="B1364" t="s">
-        <v>3424</v>
+        <v>3410</v>
       </c>
       <c r="C1364"/>
       <c r="D1364"/>
       <c r="E1364"/>
       <c r="F1364"/>
     </row>
     <row r="1365" spans="1:6">
       <c r="A1365" t="s">
-        <v>3425</v>
+        <v>3411</v>
       </c>
       <c r="B1365" t="s">
-        <v>3426</v>
+        <v>3412</v>
       </c>
       <c r="C1365"/>
       <c r="D1365"/>
       <c r="E1365"/>
       <c r="F1365"/>
     </row>
     <row r="1366" spans="1:6">
       <c r="A1366" t="s">
-        <v>3427</v>
+        <v>3413</v>
       </c>
       <c r="B1366" t="s">
-        <v>3428</v>
+        <v>3414</v>
       </c>
       <c r="C1366"/>
       <c r="D1366"/>
       <c r="E1366"/>
       <c r="F1366"/>
     </row>
     <row r="1367" spans="1:6">
       <c r="A1367" t="s">
-        <v>3429</v>
+        <v>3415</v>
       </c>
       <c r="B1367" t="s">
-        <v>3430</v>
+        <v>3416</v>
       </c>
       <c r="C1367"/>
       <c r="D1367"/>
       <c r="E1367"/>
       <c r="F1367"/>
     </row>
     <row r="1368" spans="1:6">
       <c r="A1368" t="s">
-        <v>3431</v>
+        <v>3417</v>
       </c>
       <c r="B1368" t="s">
-        <v>3432</v>
+        <v>3418</v>
       </c>
       <c r="C1368"/>
       <c r="D1368"/>
       <c r="E1368"/>
       <c r="F1368"/>
     </row>
     <row r="1369" spans="1:6">
       <c r="A1369" t="s">
-        <v>3433</v>
+        <v>3419</v>
       </c>
       <c r="B1369" t="s">
-        <v>3434</v>
+        <v>3420</v>
       </c>
       <c r="C1369"/>
       <c r="D1369"/>
       <c r="E1369"/>
       <c r="F1369"/>
     </row>
     <row r="1370" spans="1:6">
       <c r="A1370" t="s">
-        <v>3435</v>
+        <v>3421</v>
       </c>
       <c r="B1370" t="s">
-        <v>3436</v>
+        <v>3422</v>
       </c>
       <c r="C1370"/>
       <c r="D1370"/>
       <c r="E1370"/>
       <c r="F1370"/>
     </row>
     <row r="1371" spans="1:6">
       <c r="A1371" t="s">
-        <v>3437</v>
+        <v>3423</v>
       </c>
       <c r="B1371" t="s">
-        <v>3438</v>
+        <v>3424</v>
       </c>
       <c r="C1371"/>
       <c r="D1371"/>
       <c r="E1371"/>
       <c r="F1371"/>
     </row>
     <row r="1372" spans="1:6">
       <c r="A1372" t="s">
-        <v>3439</v>
+        <v>3425</v>
       </c>
       <c r="B1372" t="s">
-        <v>3440</v>
+        <v>3426</v>
       </c>
       <c r="C1372"/>
       <c r="D1372"/>
       <c r="E1372"/>
       <c r="F1372"/>
     </row>
     <row r="1373" spans="1:6">
       <c r="A1373" t="s">
-        <v>3441</v>
+        <v>3427</v>
       </c>
       <c r="B1373" t="s">
-        <v>3442</v>
+        <v>3428</v>
       </c>
       <c r="C1373"/>
       <c r="D1373"/>
       <c r="E1373"/>
       <c r="F1373"/>
     </row>
     <row r="1374" spans="1:6">
       <c r="A1374" t="s">
-        <v>3443</v>
+        <v>3429</v>
       </c>
       <c r="B1374" t="s">
-        <v>3444</v>
+        <v>3430</v>
       </c>
       <c r="C1374"/>
       <c r="D1374"/>
       <c r="E1374"/>
       <c r="F1374"/>
     </row>
     <row r="1375" spans="1:6">
       <c r="A1375" t="s">
-        <v>3445</v>
+        <v>3431</v>
       </c>
       <c r="B1375" t="s">
-        <v>3446</v>
+        <v>3432</v>
       </c>
       <c r="C1375"/>
       <c r="D1375"/>
       <c r="E1375"/>
       <c r="F1375"/>
     </row>
     <row r="1376" spans="1:6">
       <c r="A1376" t="s">
-        <v>3447</v>
+        <v>3433</v>
       </c>
       <c r="B1376" t="s">
-        <v>3448</v>
+        <v>3434</v>
       </c>
       <c r="C1376"/>
       <c r="D1376"/>
       <c r="E1376"/>
       <c r="F1376"/>
     </row>
     <row r="1377" spans="1:6">
       <c r="A1377" t="s">
-        <v>3449</v>
+        <v>3435</v>
       </c>
       <c r="B1377" t="s">
-        <v>3450</v>
+        <v>3436</v>
       </c>
       <c r="C1377"/>
       <c r="D1377"/>
       <c r="E1377"/>
       <c r="F1377"/>
     </row>
     <row r="1378" spans="1:6">
       <c r="A1378" t="s">
-        <v>3451</v>
+        <v>3437</v>
       </c>
       <c r="B1378" t="s">
-        <v>3452</v>
+        <v>3438</v>
       </c>
       <c r="C1378"/>
       <c r="D1378"/>
       <c r="E1378"/>
       <c r="F1378"/>
     </row>
     <row r="1379" spans="1:6">
       <c r="A1379" t="s">
-        <v>3453</v>
+        <v>3439</v>
       </c>
       <c r="B1379" t="s">
-        <v>3454</v>
+        <v>3440</v>
       </c>
       <c r="C1379"/>
       <c r="D1379"/>
       <c r="E1379"/>
       <c r="F1379"/>
     </row>
     <row r="1380" spans="1:6">
       <c r="A1380" t="s">
-        <v>3455</v>
+        <v>3441</v>
       </c>
       <c r="B1380" t="s">
-        <v>3456</v>
+        <v>3442</v>
       </c>
       <c r="C1380"/>
       <c r="D1380"/>
       <c r="E1380"/>
       <c r="F1380"/>
     </row>
     <row r="1381" spans="1:6">
       <c r="A1381" t="s">
-        <v>3457</v>
+        <v>3443</v>
       </c>
       <c r="B1381" t="s">
-        <v>3458</v>
+        <v>3444</v>
       </c>
       <c r="C1381"/>
       <c r="D1381"/>
       <c r="E1381"/>
       <c r="F1381"/>
     </row>
     <row r="1382" spans="1:6">
       <c r="A1382" t="s">
-        <v>3459</v>
+        <v>3445</v>
       </c>
       <c r="B1382" t="s">
-        <v>3460</v>
+        <v>3446</v>
       </c>
       <c r="C1382"/>
       <c r="D1382"/>
       <c r="E1382"/>
       <c r="F1382"/>
     </row>
     <row r="1383" spans="1:6">
       <c r="A1383" t="s">
-        <v>3461</v>
+        <v>3447</v>
       </c>
       <c r="B1383" t="s">
-        <v>3462</v>
+        <v>3448</v>
       </c>
       <c r="C1383"/>
       <c r="D1383"/>
       <c r="E1383"/>
       <c r="F1383"/>
     </row>
     <row r="1384" spans="1:6">
       <c r="A1384" t="s">
-        <v>3463</v>
+        <v>3449</v>
       </c>
       <c r="B1384" t="s">
-        <v>3464</v>
+        <v>3450</v>
       </c>
       <c r="C1384"/>
       <c r="D1384"/>
       <c r="E1384"/>
       <c r="F1384"/>
     </row>
     <row r="1385" spans="1:6">
       <c r="A1385" t="s">
-        <v>3465</v>
+        <v>3451</v>
       </c>
       <c r="B1385" t="s">
-        <v>3466</v>
+        <v>3452</v>
       </c>
       <c r="C1385"/>
       <c r="D1385"/>
       <c r="E1385"/>
       <c r="F1385"/>
     </row>
     <row r="1386" spans="1:6">
       <c r="A1386" t="s">
-        <v>3467</v>
+        <v>3453</v>
       </c>
       <c r="B1386" t="s">
-        <v>3468</v>
+        <v>3454</v>
       </c>
       <c r="C1386"/>
       <c r="D1386"/>
       <c r="E1386"/>
       <c r="F1386"/>
     </row>
     <row r="1387" spans="1:6">
       <c r="A1387" t="s">
-        <v>3469</v>
+        <v>3455</v>
       </c>
       <c r="B1387" t="s">
-        <v>3470</v>
+        <v>3456</v>
       </c>
       <c r="C1387"/>
       <c r="D1387"/>
       <c r="E1387"/>
       <c r="F1387"/>
     </row>
     <row r="1388" spans="1:6">
       <c r="A1388" t="s">
-        <v>3471</v>
+        <v>3457</v>
       </c>
       <c r="B1388" t="s">
-        <v>3472</v>
+        <v>3458</v>
       </c>
       <c r="C1388"/>
       <c r="D1388"/>
       <c r="E1388"/>
       <c r="F1388"/>
     </row>
     <row r="1389" spans="1:6">
       <c r="A1389" t="s">
-        <v>3473</v>
+        <v>3459</v>
       </c>
       <c r="B1389" t="s">
-        <v>3474</v>
+        <v>3460</v>
       </c>
       <c r="C1389"/>
       <c r="D1389"/>
       <c r="E1389"/>
       <c r="F1389"/>
     </row>
     <row r="1390" spans="1:6">
       <c r="A1390" t="s">
-        <v>3475</v>
+        <v>3461</v>
       </c>
       <c r="B1390" t="s">
-        <v>3476</v>
+        <v>3462</v>
       </c>
       <c r="C1390"/>
       <c r="D1390"/>
       <c r="E1390"/>
       <c r="F1390"/>
     </row>
     <row r="1391" spans="1:6">
       <c r="A1391" t="s">
-        <v>3477</v>
+        <v>3463</v>
       </c>
       <c r="B1391" t="s">
-        <v>3478</v>
+        <v>3464</v>
       </c>
       <c r="C1391"/>
       <c r="D1391"/>
       <c r="E1391"/>
       <c r="F1391"/>
     </row>
     <row r="1392" spans="1:6">
       <c r="A1392" t="s">
-        <v>3479</v>
+        <v>3465</v>
       </c>
       <c r="B1392" t="s">
-        <v>3480</v>
+        <v>3466</v>
       </c>
       <c r="C1392"/>
       <c r="D1392"/>
       <c r="E1392"/>
       <c r="F1392"/>
     </row>
     <row r="1393" spans="1:6">
       <c r="A1393" t="s">
-        <v>3481</v>
+        <v>3467</v>
       </c>
       <c r="B1393" t="s">
-        <v>3482</v>
+        <v>3468</v>
       </c>
       <c r="C1393"/>
       <c r="D1393"/>
       <c r="E1393"/>
       <c r="F1393"/>
     </row>
     <row r="1394" spans="1:6">
       <c r="A1394" t="s">
-        <v>3483</v>
+        <v>3469</v>
       </c>
       <c r="B1394" t="s">
-        <v>3484</v>
+        <v>3470</v>
       </c>
       <c r="C1394"/>
       <c r="D1394"/>
       <c r="E1394"/>
       <c r="F1394"/>
     </row>
     <row r="1395" spans="1:6">
       <c r="A1395" t="s">
-        <v>3485</v>
+        <v>3471</v>
       </c>
       <c r="B1395" t="s">
-        <v>3486</v>
+        <v>3472</v>
       </c>
       <c r="C1395"/>
       <c r="D1395"/>
       <c r="E1395"/>
       <c r="F1395"/>
     </row>
     <row r="1396" spans="1:6">
       <c r="A1396" t="s">
-        <v>3487</v>
+        <v>3473</v>
       </c>
       <c r="B1396" t="s">
-        <v>3488</v>
+        <v>3474</v>
       </c>
       <c r="C1396"/>
       <c r="D1396"/>
       <c r="E1396"/>
       <c r="F1396"/>
     </row>
     <row r="1397" spans="1:6">
       <c r="A1397" t="s">
-        <v>3489</v>
+        <v>3475</v>
       </c>
       <c r="B1397" t="s">
-        <v>3490</v>
+        <v>3476</v>
       </c>
       <c r="C1397"/>
       <c r="D1397"/>
       <c r="E1397"/>
       <c r="F1397"/>
     </row>
     <row r="1398" spans="1:6">
       <c r="A1398" t="s">
-        <v>3491</v>
+        <v>3477</v>
       </c>
       <c r="B1398" t="s">
-        <v>3492</v>
+        <v>3478</v>
       </c>
       <c r="C1398"/>
       <c r="D1398"/>
       <c r="E1398"/>
       <c r="F1398"/>
     </row>
     <row r="1399" spans="1:6">
       <c r="A1399" t="s">
-        <v>3493</v>
+        <v>3479</v>
       </c>
       <c r="B1399" t="s">
-        <v>3494</v>
+        <v>3480</v>
       </c>
       <c r="C1399"/>
       <c r="D1399"/>
       <c r="E1399"/>
       <c r="F1399"/>
     </row>
     <row r="1400" spans="1:6">
       <c r="A1400" t="s">
-        <v>3495</v>
+        <v>3481</v>
       </c>
       <c r="B1400" t="s">
-        <v>3496</v>
+        <v>3482</v>
       </c>
       <c r="C1400"/>
       <c r="D1400"/>
       <c r="E1400"/>
       <c r="F1400"/>
     </row>
     <row r="1401" spans="1:6">
       <c r="A1401" t="s">
-        <v>3497</v>
+        <v>3483</v>
       </c>
       <c r="B1401" t="s">
-        <v>3498</v>
+        <v>3484</v>
       </c>
       <c r="C1401"/>
       <c r="D1401"/>
       <c r="E1401"/>
       <c r="F1401"/>
     </row>
     <row r="1402" spans="1:6">
       <c r="A1402" t="s">
-        <v>3499</v>
+        <v>3485</v>
       </c>
       <c r="B1402" t="s">
-        <v>3500</v>
+        <v>3486</v>
       </c>
       <c r="C1402"/>
       <c r="D1402"/>
       <c r="E1402"/>
       <c r="F1402"/>
     </row>
     <row r="1403" spans="1:6">
       <c r="A1403" t="s">
-        <v>3501</v>
+        <v>3487</v>
       </c>
       <c r="B1403" t="s">
-        <v>3502</v>
+        <v>3488</v>
       </c>
       <c r="C1403"/>
       <c r="D1403"/>
       <c r="E1403"/>
       <c r="F1403"/>
     </row>
     <row r="1404" spans="1:6">
       <c r="A1404" t="s">
-        <v>3503</v>
+        <v>3489</v>
       </c>
       <c r="B1404" t="s">
-        <v>3504</v>
+        <v>3490</v>
       </c>
       <c r="C1404"/>
       <c r="D1404"/>
       <c r="E1404"/>
       <c r="F1404"/>
     </row>
     <row r="1405" spans="1:6">
       <c r="A1405" t="s">
-        <v>3505</v>
+        <v>3491</v>
       </c>
       <c r="B1405" t="s">
-        <v>3506</v>
+        <v>3492</v>
       </c>
       <c r="C1405"/>
       <c r="D1405"/>
       <c r="E1405"/>
       <c r="F1405"/>
     </row>
     <row r="1406" spans="1:6">
       <c r="A1406" t="s">
-        <v>3507</v>
+        <v>3493</v>
       </c>
       <c r="B1406" t="s">
-        <v>3508</v>
+        <v>3494</v>
       </c>
       <c r="C1406"/>
       <c r="D1406"/>
       <c r="E1406"/>
       <c r="F1406"/>
     </row>
     <row r="1407" spans="1:6">
       <c r="A1407" t="s">
-        <v>3509</v>
+        <v>3495</v>
       </c>
       <c r="B1407" t="s">
-        <v>3510</v>
+        <v>3496</v>
       </c>
       <c r="C1407"/>
       <c r="D1407"/>
       <c r="E1407"/>
       <c r="F1407"/>
     </row>
     <row r="1408" spans="1:6">
       <c r="A1408" t="s">
-        <v>3511</v>
+        <v>3497</v>
       </c>
       <c r="B1408" t="s">
-        <v>3512</v>
+        <v>3498</v>
       </c>
       <c r="C1408"/>
       <c r="D1408"/>
       <c r="E1408"/>
       <c r="F1408"/>
     </row>
     <row r="1409" spans="1:6">
       <c r="A1409" t="s">
-        <v>3513</v>
+        <v>3499</v>
       </c>
       <c r="B1409" t="s">
-        <v>3514</v>
+        <v>3500</v>
       </c>
       <c r="C1409"/>
       <c r="D1409"/>
       <c r="E1409"/>
       <c r="F1409"/>
     </row>
     <row r="1410" spans="1:6">
       <c r="A1410" t="s">
-        <v>3515</v>
+        <v>3501</v>
       </c>
       <c r="B1410" t="s">
-        <v>3516</v>
+        <v>3502</v>
       </c>
       <c r="C1410"/>
       <c r="D1410"/>
       <c r="E1410"/>
-      <c r="F1410" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1410"/>
     </row>
     <row r="1411" spans="1:6">
       <c r="A1411" t="s">
-        <v>3518</v>
+        <v>3503</v>
       </c>
       <c r="B1411" t="s">
-        <v>3519</v>
-[...3 lines deleted...]
-      </c>
+        <v>3504</v>
+      </c>
+      <c r="C1411"/>
       <c r="D1411"/>
-      <c r="E1411" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E1411"/>
+      <c r="F1411"/>
     </row>
     <row r="1412" spans="1:6">
       <c r="A1412" t="s">
-        <v>3518</v>
+        <v>3505</v>
       </c>
       <c r="B1412" t="s">
-        <v>1826</v>
+        <v>3506</v>
       </c>
       <c r="C1412"/>
       <c r="D1412"/>
       <c r="E1412"/>
       <c r="F1412"/>
     </row>
     <row r="1413" spans="1:6">
       <c r="A1413" t="s">
-        <v>3518</v>
+        <v>3507</v>
       </c>
       <c r="B1413" t="s">
-        <v>1826</v>
+        <v>3508</v>
       </c>
       <c r="C1413"/>
       <c r="D1413"/>
       <c r="E1413"/>
       <c r="F1413"/>
     </row>
     <row r="1414" spans="1:6">
       <c r="A1414" t="s">
-        <v>3518</v>
+        <v>3509</v>
       </c>
       <c r="B1414" t="s">
-        <v>1826</v>
+        <v>3510</v>
       </c>
       <c r="C1414"/>
       <c r="D1414"/>
       <c r="E1414"/>
       <c r="F1414"/>
     </row>
     <row r="1415" spans="1:6">
       <c r="A1415" t="s">
-        <v>3518</v>
+        <v>3511</v>
       </c>
       <c r="B1415" t="s">
-        <v>3289</v>
+        <v>3512</v>
       </c>
       <c r="C1415"/>
       <c r="D1415"/>
       <c r="E1415"/>
-      <c r="F1415" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1415"/>
     </row>
     <row r="1416" spans="1:6">
       <c r="A1416" t="s">
-        <v>3523</v>
+        <v>3513</v>
       </c>
       <c r="B1416" t="s">
-        <v>1976</v>
-[...3 lines deleted...]
-      </c>
+        <v>3514</v>
+      </c>
+      <c r="C1416"/>
       <c r="D1416"/>
-      <c r="E1416" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1416"/>
       <c r="F1416"/>
     </row>
     <row r="1417" spans="1:6">
       <c r="A1417" t="s">
-        <v>3525</v>
+        <v>3515</v>
       </c>
       <c r="B1417" t="s">
-        <v>3526</v>
+        <v>3516</v>
       </c>
       <c r="C1417"/>
       <c r="D1417"/>
       <c r="E1417"/>
-      <c r="F1417"/>
+      <c r="F1417" t="s">
+        <v>3517</v>
+      </c>
     </row>
     <row r="1418" spans="1:6">
       <c r="A1418" t="s">
-        <v>3527</v>
+        <v>3518</v>
       </c>
       <c r="B1418" t="s">
-        <v>2600</v>
-[...1 lines deleted...]
-      <c r="C1418"/>
+        <v>3519</v>
+      </c>
+      <c r="C1418">
+        <v>4458555</v>
+      </c>
       <c r="D1418"/>
-      <c r="E1418"/>
+      <c r="E1418" t="s">
+        <v>3520</v>
+      </c>
       <c r="F1418" t="s">
-        <v>3528</v>
+        <v>3521</v>
       </c>
     </row>
     <row r="1419" spans="1:6">
       <c r="A1419" t="s">
-        <v>3529</v>
+        <v>3518</v>
       </c>
       <c r="B1419" t="s">
-        <v>3530</v>
+        <v>1826</v>
       </c>
       <c r="C1419"/>
       <c r="D1419"/>
       <c r="E1419"/>
-      <c r="F1419" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1419"/>
     </row>
     <row r="1420" spans="1:6">
       <c r="A1420" t="s">
-        <v>3532</v>
+        <v>3518</v>
       </c>
       <c r="B1420" t="s">
-        <v>3533</v>
+        <v>1826</v>
       </c>
       <c r="C1420"/>
       <c r="D1420"/>
       <c r="E1420"/>
-      <c r="F1420" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1420"/>
     </row>
     <row r="1421" spans="1:6">
       <c r="A1421" t="s">
-        <v>3535</v>
+        <v>3518</v>
       </c>
       <c r="B1421" t="s">
-        <v>1967</v>
+        <v>1826</v>
       </c>
       <c r="C1421"/>
       <c r="D1421"/>
       <c r="E1421"/>
-      <c r="F1421" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1421"/>
     </row>
     <row r="1422" spans="1:6">
       <c r="A1422" t="s">
-        <v>3537</v>
+        <v>3518</v>
       </c>
       <c r="B1422" t="s">
-        <v>1862</v>
+        <v>3289</v>
       </c>
       <c r="C1422"/>
       <c r="D1422"/>
       <c r="E1422"/>
-      <c r="F1422"/>
+      <c r="F1422" t="s">
+        <v>3522</v>
+      </c>
     </row>
     <row r="1423" spans="1:6">
       <c r="A1423" t="s">
-        <v>3538</v>
+        <v>3523</v>
       </c>
       <c r="B1423" t="s">
-        <v>1849</v>
+        <v>1976</v>
       </c>
       <c r="C1423">
-        <v>4581553</v>
-[...4 lines deleted...]
-      <c r="E1423"/>
+        <v>3624688125</v>
+      </c>
+      <c r="D1423"/>
+      <c r="E1423" t="s">
+        <v>3524</v>
+      </c>
       <c r="F1423"/>
     </row>
     <row r="1424" spans="1:6">
       <c r="A1424" t="s">
-        <v>3540</v>
+        <v>3525</v>
       </c>
       <c r="B1424" t="s">
-        <v>2078</v>
+        <v>3526</v>
       </c>
       <c r="C1424"/>
       <c r="D1424"/>
       <c r="E1424"/>
       <c r="F1424"/>
     </row>
     <row r="1425" spans="1:6">
       <c r="A1425" t="s">
-        <v>3541</v>
+        <v>3527</v>
       </c>
       <c r="B1425" t="s">
-        <v>3542</v>
+        <v>2600</v>
       </c>
       <c r="C1425"/>
       <c r="D1425"/>
       <c r="E1425"/>
       <c r="F1425" t="s">
-        <v>3543</v>
+        <v>3528</v>
       </c>
     </row>
     <row r="1426" spans="1:6">
       <c r="A1426" t="s">
-        <v>3544</v>
+        <v>3529</v>
       </c>
       <c r="B1426" t="s">
-        <v>3545</v>
-[...6 lines deleted...]
-      </c>
+        <v>3530</v>
+      </c>
+      <c r="C1426"/>
+      <c r="D1426"/>
       <c r="E1426"/>
-      <c r="F1426"/>
+      <c r="F1426" t="s">
+        <v>3531</v>
+      </c>
     </row>
     <row r="1427" spans="1:6">
       <c r="A1427" t="s">
-        <v>3547</v>
+        <v>3532</v>
       </c>
       <c r="B1427" t="s">
-        <v>3548</v>
+        <v>3533</v>
       </c>
       <c r="C1427"/>
       <c r="D1427"/>
       <c r="E1427"/>
-      <c r="F1427"/>
+      <c r="F1427" t="s">
+        <v>3534</v>
+      </c>
     </row>
     <row r="1428" spans="1:6">
       <c r="A1428" t="s">
-        <v>3549</v>
+        <v>3535</v>
       </c>
       <c r="B1428" t="s">
-        <v>3550</v>
+        <v>1967</v>
       </c>
       <c r="C1428"/>
       <c r="D1428"/>
       <c r="E1428"/>
-      <c r="F1428"/>
+      <c r="F1428" t="s">
+        <v>3536</v>
+      </c>
     </row>
     <row r="1429" spans="1:6">
       <c r="A1429" t="s">
-        <v>3551</v>
+        <v>3537</v>
       </c>
       <c r="B1429" t="s">
-        <v>3552</v>
+        <v>1862</v>
       </c>
       <c r="C1429"/>
       <c r="D1429"/>
       <c r="E1429"/>
       <c r="F1429"/>
     </row>
     <row r="1430" spans="1:6">
       <c r="A1430" t="s">
-        <v>3553</v>
+        <v>3538</v>
       </c>
       <c r="B1430" t="s">
-        <v>3554</v>
-[...2 lines deleted...]
-      <c r="D1430"/>
+        <v>1849</v>
+      </c>
+      <c r="C1430">
+        <v>4581553</v>
+      </c>
+      <c r="D1430" t="s">
+        <v>3539</v>
+      </c>
       <c r="E1430"/>
       <c r="F1430"/>
     </row>
     <row r="1431" spans="1:6">
       <c r="A1431" t="s">
-        <v>3555</v>
+        <v>3540</v>
       </c>
       <c r="B1431" t="s">
-        <v>3556</v>
+        <v>2078</v>
       </c>
       <c r="C1431"/>
       <c r="D1431"/>
       <c r="E1431"/>
       <c r="F1431"/>
     </row>
     <row r="1432" spans="1:6">
       <c r="A1432" t="s">
-        <v>3557</v>
+        <v>3541</v>
       </c>
       <c r="B1432" t="s">
-        <v>3558</v>
+        <v>3542</v>
       </c>
       <c r="C1432"/>
       <c r="D1432"/>
       <c r="E1432"/>
-      <c r="F1432"/>
+      <c r="F1432" t="s">
+        <v>3543</v>
+      </c>
     </row>
     <row r="1433" spans="1:6">
       <c r="A1433" t="s">
-        <v>3559</v>
+        <v>3544</v>
       </c>
       <c r="B1433" t="s">
-        <v>3560</v>
-[...2 lines deleted...]
-      <c r="D1433"/>
+        <v>3545</v>
+      </c>
+      <c r="C1433">
+        <v>4458055</v>
+      </c>
+      <c r="D1433" t="s">
+        <v>3546</v>
+      </c>
       <c r="E1433"/>
       <c r="F1433"/>
     </row>
     <row r="1434" spans="1:6">
       <c r="A1434" t="s">
-        <v>3561</v>
+        <v>3547</v>
       </c>
       <c r="B1434" t="s">
-        <v>3562</v>
+        <v>3548</v>
       </c>
       <c r="C1434"/>
       <c r="D1434"/>
       <c r="E1434"/>
       <c r="F1434"/>
     </row>
     <row r="1435" spans="1:6">
       <c r="A1435" t="s">
-        <v>3563</v>
+        <v>3549</v>
       </c>
       <c r="B1435" t="s">
-        <v>3564</v>
+        <v>3550</v>
       </c>
       <c r="C1435"/>
       <c r="D1435"/>
       <c r="E1435"/>
       <c r="F1435"/>
     </row>
     <row r="1436" spans="1:6">
       <c r="A1436" t="s">
-        <v>3565</v>
+        <v>3551</v>
       </c>
       <c r="B1436" t="s">
-        <v>1894</v>
+        <v>3552</v>
       </c>
       <c r="C1436"/>
       <c r="D1436"/>
       <c r="E1436"/>
       <c r="F1436"/>
     </row>
     <row r="1437" spans="1:6">
       <c r="A1437" t="s">
-        <v>3566</v>
+        <v>3553</v>
       </c>
       <c r="B1437" t="s">
-        <v>1985</v>
+        <v>3554</v>
       </c>
       <c r="C1437"/>
       <c r="D1437"/>
       <c r="E1437"/>
       <c r="F1437"/>
     </row>
     <row r="1438" spans="1:6">
       <c r="A1438" t="s">
-        <v>3567</v>
+        <v>3555</v>
       </c>
       <c r="B1438" t="s">
-        <v>3568</v>
+        <v>3556</v>
       </c>
       <c r="C1438"/>
       <c r="D1438"/>
       <c r="E1438"/>
       <c r="F1438"/>
     </row>
     <row r="1439" spans="1:6">
       <c r="A1439" t="s">
-        <v>3569</v>
+        <v>3557</v>
       </c>
       <c r="B1439" t="s">
-        <v>3570</v>
+        <v>3558</v>
       </c>
       <c r="C1439"/>
       <c r="D1439"/>
       <c r="E1439"/>
       <c r="F1439"/>
     </row>
     <row r="1440" spans="1:6">
       <c r="A1440" t="s">
-        <v>3571</v>
+        <v>3559</v>
       </c>
       <c r="B1440" t="s">
-        <v>3572</v>
+        <v>3560</v>
       </c>
       <c r="C1440"/>
       <c r="D1440"/>
       <c r="E1440"/>
       <c r="F1440"/>
     </row>
     <row r="1441" spans="1:6">
       <c r="A1441" t="s">
-        <v>3573</v>
+        <v>3561</v>
       </c>
       <c r="B1441" t="s">
-        <v>3574</v>
+        <v>3562</v>
       </c>
       <c r="C1441"/>
       <c r="D1441"/>
       <c r="E1441"/>
       <c r="F1441"/>
     </row>
     <row r="1442" spans="1:6">
       <c r="A1442" t="s">
-        <v>3575</v>
+        <v>3563</v>
       </c>
       <c r="B1442" t="s">
-        <v>3576</v>
+        <v>3564</v>
       </c>
       <c r="C1442"/>
       <c r="D1442"/>
       <c r="E1442"/>
       <c r="F1442"/>
     </row>
     <row r="1443" spans="1:6">
       <c r="A1443" t="s">
-        <v>3577</v>
+        <v>3565</v>
       </c>
       <c r="B1443" t="s">
-        <v>3578</v>
-[...12 lines deleted...]
-      </c>
+        <v>1894</v>
+      </c>
+      <c r="C1443"/>
+      <c r="D1443"/>
+      <c r="E1443"/>
+      <c r="F1443"/>
     </row>
     <row r="1444" spans="1:6">
       <c r="A1444" t="s">
-        <v>3581</v>
+        <v>3566</v>
       </c>
       <c r="B1444" t="s">
-        <v>3582</v>
+        <v>1985</v>
       </c>
       <c r="C1444"/>
       <c r="D1444"/>
       <c r="E1444"/>
       <c r="F1444"/>
     </row>
     <row r="1445" spans="1:6">
       <c r="A1445" t="s">
-        <v>3583</v>
+        <v>3567</v>
       </c>
       <c r="B1445" t="s">
-        <v>3584</v>
+        <v>3568</v>
       </c>
       <c r="C1445"/>
       <c r="D1445"/>
       <c r="E1445"/>
       <c r="F1445"/>
     </row>
     <row r="1446" spans="1:6">
       <c r="A1446" t="s">
-        <v>3585</v>
+        <v>3569</v>
       </c>
       <c r="B1446" t="s">
-        <v>3586</v>
+        <v>3570</v>
       </c>
       <c r="C1446"/>
       <c r="D1446"/>
       <c r="E1446"/>
       <c r="F1446"/>
     </row>
     <row r="1447" spans="1:6">
       <c r="A1447" t="s">
-        <v>3587</v>
+        <v>3571</v>
       </c>
       <c r="B1447" t="s">
-        <v>3588</v>
+        <v>3572</v>
       </c>
       <c r="C1447"/>
       <c r="D1447"/>
       <c r="E1447"/>
       <c r="F1447"/>
     </row>
     <row r="1448" spans="1:6">
       <c r="A1448" t="s">
-        <v>3589</v>
+        <v>3573</v>
       </c>
       <c r="B1448" t="s">
-        <v>3590</v>
+        <v>3574</v>
       </c>
       <c r="C1448"/>
       <c r="D1448"/>
       <c r="E1448"/>
       <c r="F1448"/>
     </row>
     <row r="1449" spans="1:6">
       <c r="A1449" t="s">
-        <v>3591</v>
+        <v>3575</v>
       </c>
       <c r="B1449" t="s">
-        <v>3592</v>
+        <v>3576</v>
       </c>
       <c r="C1449"/>
       <c r="D1449"/>
       <c r="E1449"/>
       <c r="F1449"/>
     </row>
     <row r="1450" spans="1:6">
       <c r="A1450" t="s">
-        <v>3593</v>
+        <v>3577</v>
       </c>
       <c r="B1450" t="s">
-        <v>3594</v>
-[...4 lines deleted...]
-      <c r="F1450"/>
+        <v>3578</v>
+      </c>
+      <c r="C1450">
+        <v>4481022</v>
+      </c>
+      <c r="D1450">
+        <v>100</v>
+      </c>
+      <c r="E1450" t="s">
+        <v>3579</v>
+      </c>
+      <c r="F1450" t="s">
+        <v>3580</v>
+      </c>
     </row>
     <row r="1451" spans="1:6">
       <c r="A1451" t="s">
-        <v>3595</v>
+        <v>3581</v>
       </c>
       <c r="B1451" t="s">
-        <v>2600</v>
+        <v>3582</v>
       </c>
       <c r="C1451"/>
       <c r="D1451"/>
       <c r="E1451"/>
       <c r="F1451"/>
     </row>
     <row r="1452" spans="1:6">
       <c r="A1452" t="s">
-        <v>3596</v>
+        <v>3583</v>
       </c>
       <c r="B1452" t="s">
-        <v>3597</v>
+        <v>3584</v>
       </c>
       <c r="C1452"/>
       <c r="D1452"/>
       <c r="E1452"/>
       <c r="F1452"/>
     </row>
     <row r="1453" spans="1:6">
       <c r="A1453" t="s">
-        <v>3598</v>
+        <v>3585</v>
       </c>
       <c r="B1453" t="s">
-        <v>2632</v>
+        <v>3586</v>
       </c>
       <c r="C1453"/>
       <c r="D1453"/>
       <c r="E1453"/>
       <c r="F1453"/>
     </row>
     <row r="1454" spans="1:6">
       <c r="A1454" t="s">
-        <v>3599</v>
+        <v>3587</v>
       </c>
       <c r="B1454" t="s">
-        <v>3600</v>
+        <v>3588</v>
       </c>
       <c r="C1454"/>
       <c r="D1454"/>
       <c r="E1454"/>
       <c r="F1454"/>
     </row>
     <row r="1455" spans="1:6">
       <c r="A1455" t="s">
-        <v>3601</v>
+        <v>3589</v>
       </c>
       <c r="B1455" t="s">
-        <v>3602</v>
+        <v>3590</v>
       </c>
       <c r="C1455"/>
       <c r="D1455"/>
       <c r="E1455"/>
       <c r="F1455"/>
     </row>
     <row r="1456" spans="1:6">
       <c r="A1456" t="s">
-        <v>3603</v>
+        <v>3591</v>
       </c>
       <c r="B1456" t="s">
-        <v>3604</v>
+        <v>3592</v>
       </c>
       <c r="C1456"/>
       <c r="D1456"/>
       <c r="E1456"/>
       <c r="F1456"/>
     </row>
     <row r="1457" spans="1:6">
       <c r="A1457" t="s">
-        <v>3605</v>
+        <v>3593</v>
       </c>
       <c r="B1457" t="s">
-        <v>2078</v>
+        <v>3594</v>
       </c>
       <c r="C1457"/>
       <c r="D1457"/>
       <c r="E1457"/>
       <c r="F1457"/>
     </row>
     <row r="1458" spans="1:6">
       <c r="A1458" t="s">
-        <v>3606</v>
+        <v>3595</v>
       </c>
       <c r="B1458" t="s">
-        <v>3607</v>
+        <v>2600</v>
       </c>
       <c r="C1458"/>
       <c r="D1458"/>
       <c r="E1458"/>
       <c r="F1458"/>
     </row>
     <row r="1459" spans="1:6">
       <c r="A1459" t="s">
-        <v>3608</v>
+        <v>3596</v>
       </c>
       <c r="B1459" t="s">
-        <v>3609</v>
+        <v>3597</v>
       </c>
       <c r="C1459"/>
       <c r="D1459"/>
       <c r="E1459"/>
       <c r="F1459"/>
     </row>
     <row r="1460" spans="1:6">
       <c r="A1460" t="s">
-        <v>3610</v>
+        <v>3598</v>
       </c>
       <c r="B1460" t="s">
-        <v>3611</v>
+        <v>2632</v>
       </c>
       <c r="C1460"/>
       <c r="D1460"/>
       <c r="E1460"/>
       <c r="F1460"/>
     </row>
     <row r="1461" spans="1:6">
       <c r="A1461" t="s">
-        <v>3612</v>
+        <v>3599</v>
       </c>
       <c r="B1461" t="s">
-        <v>3613</v>
+        <v>3600</v>
       </c>
       <c r="C1461"/>
       <c r="D1461"/>
       <c r="E1461"/>
       <c r="F1461"/>
     </row>
     <row r="1462" spans="1:6">
       <c r="A1462" t="s">
-        <v>3614</v>
+        <v>3601</v>
       </c>
       <c r="B1462" t="s">
-        <v>3615</v>
+        <v>3602</v>
       </c>
       <c r="C1462"/>
       <c r="D1462"/>
       <c r="E1462"/>
       <c r="F1462"/>
     </row>
     <row r="1463" spans="1:6">
       <c r="A1463" t="s">
-        <v>3616</v>
+        <v>3603</v>
       </c>
       <c r="B1463" t="s">
-        <v>3617</v>
+        <v>3604</v>
       </c>
       <c r="C1463"/>
       <c r="D1463"/>
       <c r="E1463"/>
       <c r="F1463"/>
     </row>
     <row r="1464" spans="1:6">
       <c r="A1464" t="s">
-        <v>3618</v>
+        <v>3605</v>
       </c>
       <c r="B1464" t="s">
-        <v>3619</v>
+        <v>2078</v>
       </c>
       <c r="C1464"/>
       <c r="D1464"/>
       <c r="E1464"/>
       <c r="F1464"/>
     </row>
     <row r="1465" spans="1:6">
       <c r="A1465" t="s">
-        <v>3620</v>
+        <v>3606</v>
       </c>
       <c r="B1465" t="s">
-        <v>3621</v>
-[...3 lines deleted...]
-      </c>
+        <v>3607</v>
+      </c>
+      <c r="C1465"/>
       <c r="D1465"/>
-      <c r="E1465" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E1465"/>
+      <c r="F1465"/>
     </row>
     <row r="1466" spans="1:6">
       <c r="A1466" t="s">
-        <v>3624</v>
+        <v>3608</v>
       </c>
       <c r="B1466" t="s">
-        <v>3625</v>
+        <v>3609</v>
       </c>
       <c r="C1466"/>
       <c r="D1466"/>
       <c r="E1466"/>
-      <c r="F1466" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1466"/>
     </row>
     <row r="1467" spans="1:6">
       <c r="A1467" t="s">
-        <v>3627</v>
+        <v>3610</v>
       </c>
       <c r="B1467" t="s">
-        <v>1849</v>
-[...3 lines deleted...]
-      </c>
+        <v>3611</v>
+      </c>
+      <c r="C1467"/>
       <c r="D1467"/>
       <c r="E1467"/>
-      <c r="F1467" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1467"/>
     </row>
     <row r="1468" spans="1:6">
       <c r="A1468" t="s">
-        <v>3629</v>
+        <v>3612</v>
       </c>
       <c r="B1468" t="s">
-        <v>1846</v>
+        <v>3613</v>
       </c>
       <c r="C1468"/>
       <c r="D1468"/>
       <c r="E1468"/>
-      <c r="F1468" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1468"/>
     </row>
     <row r="1469" spans="1:6">
       <c r="A1469" t="s">
-        <v>3631</v>
+        <v>3614</v>
       </c>
       <c r="B1469" t="s">
-        <v>3632</v>
-[...3 lines deleted...]
-      </c>
+        <v>3615</v>
+      </c>
+      <c r="C1469"/>
       <c r="D1469"/>
       <c r="E1469"/>
-      <c r="F1469" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1469"/>
     </row>
     <row r="1470" spans="1:6">
       <c r="A1470" t="s">
-        <v>3634</v>
+        <v>3616</v>
       </c>
       <c r="B1470" t="s">
-        <v>3635</v>
+        <v>3617</v>
       </c>
       <c r="C1470"/>
       <c r="D1470"/>
       <c r="E1470"/>
-      <c r="F1470" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1470"/>
     </row>
     <row r="1471" spans="1:6">
       <c r="A1471" t="s">
-        <v>3637</v>
+        <v>3618</v>
       </c>
       <c r="B1471" t="s">
-        <v>3638</v>
+        <v>3619</v>
       </c>
       <c r="C1471"/>
       <c r="D1471"/>
       <c r="E1471"/>
-      <c r="F1471" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1471"/>
     </row>
     <row r="1472" spans="1:6">
       <c r="A1472" t="s">
-        <v>3640</v>
+        <v>3620</v>
       </c>
       <c r="B1472" t="s">
-        <v>3641</v>
-[...1 lines deleted...]
-      <c r="C1472"/>
+        <v>3621</v>
+      </c>
+      <c r="C1472">
+        <v>3624438880</v>
+      </c>
       <c r="D1472"/>
-      <c r="E1472"/>
+      <c r="E1472" t="s">
+        <v>3622</v>
+      </c>
       <c r="F1472" t="s">
-        <v>3642</v>
+        <v>3623</v>
       </c>
     </row>
     <row r="1473" spans="1:6">
       <c r="A1473" t="s">
-        <v>3643</v>
+        <v>3624</v>
       </c>
       <c r="B1473" t="s">
-        <v>3644</v>
+        <v>3625</v>
       </c>
       <c r="C1473"/>
       <c r="D1473"/>
       <c r="E1473"/>
       <c r="F1473" t="s">
-        <v>3645</v>
+        <v>3626</v>
       </c>
     </row>
     <row r="1474" spans="1:6">
       <c r="A1474" t="s">
-        <v>3646</v>
+        <v>3627</v>
       </c>
       <c r="B1474" t="s">
-        <v>1894</v>
-[...1 lines deleted...]
-      <c r="C1474"/>
+        <v>1849</v>
+      </c>
+      <c r="C1474">
+        <v>4438880</v>
+      </c>
       <c r="D1474"/>
       <c r="E1474"/>
       <c r="F1474" t="s">
-        <v>3647</v>
+        <v>3628</v>
       </c>
     </row>
     <row r="1475" spans="1:6">
       <c r="A1475" t="s">
-        <v>3648</v>
+        <v>3629</v>
       </c>
       <c r="B1475" t="s">
-        <v>1981</v>
+        <v>1846</v>
       </c>
       <c r="C1475"/>
       <c r="D1475"/>
       <c r="E1475"/>
-      <c r="F1475"/>
+      <c r="F1475" t="s">
+        <v>3630</v>
+      </c>
     </row>
     <row r="1476" spans="1:6">
       <c r="A1476" t="s">
-        <v>3649</v>
+        <v>3631</v>
       </c>
       <c r="B1476" t="s">
-        <v>2078</v>
-[...1 lines deleted...]
-      <c r="C1476"/>
+        <v>3632</v>
+      </c>
+      <c r="C1476">
+        <v>3624438880</v>
+      </c>
       <c r="D1476"/>
       <c r="E1476"/>
       <c r="F1476" t="s">
-        <v>3650</v>
+        <v>3633</v>
       </c>
     </row>
     <row r="1477" spans="1:6">
       <c r="A1477" t="s">
-        <v>3651</v>
+        <v>3634</v>
       </c>
       <c r="B1477" t="s">
-        <v>2323</v>
+        <v>3635</v>
       </c>
       <c r="C1477"/>
       <c r="D1477"/>
       <c r="E1477"/>
       <c r="F1477" t="s">
-        <v>3652</v>
+        <v>3636</v>
       </c>
     </row>
     <row r="1478" spans="1:6">
       <c r="A1478" t="s">
-        <v>3653</v>
+        <v>3637</v>
       </c>
       <c r="B1478" t="s">
-        <v>1974</v>
+        <v>3638</v>
       </c>
       <c r="C1478"/>
       <c r="D1478"/>
       <c r="E1478"/>
       <c r="F1478" t="s">
-        <v>3654</v>
+        <v>3639</v>
       </c>
     </row>
     <row r="1479" spans="1:6">
       <c r="A1479" t="s">
-        <v>3655</v>
+        <v>3640</v>
       </c>
       <c r="B1479" t="s">
-        <v>3656</v>
+        <v>3641</v>
       </c>
       <c r="C1479"/>
       <c r="D1479"/>
       <c r="E1479"/>
       <c r="F1479" t="s">
-        <v>3657</v>
+        <v>3642</v>
       </c>
     </row>
     <row r="1480" spans="1:6">
       <c r="A1480" t="s">
-        <v>3658</v>
+        <v>3643</v>
       </c>
       <c r="B1480" t="s">
-        <v>1902</v>
+        <v>3644</v>
       </c>
       <c r="C1480"/>
       <c r="D1480"/>
       <c r="E1480"/>
       <c r="F1480" t="s">
-        <v>3659</v>
+        <v>3645</v>
       </c>
     </row>
     <row r="1481" spans="1:6">
       <c r="A1481" t="s">
-        <v>3660</v>
+        <v>3646</v>
       </c>
       <c r="B1481" t="s">
-        <v>3661</v>
+        <v>1894</v>
       </c>
       <c r="C1481"/>
       <c r="D1481"/>
       <c r="E1481"/>
       <c r="F1481" t="s">
-        <v>3662</v>
+        <v>3647</v>
       </c>
     </row>
     <row r="1482" spans="1:6">
       <c r="A1482" t="s">
-        <v>3663</v>
+        <v>3648</v>
       </c>
       <c r="B1482" t="s">
-        <v>3664</v>
+        <v>1981</v>
       </c>
       <c r="C1482"/>
       <c r="D1482"/>
       <c r="E1482"/>
       <c r="F1482"/>
     </row>
     <row r="1483" spans="1:6">
       <c r="A1483" t="s">
-        <v>3665</v>
+        <v>3649</v>
       </c>
       <c r="B1483" t="s">
-        <v>3666</v>
+        <v>2078</v>
       </c>
       <c r="C1483"/>
       <c r="D1483"/>
       <c r="E1483"/>
       <c r="F1483" t="s">
-        <v>3667</v>
+        <v>3650</v>
       </c>
     </row>
     <row r="1484" spans="1:6">
       <c r="A1484" t="s">
-        <v>3668</v>
+        <v>3651</v>
       </c>
       <c r="B1484" t="s">
-        <v>3669</v>
+        <v>2323</v>
       </c>
       <c r="C1484"/>
       <c r="D1484"/>
       <c r="E1484"/>
       <c r="F1484" t="s">
-        <v>3670</v>
+        <v>3652</v>
       </c>
     </row>
     <row r="1485" spans="1:6">
       <c r="A1485" t="s">
-        <v>3671</v>
+        <v>3653</v>
       </c>
       <c r="B1485" t="s">
-        <v>3672</v>
+        <v>1974</v>
       </c>
       <c r="C1485"/>
       <c r="D1485"/>
       <c r="E1485"/>
       <c r="F1485" t="s">
-        <v>3673</v>
+        <v>3654</v>
       </c>
     </row>
     <row r="1486" spans="1:6">
       <c r="A1486" t="s">
-        <v>3674</v>
+        <v>3655</v>
       </c>
       <c r="B1486" t="s">
-        <v>3675</v>
+        <v>3656</v>
       </c>
       <c r="C1486"/>
       <c r="D1486"/>
       <c r="E1486"/>
       <c r="F1486" t="s">
-        <v>3676</v>
+        <v>3657</v>
       </c>
     </row>
     <row r="1487" spans="1:6">
       <c r="A1487" t="s">
-        <v>3677</v>
+        <v>3658</v>
       </c>
       <c r="B1487" t="s">
-        <v>3678</v>
+        <v>1902</v>
       </c>
       <c r="C1487"/>
       <c r="D1487"/>
       <c r="E1487"/>
       <c r="F1487" t="s">
-        <v>3679</v>
+        <v>3659</v>
       </c>
     </row>
     <row r="1488" spans="1:6">
       <c r="A1488" t="s">
-        <v>3680</v>
+        <v>3660</v>
       </c>
       <c r="B1488" t="s">
-        <v>3681</v>
+        <v>3661</v>
       </c>
       <c r="C1488"/>
       <c r="D1488"/>
       <c r="E1488"/>
-      <c r="F1488"/>
+      <c r="F1488" t="s">
+        <v>3662</v>
+      </c>
     </row>
     <row r="1489" spans="1:6">
       <c r="A1489" t="s">
-        <v>3682</v>
+        <v>3663</v>
       </c>
       <c r="B1489" t="s">
-        <v>3683</v>
+        <v>3664</v>
       </c>
       <c r="C1489"/>
       <c r="D1489"/>
       <c r="E1489"/>
       <c r="F1489"/>
     </row>
     <row r="1490" spans="1:6">
       <c r="A1490" t="s">
-        <v>3684</v>
+        <v>3665</v>
       </c>
       <c r="B1490" t="s">
-        <v>3685</v>
+        <v>3666</v>
       </c>
       <c r="C1490"/>
       <c r="D1490"/>
       <c r="E1490"/>
       <c r="F1490" t="s">
-        <v>3686</v>
+        <v>3667</v>
       </c>
     </row>
     <row r="1491" spans="1:6">
-      <c r="A1491"/>
+      <c r="A1491" t="s">
+        <v>3668</v>
+      </c>
       <c r="B1491" t="s">
-        <v>3687</v>
+        <v>3669</v>
       </c>
       <c r="C1491"/>
       <c r="D1491"/>
       <c r="E1491"/>
-      <c r="F1491"/>
+      <c r="F1491" t="s">
+        <v>3670</v>
+      </c>
     </row>
     <row r="1492" spans="1:6">
-      <c r="A1492"/>
+      <c r="A1492" t="s">
+        <v>3671</v>
+      </c>
       <c r="B1492" t="s">
-        <v>3688</v>
+        <v>3672</v>
       </c>
       <c r="C1492"/>
       <c r="D1492"/>
       <c r="E1492"/>
-      <c r="F1492"/>
+      <c r="F1492" t="s">
+        <v>3673</v>
+      </c>
     </row>
     <row r="1493" spans="1:6">
-      <c r="A1493"/>
+      <c r="A1493" t="s">
+        <v>3674</v>
+      </c>
       <c r="B1493" t="s">
-        <v>3689</v>
+        <v>3675</v>
       </c>
       <c r="C1493"/>
       <c r="D1493"/>
       <c r="E1493"/>
-      <c r="F1493"/>
+      <c r="F1493" t="s">
+        <v>3676</v>
+      </c>
     </row>
     <row r="1494" spans="1:6">
-      <c r="A1494"/>
+      <c r="A1494" t="s">
+        <v>3677</v>
+      </c>
       <c r="B1494" t="s">
-        <v>3690</v>
+        <v>3678</v>
       </c>
       <c r="C1494"/>
       <c r="D1494"/>
       <c r="E1494"/>
-      <c r="F1494"/>
+      <c r="F1494" t="s">
+        <v>3679</v>
+      </c>
     </row>
     <row r="1495" spans="1:6">
-      <c r="A1495"/>
+      <c r="A1495" t="s">
+        <v>3680</v>
+      </c>
       <c r="B1495" t="s">
-        <v>3691</v>
+        <v>3681</v>
       </c>
       <c r="C1495"/>
       <c r="D1495"/>
       <c r="E1495"/>
       <c r="F1495"/>
     </row>
     <row r="1496" spans="1:6">
-      <c r="A1496"/>
+      <c r="A1496" t="s">
+        <v>3682</v>
+      </c>
       <c r="B1496" t="s">
-        <v>3692</v>
+        <v>3683</v>
       </c>
       <c r="C1496"/>
       <c r="D1496"/>
       <c r="E1496"/>
       <c r="F1496"/>
     </row>
     <row r="1497" spans="1:6">
       <c r="A1497" t="s">
-        <v>3693</v>
+        <v>3684</v>
       </c>
       <c r="B1497" t="s">
-        <v>3694</v>
-[...3 lines deleted...]
-      </c>
+        <v>3685</v>
+      </c>
+      <c r="C1497"/>
       <c r="D1497"/>
-      <c r="E1497" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1497"/>
       <c r="F1497" t="s">
-        <v>3697</v>
+        <v>3686</v>
       </c>
     </row>
     <row r="1498" spans="1:6">
-      <c r="A1498" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1498"/>
       <c r="B1498" t="s">
-        <v>3698</v>
+        <v>3687</v>
       </c>
       <c r="C1498"/>
       <c r="D1498"/>
       <c r="E1498"/>
-      <c r="F1498" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1498"/>
     </row>
     <row r="1499" spans="1:6">
-      <c r="A1499" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1499"/>
       <c r="B1499" t="s">
-        <v>3700</v>
+        <v>3688</v>
       </c>
       <c r="C1499"/>
       <c r="D1499"/>
       <c r="E1499"/>
       <c r="F1499"/>
     </row>
     <row r="1500" spans="1:6">
-      <c r="A1500" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1500"/>
       <c r="B1500" t="s">
-        <v>3702</v>
+        <v>3689</v>
       </c>
       <c r="C1500"/>
       <c r="D1500"/>
       <c r="E1500"/>
       <c r="F1500"/>
     </row>
     <row r="1501" spans="1:6">
-      <c r="A1501" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1501"/>
       <c r="B1501" t="s">
-        <v>3704</v>
+        <v>3690</v>
       </c>
       <c r="C1501"/>
       <c r="D1501"/>
       <c r="E1501"/>
       <c r="F1501"/>
     </row>
     <row r="1502" spans="1:6">
-      <c r="A1502" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1502"/>
       <c r="B1502" t="s">
-        <v>3706</v>
-[...12 lines deleted...]
-      </c>
+        <v>3691</v>
+      </c>
+      <c r="C1502"/>
+      <c r="D1502"/>
+      <c r="E1502"/>
+      <c r="F1502"/>
     </row>
     <row r="1503" spans="1:6">
-      <c r="A1503" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1503"/>
       <c r="B1503" t="s">
-        <v>3709</v>
+        <v>3692</v>
       </c>
       <c r="C1503"/>
       <c r="D1503"/>
-      <c r="E1503" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E1503"/>
+      <c r="F1503"/>
     </row>
     <row r="1504" spans="1:6">
       <c r="A1504" t="s">
-        <v>3712</v>
+        <v>3693</v>
       </c>
       <c r="B1504" t="s">
-        <v>3713</v>
-[...1 lines deleted...]
-      <c r="C1504"/>
+        <v>3694</v>
+      </c>
+      <c r="C1504" t="s">
+        <v>3695</v>
+      </c>
       <c r="D1504"/>
-      <c r="E1504"/>
+      <c r="E1504" t="s">
+        <v>3696</v>
+      </c>
       <c r="F1504" t="s">
-        <v>3714</v>
+        <v>3697</v>
       </c>
     </row>
     <row r="1505" spans="1:6">
       <c r="A1505" t="s">
-        <v>3715</v>
+        <v>3693</v>
       </c>
       <c r="B1505" t="s">
-        <v>3716</v>
+        <v>3698</v>
       </c>
       <c r="C1505"/>
       <c r="D1505"/>
       <c r="E1505"/>
       <c r="F1505" t="s">
-        <v>3717</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="1506" spans="1:6">
       <c r="A1506" t="s">
-        <v>3718</v>
+        <v>3699</v>
       </c>
       <c r="B1506" t="s">
-        <v>2028</v>
+        <v>3700</v>
       </c>
       <c r="C1506"/>
       <c r="D1506"/>
       <c r="E1506"/>
-      <c r="F1506" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1506"/>
     </row>
     <row r="1507" spans="1:6">
       <c r="A1507" t="s">
-        <v>3720</v>
+        <v>3701</v>
       </c>
       <c r="B1507" t="s">
-        <v>1849</v>
-[...6 lines deleted...]
-      </c>
+        <v>3702</v>
+      </c>
+      <c r="C1507"/>
+      <c r="D1507"/>
       <c r="E1507"/>
-      <c r="F1507" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1507"/>
     </row>
     <row r="1508" spans="1:6">
       <c r="A1508" t="s">
-        <v>3722</v>
+        <v>3703</v>
       </c>
       <c r="B1508" t="s">
-        <v>1981</v>
+        <v>3704</v>
       </c>
       <c r="C1508"/>
       <c r="D1508"/>
       <c r="E1508"/>
       <c r="F1508"/>
     </row>
     <row r="1509" spans="1:6">
       <c r="A1509" t="s">
-        <v>3723</v>
+        <v>3705</v>
       </c>
       <c r="B1509" t="s">
-        <v>3724</v>
-[...3 lines deleted...]
-      <c r="E1509"/>
+        <v>3706</v>
+      </c>
+      <c r="C1509">
+        <v>4453720</v>
+      </c>
+      <c r="D1509">
+        <v>116</v>
+      </c>
+      <c r="E1509" t="s">
+        <v>3707</v>
+      </c>
       <c r="F1509" t="s">
-        <v>3725</v>
+        <v>3708</v>
       </c>
     </row>
     <row r="1510" spans="1:6">
       <c r="A1510" t="s">
-        <v>3726</v>
+        <v>3705</v>
       </c>
       <c r="B1510" t="s">
-        <v>2078</v>
+        <v>3709</v>
       </c>
       <c r="C1510"/>
       <c r="D1510"/>
-      <c r="E1510"/>
+      <c r="E1510" t="s">
+        <v>3710</v>
+      </c>
       <c r="F1510" t="s">
-        <v>3727</v>
+        <v>3711</v>
       </c>
     </row>
     <row r="1511" spans="1:6">
       <c r="A1511" t="s">
-        <v>3728</v>
+        <v>3712</v>
       </c>
       <c r="B1511" t="s">
-        <v>1898</v>
+        <v>3713</v>
       </c>
       <c r="C1511"/>
       <c r="D1511"/>
       <c r="E1511"/>
       <c r="F1511" t="s">
-        <v>3729</v>
+        <v>3714</v>
       </c>
     </row>
     <row r="1512" spans="1:6">
       <c r="A1512" t="s">
-        <v>3730</v>
+        <v>3715</v>
       </c>
       <c r="B1512" t="s">
-        <v>3731</v>
+        <v>3716</v>
       </c>
       <c r="C1512"/>
       <c r="D1512"/>
       <c r="E1512"/>
       <c r="F1512" t="s">
-        <v>3732</v>
+        <v>3717</v>
       </c>
     </row>
     <row r="1513" spans="1:6">
       <c r="A1513" t="s">
-        <v>3733</v>
+        <v>3718</v>
       </c>
       <c r="B1513" t="s">
-        <v>3734</v>
+        <v>2028</v>
       </c>
       <c r="C1513"/>
       <c r="D1513"/>
       <c r="E1513"/>
       <c r="F1513" t="s">
-        <v>3735</v>
+        <v>3719</v>
       </c>
     </row>
     <row r="1514" spans="1:6">
       <c r="A1514" t="s">
-        <v>3736</v>
+        <v>3720</v>
       </c>
       <c r="B1514" t="s">
-        <v>3737</v>
-[...2 lines deleted...]
-      <c r="D1514"/>
+        <v>1849</v>
+      </c>
+      <c r="C1514">
+        <v>4453720</v>
+      </c>
+      <c r="D1514">
+        <v>105</v>
+      </c>
       <c r="E1514"/>
       <c r="F1514" t="s">
-        <v>3738</v>
+        <v>3721</v>
       </c>
     </row>
     <row r="1515" spans="1:6">
       <c r="A1515" t="s">
-        <v>3739</v>
+        <v>3722</v>
       </c>
       <c r="B1515" t="s">
-        <v>3740</v>
+        <v>1981</v>
       </c>
       <c r="C1515"/>
       <c r="D1515"/>
       <c r="E1515"/>
-      <c r="F1515" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1515"/>
     </row>
     <row r="1516" spans="1:6">
       <c r="A1516" t="s">
-        <v>3742</v>
+        <v>3723</v>
       </c>
       <c r="B1516" t="s">
-        <v>3743</v>
+        <v>3724</v>
       </c>
       <c r="C1516"/>
       <c r="D1516"/>
       <c r="E1516"/>
       <c r="F1516" t="s">
-        <v>3744</v>
+        <v>3725</v>
       </c>
     </row>
     <row r="1517" spans="1:6">
       <c r="A1517" t="s">
-        <v>3745</v>
+        <v>3726</v>
       </c>
       <c r="B1517" t="s">
-        <v>3746</v>
+        <v>2078</v>
       </c>
       <c r="C1517"/>
       <c r="D1517"/>
       <c r="E1517"/>
-      <c r="F1517"/>
+      <c r="F1517" t="s">
+        <v>3727</v>
+      </c>
     </row>
     <row r="1518" spans="1:6">
       <c r="A1518" t="s">
-        <v>3747</v>
+        <v>3728</v>
       </c>
       <c r="B1518" t="s">
-        <v>3748</v>
+        <v>1898</v>
       </c>
       <c r="C1518"/>
       <c r="D1518"/>
       <c r="E1518"/>
       <c r="F1518" t="s">
-        <v>3749</v>
+        <v>3729</v>
       </c>
     </row>
     <row r="1519" spans="1:6">
       <c r="A1519" t="s">
-        <v>3750</v>
+        <v>3730</v>
       </c>
       <c r="B1519" t="s">
-        <v>3751</v>
+        <v>3731</v>
       </c>
       <c r="C1519"/>
       <c r="D1519"/>
       <c r="E1519"/>
       <c r="F1519" t="s">
-        <v>3752</v>
+        <v>3732</v>
       </c>
     </row>
     <row r="1520" spans="1:6">
       <c r="A1520" t="s">
-        <v>3753</v>
+        <v>3733</v>
       </c>
       <c r="B1520" t="s">
-        <v>3754</v>
+        <v>3734</v>
       </c>
       <c r="C1520"/>
       <c r="D1520"/>
       <c r="E1520"/>
       <c r="F1520" t="s">
-        <v>3755</v>
+        <v>3735</v>
       </c>
     </row>
     <row r="1521" spans="1:6">
       <c r="A1521" t="s">
-        <v>3756</v>
+        <v>3736</v>
       </c>
       <c r="B1521" t="s">
-        <v>3757</v>
+        <v>3737</v>
       </c>
       <c r="C1521"/>
       <c r="D1521"/>
       <c r="E1521"/>
       <c r="F1521" t="s">
-        <v>3758</v>
+        <v>3738</v>
       </c>
     </row>
     <row r="1522" spans="1:6">
       <c r="A1522" t="s">
-        <v>3759</v>
+        <v>3739</v>
       </c>
       <c r="B1522" t="s">
-        <v>3760</v>
+        <v>3740</v>
       </c>
       <c r="C1522"/>
       <c r="D1522"/>
       <c r="E1522"/>
       <c r="F1522" t="s">
-        <v>3761</v>
+        <v>3741</v>
       </c>
     </row>
     <row r="1523" spans="1:6">
       <c r="A1523" t="s">
-        <v>3762</v>
+        <v>3742</v>
       </c>
       <c r="B1523" t="s">
-        <v>3763</v>
+        <v>3743</v>
       </c>
       <c r="C1523"/>
       <c r="D1523"/>
       <c r="E1523"/>
       <c r="F1523" t="s">
-        <v>3764</v>
+        <v>3744</v>
       </c>
     </row>
     <row r="1524" spans="1:6">
       <c r="A1524" t="s">
-        <v>3765</v>
+        <v>3745</v>
       </c>
       <c r="B1524" t="s">
-        <v>3766</v>
+        <v>3746</v>
       </c>
       <c r="C1524"/>
       <c r="D1524"/>
       <c r="E1524"/>
-      <c r="F1524" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1524"/>
     </row>
     <row r="1525" spans="1:6">
       <c r="A1525" t="s">
-        <v>3768</v>
+        <v>3747</v>
       </c>
       <c r="B1525" t="s">
-        <v>3769</v>
+        <v>3748</v>
       </c>
       <c r="C1525"/>
       <c r="D1525"/>
       <c r="E1525"/>
       <c r="F1525" t="s">
-        <v>3770</v>
+        <v>3749</v>
       </c>
     </row>
     <row r="1526" spans="1:6">
       <c r="A1526" t="s">
-        <v>3771</v>
+        <v>3750</v>
       </c>
       <c r="B1526" t="s">
-        <v>2600</v>
+        <v>3751</v>
       </c>
       <c r="C1526"/>
       <c r="D1526"/>
       <c r="E1526"/>
       <c r="F1526" t="s">
-        <v>3772</v>
+        <v>3752</v>
       </c>
     </row>
     <row r="1527" spans="1:6">
       <c r="A1527" t="s">
-        <v>3773</v>
+        <v>3753</v>
       </c>
       <c r="B1527" t="s">
-        <v>2598</v>
+        <v>3754</v>
       </c>
       <c r="C1527"/>
       <c r="D1527"/>
       <c r="E1527"/>
       <c r="F1527" t="s">
-        <v>3774</v>
+        <v>3755</v>
       </c>
     </row>
     <row r="1528" spans="1:6">
       <c r="A1528" t="s">
-        <v>3775</v>
+        <v>3756</v>
       </c>
       <c r="B1528" t="s">
-        <v>3776</v>
+        <v>3757</v>
       </c>
       <c r="C1528"/>
       <c r="D1528"/>
       <c r="E1528"/>
       <c r="F1528" t="s">
-        <v>3777</v>
+        <v>3758</v>
       </c>
     </row>
     <row r="1529" spans="1:6">
       <c r="A1529" t="s">
-        <v>3778</v>
+        <v>3759</v>
       </c>
       <c r="B1529" t="s">
-        <v>3779</v>
+        <v>3760</v>
       </c>
       <c r="C1529"/>
       <c r="D1529"/>
       <c r="E1529"/>
       <c r="F1529" t="s">
-        <v>3780</v>
+        <v>3761</v>
       </c>
     </row>
     <row r="1530" spans="1:6">
       <c r="A1530" t="s">
-        <v>3781</v>
+        <v>3762</v>
       </c>
       <c r="B1530" t="s">
-        <v>3782</v>
+        <v>3763</v>
       </c>
       <c r="C1530"/>
       <c r="D1530"/>
       <c r="E1530"/>
       <c r="F1530" t="s">
-        <v>3783</v>
+        <v>3764</v>
       </c>
     </row>
     <row r="1531" spans="1:6">
       <c r="A1531" t="s">
-        <v>3784</v>
+        <v>3765</v>
       </c>
       <c r="B1531" t="s">
-        <v>3785</v>
+        <v>3766</v>
       </c>
       <c r="C1531"/>
       <c r="D1531"/>
       <c r="E1531"/>
       <c r="F1531" t="s">
-        <v>3786</v>
+        <v>3767</v>
       </c>
     </row>
     <row r="1532" spans="1:6">
       <c r="A1532" t="s">
-        <v>3787</v>
+        <v>3768</v>
       </c>
       <c r="B1532" t="s">
-        <v>3788</v>
+        <v>3769</v>
       </c>
       <c r="C1532"/>
       <c r="D1532"/>
       <c r="E1532"/>
       <c r="F1532" t="s">
-        <v>3789</v>
+        <v>3770</v>
       </c>
     </row>
     <row r="1533" spans="1:6">
       <c r="A1533" t="s">
-        <v>3790</v>
+        <v>3771</v>
       </c>
       <c r="B1533" t="s">
-        <v>3791</v>
+        <v>2600</v>
       </c>
       <c r="C1533"/>
       <c r="D1533"/>
       <c r="E1533"/>
       <c r="F1533" t="s">
-        <v>3792</v>
+        <v>3772</v>
       </c>
     </row>
     <row r="1534" spans="1:6">
       <c r="A1534" t="s">
-        <v>3793</v>
+        <v>3773</v>
       </c>
       <c r="B1534" t="s">
-        <v>3794</v>
+        <v>2598</v>
       </c>
       <c r="C1534"/>
       <c r="D1534"/>
       <c r="E1534"/>
       <c r="F1534" t="s">
-        <v>3795</v>
+        <v>3774</v>
       </c>
     </row>
     <row r="1535" spans="1:6">
       <c r="A1535" t="s">
-        <v>3796</v>
+        <v>3775</v>
       </c>
       <c r="B1535" t="s">
-        <v>3797</v>
+        <v>3776</v>
       </c>
       <c r="C1535"/>
       <c r="D1535"/>
       <c r="E1535"/>
-      <c r="F1535"/>
+      <c r="F1535" t="s">
+        <v>3777</v>
+      </c>
     </row>
     <row r="1536" spans="1:6">
       <c r="A1536" t="s">
-        <v>3796</v>
+        <v>3778</v>
       </c>
       <c r="B1536" t="s">
-        <v>1826</v>
+        <v>3779</v>
       </c>
       <c r="C1536"/>
       <c r="D1536"/>
       <c r="E1536"/>
-      <c r="F1536"/>
+      <c r="F1536" t="s">
+        <v>3780</v>
+      </c>
     </row>
     <row r="1537" spans="1:6">
       <c r="A1537" t="s">
-        <v>3798</v>
+        <v>3781</v>
       </c>
       <c r="B1537" t="s">
-        <v>3799</v>
+        <v>3782</v>
       </c>
       <c r="C1537"/>
       <c r="D1537"/>
       <c r="E1537"/>
-      <c r="F1537"/>
+      <c r="F1537" t="s">
+        <v>3783</v>
+      </c>
     </row>
     <row r="1538" spans="1:6">
       <c r="A1538" t="s">
-        <v>3800</v>
+        <v>3784</v>
       </c>
       <c r="B1538" t="s">
-        <v>3801</v>
+        <v>3785</v>
       </c>
       <c r="C1538"/>
       <c r="D1538"/>
       <c r="E1538"/>
-      <c r="F1538"/>
+      <c r="F1538" t="s">
+        <v>3786</v>
+      </c>
     </row>
     <row r="1539" spans="1:6">
       <c r="A1539" t="s">
-        <v>3802</v>
+        <v>3787</v>
       </c>
       <c r="B1539" t="s">
-        <v>3803</v>
+        <v>3788</v>
       </c>
       <c r="C1539"/>
       <c r="D1539"/>
       <c r="E1539"/>
-      <c r="F1539"/>
+      <c r="F1539" t="s">
+        <v>3789</v>
+      </c>
     </row>
     <row r="1540" spans="1:6">
       <c r="A1540" t="s">
-        <v>3804</v>
+        <v>3790</v>
       </c>
       <c r="B1540" t="s">
-        <v>3805</v>
+        <v>3791</v>
       </c>
       <c r="C1540"/>
       <c r="D1540"/>
       <c r="E1540"/>
-      <c r="F1540"/>
+      <c r="F1540" t="s">
+        <v>3792</v>
+      </c>
     </row>
     <row r="1541" spans="1:6">
       <c r="A1541" t="s">
-        <v>3806</v>
+        <v>3793</v>
       </c>
       <c r="B1541" t="s">
-        <v>1826</v>
+        <v>3794</v>
       </c>
       <c r="C1541"/>
       <c r="D1541"/>
       <c r="E1541"/>
-      <c r="F1541"/>
+      <c r="F1541" t="s">
+        <v>3795</v>
+      </c>
     </row>
     <row r="1542" spans="1:6">
       <c r="A1542" t="s">
-        <v>3806</v>
+        <v>3796</v>
       </c>
       <c r="B1542" t="s">
-        <v>1826</v>
+        <v>3797</v>
       </c>
       <c r="C1542"/>
       <c r="D1542"/>
       <c r="E1542"/>
       <c r="F1542"/>
     </row>
     <row r="1543" spans="1:6">
       <c r="A1543" t="s">
-        <v>3806</v>
+        <v>3796</v>
       </c>
       <c r="B1543" t="s">
         <v>1826</v>
       </c>
       <c r="C1543"/>
       <c r="D1543"/>
-      <c r="E1543" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1543"/>
       <c r="F1543"/>
     </row>
     <row r="1544" spans="1:6">
       <c r="A1544" t="s">
-        <v>3806</v>
+        <v>3798</v>
       </c>
       <c r="B1544" t="s">
-        <v>3289</v>
+        <v>3799</v>
       </c>
       <c r="C1544"/>
       <c r="D1544"/>
       <c r="E1544"/>
       <c r="F1544"/>
     </row>
     <row r="1545" spans="1:6">
       <c r="A1545" t="s">
-        <v>3808</v>
+        <v>3800</v>
       </c>
       <c r="B1545" t="s">
-        <v>3809</v>
-[...12 lines deleted...]
-      </c>
+        <v>3801</v>
+      </c>
+      <c r="C1545"/>
+      <c r="D1545"/>
+      <c r="E1545"/>
+      <c r="F1545"/>
     </row>
     <row r="1546" spans="1:6">
       <c r="A1546" t="s">
-        <v>3811</v>
+        <v>3802</v>
       </c>
       <c r="B1546" t="s">
-        <v>801</v>
+        <v>3803</v>
       </c>
       <c r="C1546"/>
       <c r="D1546"/>
       <c r="E1546"/>
-      <c r="F1546" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1546"/>
     </row>
     <row r="1547" spans="1:6">
       <c r="A1547" t="s">
-        <v>3813</v>
+        <v>3804</v>
       </c>
       <c r="B1547" t="s">
-        <v>372</v>
+        <v>3805</v>
       </c>
       <c r="C1547"/>
       <c r="D1547"/>
-      <c r="E1547" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E1547"/>
+      <c r="F1547"/>
     </row>
     <row r="1548" spans="1:6">
       <c r="A1548" t="s">
-        <v>3816</v>
+        <v>3806</v>
       </c>
       <c r="B1548" t="s">
-        <v>375</v>
+        <v>1826</v>
       </c>
       <c r="C1548"/>
       <c r="D1548"/>
       <c r="E1548"/>
-      <c r="F1548" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1548"/>
     </row>
     <row r="1549" spans="1:6">
       <c r="A1549" t="s">
-        <v>3818</v>
+        <v>3806</v>
       </c>
       <c r="B1549" t="s">
-        <v>3819</v>
+        <v>1826</v>
       </c>
       <c r="C1549"/>
       <c r="D1549"/>
       <c r="E1549"/>
-      <c r="F1549" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1549"/>
     </row>
     <row r="1550" spans="1:6">
       <c r="A1550" t="s">
-        <v>3821</v>
+        <v>3806</v>
       </c>
       <c r="B1550" t="s">
-        <v>3822</v>
+        <v>1826</v>
       </c>
       <c r="C1550"/>
       <c r="D1550"/>
-      <c r="E1550"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E1550" t="s">
+        <v>3807</v>
+      </c>
+      <c r="F1550"/>
     </row>
     <row r="1551" spans="1:6">
       <c r="A1551" t="s">
-        <v>3824</v>
+        <v>3806</v>
       </c>
       <c r="B1551" t="s">
-        <v>3825</v>
+        <v>3289</v>
       </c>
       <c r="C1551"/>
       <c r="D1551"/>
       <c r="E1551"/>
-      <c r="F1551" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1551"/>
     </row>
     <row r="1552" spans="1:6">
       <c r="A1552" t="s">
-        <v>3827</v>
+        <v>3808</v>
       </c>
       <c r="B1552" t="s">
-        <v>3828</v>
-[...4 lines deleted...]
-      <c r="F1552"/>
+        <v>3809</v>
+      </c>
+      <c r="C1552">
+        <v>4448017</v>
+      </c>
+      <c r="D1552">
+        <v>8017</v>
+      </c>
+      <c r="E1552" t="s">
+        <v>684</v>
+      </c>
+      <c r="F1552" t="s">
+        <v>3810</v>
+      </c>
     </row>
     <row r="1553" spans="1:6">
       <c r="A1553" t="s">
-        <v>3829</v>
+        <v>3811</v>
       </c>
       <c r="B1553" t="s">
-        <v>3830</v>
+        <v>801</v>
       </c>
       <c r="C1553"/>
       <c r="D1553"/>
       <c r="E1553"/>
       <c r="F1553" t="s">
-        <v>3831</v>
+        <v>3812</v>
       </c>
     </row>
     <row r="1554" spans="1:6">
       <c r="A1554" t="s">
-        <v>3832</v>
+        <v>3813</v>
       </c>
       <c r="B1554" t="s">
-        <v>3833</v>
+        <v>372</v>
       </c>
       <c r="C1554"/>
       <c r="D1554"/>
-      <c r="E1554"/>
+      <c r="E1554" t="s">
+        <v>3814</v>
+      </c>
       <c r="F1554" t="s">
-        <v>3834</v>
+        <v>3815</v>
       </c>
     </row>
     <row r="1555" spans="1:6">
       <c r="A1555" t="s">
-        <v>3835</v>
+        <v>3816</v>
       </c>
       <c r="B1555" t="s">
-        <v>3836</v>
+        <v>375</v>
       </c>
       <c r="C1555"/>
       <c r="D1555"/>
       <c r="E1555"/>
       <c r="F1555" t="s">
-        <v>3837</v>
+        <v>3817</v>
       </c>
     </row>
     <row r="1556" spans="1:6">
       <c r="A1556" t="s">
-        <v>3838</v>
+        <v>3818</v>
       </c>
       <c r="B1556" t="s">
-        <v>3839</v>
+        <v>3819</v>
       </c>
       <c r="C1556"/>
       <c r="D1556"/>
       <c r="E1556"/>
       <c r="F1556" t="s">
-        <v>3840</v>
+        <v>3820</v>
       </c>
     </row>
     <row r="1557" spans="1:6">
       <c r="A1557" t="s">
-        <v>3841</v>
+        <v>3821</v>
       </c>
       <c r="B1557" t="s">
-        <v>3842</v>
+        <v>3822</v>
       </c>
       <c r="C1557"/>
       <c r="D1557"/>
       <c r="E1557"/>
       <c r="F1557" t="s">
-        <v>3843</v>
+        <v>3823</v>
       </c>
     </row>
     <row r="1558" spans="1:6">
       <c r="A1558" t="s">
-        <v>3844</v>
+        <v>3824</v>
       </c>
       <c r="B1558" t="s">
-        <v>3845</v>
+        <v>3825</v>
       </c>
       <c r="C1558"/>
       <c r="D1558"/>
-      <c r="E1558" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1558"/>
       <c r="F1558" t="s">
-        <v>3847</v>
+        <v>3826</v>
       </c>
     </row>
     <row r="1559" spans="1:6">
       <c r="A1559" t="s">
-        <v>3848</v>
+        <v>3827</v>
       </c>
       <c r="B1559" t="s">
-        <v>3849</v>
+        <v>3828</v>
       </c>
       <c r="C1559"/>
       <c r="D1559"/>
       <c r="E1559"/>
       <c r="F1559"/>
     </row>
     <row r="1560" spans="1:6">
       <c r="A1560" t="s">
-        <v>3850</v>
+        <v>3829</v>
       </c>
       <c r="B1560" t="s">
-        <v>627</v>
+        <v>3830</v>
       </c>
       <c r="C1560"/>
       <c r="D1560"/>
       <c r="E1560"/>
-      <c r="F1560"/>
+      <c r="F1560" t="s">
+        <v>3831</v>
+      </c>
     </row>
     <row r="1561" spans="1:6">
       <c r="A1561" t="s">
-        <v>3851</v>
+        <v>3832</v>
       </c>
       <c r="B1561" t="s">
-        <v>3852</v>
+        <v>3833</v>
       </c>
       <c r="C1561"/>
       <c r="D1561"/>
       <c r="E1561"/>
-      <c r="F1561"/>
+      <c r="F1561" t="s">
+        <v>3834</v>
+      </c>
     </row>
     <row r="1562" spans="1:6">
       <c r="A1562" t="s">
-        <v>3853</v>
+        <v>3835</v>
       </c>
       <c r="B1562" t="s">
-        <v>3854</v>
+        <v>3836</v>
       </c>
       <c r="C1562"/>
       <c r="D1562"/>
       <c r="E1562"/>
-      <c r="F1562"/>
+      <c r="F1562" t="s">
+        <v>3837</v>
+      </c>
     </row>
     <row r="1563" spans="1:6">
       <c r="A1563" t="s">
-        <v>3855</v>
+        <v>3838</v>
       </c>
       <c r="B1563" t="s">
-        <v>3856</v>
+        <v>3839</v>
       </c>
       <c r="C1563"/>
       <c r="D1563"/>
       <c r="E1563"/>
-      <c r="F1563"/>
+      <c r="F1563" t="s">
+        <v>3840</v>
+      </c>
     </row>
     <row r="1564" spans="1:6">
       <c r="A1564" t="s">
-        <v>3857</v>
+        <v>3841</v>
       </c>
       <c r="B1564" t="s">
-        <v>3858</v>
+        <v>3842</v>
       </c>
       <c r="C1564"/>
       <c r="D1564"/>
       <c r="E1564"/>
-      <c r="F1564"/>
+      <c r="F1564" t="s">
+        <v>3843</v>
+      </c>
     </row>
     <row r="1565" spans="1:6">
       <c r="A1565" t="s">
-        <v>3859</v>
+        <v>3844</v>
       </c>
       <c r="B1565" t="s">
-        <v>3860</v>
+        <v>3845</v>
       </c>
       <c r="C1565"/>
       <c r="D1565"/>
-      <c r="E1565"/>
-      <c r="F1565"/>
+      <c r="E1565" t="s">
+        <v>3846</v>
+      </c>
+      <c r="F1565" t="s">
+        <v>3847</v>
+      </c>
     </row>
     <row r="1566" spans="1:6">
       <c r="A1566" t="s">
-        <v>3861</v>
+        <v>3848</v>
       </c>
       <c r="B1566" t="s">
-        <v>3862</v>
-[...3 lines deleted...]
-      </c>
+        <v>3849</v>
+      </c>
+      <c r="C1566"/>
       <c r="D1566"/>
-      <c r="E1566" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E1566"/>
+      <c r="F1566"/>
     </row>
     <row r="1567" spans="1:6">
       <c r="A1567" t="s">
-        <v>3861</v>
+        <v>3850</v>
       </c>
       <c r="B1567" t="s">
-        <v>3289</v>
+        <v>627</v>
       </c>
       <c r="C1567"/>
       <c r="D1567"/>
       <c r="E1567"/>
-      <c r="F1567" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1567"/>
     </row>
     <row r="1568" spans="1:6">
       <c r="A1568" t="s">
-        <v>3867</v>
+        <v>3851</v>
       </c>
       <c r="B1568" t="s">
-        <v>3868</v>
+        <v>3852</v>
       </c>
       <c r="C1568"/>
       <c r="D1568"/>
       <c r="E1568"/>
       <c r="F1568"/>
     </row>
     <row r="1569" spans="1:6">
       <c r="A1569" t="s">
-        <v>3869</v>
+        <v>3853</v>
       </c>
       <c r="B1569" t="s">
-        <v>3870</v>
+        <v>3854</v>
       </c>
       <c r="C1569"/>
       <c r="D1569"/>
       <c r="E1569"/>
       <c r="F1569"/>
     </row>
     <row r="1570" spans="1:6">
       <c r="A1570" t="s">
-        <v>3871</v>
+        <v>3855</v>
       </c>
       <c r="B1570" t="s">
-        <v>3872</v>
+        <v>3856</v>
       </c>
       <c r="C1570"/>
       <c r="D1570"/>
       <c r="E1570"/>
       <c r="F1570"/>
     </row>
     <row r="1571" spans="1:6">
       <c r="A1571" t="s">
-        <v>3873</v>
+        <v>3857</v>
       </c>
       <c r="B1571" t="s">
-        <v>3874</v>
+        <v>3858</v>
       </c>
       <c r="C1571"/>
       <c r="D1571"/>
       <c r="E1571"/>
       <c r="F1571"/>
     </row>
     <row r="1572" spans="1:6">
       <c r="A1572" t="s">
-        <v>3875</v>
+        <v>3859</v>
       </c>
       <c r="B1572" t="s">
-        <v>1846</v>
+        <v>3860</v>
       </c>
       <c r="C1572"/>
       <c r="D1572"/>
       <c r="E1572"/>
       <c r="F1572"/>
     </row>
     <row r="1573" spans="1:6">
-      <c r="A1573"/>
+      <c r="A1573" t="s">
+        <v>3861</v>
+      </c>
       <c r="B1573" t="s">
-        <v>3876</v>
-[...1 lines deleted...]
-      <c r="C1573"/>
+        <v>3862</v>
+      </c>
+      <c r="C1573" t="s">
+        <v>3863</v>
+      </c>
       <c r="D1573"/>
-      <c r="E1573"/>
+      <c r="E1573" t="s">
+        <v>3864</v>
+      </c>
       <c r="F1573" t="s">
-        <v>3877</v>
+        <v>3865</v>
       </c>
     </row>
     <row r="1574" spans="1:6">
-      <c r="A1574"/>
+      <c r="A1574" t="s">
+        <v>3861</v>
+      </c>
       <c r="B1574" t="s">
-        <v>3878</v>
+        <v>3289</v>
       </c>
       <c r="C1574"/>
       <c r="D1574"/>
-      <c r="E1574" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1574"/>
       <c r="F1574" t="s">
-        <v>3880</v>
+        <v>3866</v>
       </c>
     </row>
     <row r="1575" spans="1:6">
-      <c r="A1575"/>
+      <c r="A1575" t="s">
+        <v>3867</v>
+      </c>
       <c r="B1575" t="s">
-        <v>3881</v>
+        <v>3868</v>
       </c>
       <c r="C1575"/>
       <c r="D1575"/>
       <c r="E1575"/>
       <c r="F1575"/>
     </row>
     <row r="1576" spans="1:6">
-      <c r="A1576"/>
+      <c r="A1576" t="s">
+        <v>3869</v>
+      </c>
       <c r="B1576" t="s">
-        <v>3882</v>
+        <v>3870</v>
       </c>
       <c r="C1576"/>
       <c r="D1576"/>
       <c r="E1576"/>
       <c r="F1576"/>
     </row>
     <row r="1577" spans="1:6">
-      <c r="A1577"/>
+      <c r="A1577" t="s">
+        <v>3871</v>
+      </c>
       <c r="B1577" t="s">
-        <v>3883</v>
+        <v>3872</v>
       </c>
       <c r="C1577"/>
       <c r="D1577"/>
-      <c r="E1577" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E1577"/>
+      <c r="F1577"/>
     </row>
     <row r="1578" spans="1:6">
       <c r="A1578" t="s">
-        <v>3886</v>
+        <v>3873</v>
       </c>
       <c r="B1578" t="s">
-        <v>1826</v>
+        <v>3874</v>
       </c>
       <c r="C1578"/>
       <c r="D1578"/>
       <c r="E1578"/>
-      <c r="F1578" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1578"/>
     </row>
     <row r="1579" spans="1:6">
       <c r="A1579" t="s">
-        <v>3886</v>
+        <v>3875</v>
       </c>
       <c r="B1579" t="s">
-        <v>1826</v>
+        <v>1846</v>
       </c>
       <c r="C1579"/>
       <c r="D1579"/>
       <c r="E1579"/>
-      <c r="F1579" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1579"/>
     </row>
     <row r="1580" spans="1:6">
       <c r="A1580"/>
       <c r="B1580" t="s">
-        <v>3889</v>
+        <v>3876</v>
       </c>
       <c r="C1580"/>
       <c r="D1580"/>
-      <c r="E1580" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1580"/>
       <c r="F1580" t="s">
-        <v>3891</v>
+        <v>3877</v>
       </c>
     </row>
     <row r="1581" spans="1:6">
       <c r="A1581"/>
       <c r="B1581" t="s">
-        <v>3892</v>
+        <v>3878</v>
       </c>
       <c r="C1581"/>
       <c r="D1581"/>
-      <c r="E1581"/>
-      <c r="F1581"/>
+      <c r="E1581" t="s">
+        <v>3879</v>
+      </c>
+      <c r="F1581" t="s">
+        <v>3880</v>
+      </c>
     </row>
     <row r="1582" spans="1:6">
-      <c r="A1582" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1582"/>
       <c r="B1582" t="s">
-        <v>3709</v>
+        <v>3881</v>
       </c>
       <c r="C1582"/>
       <c r="D1582"/>
       <c r="E1582"/>
       <c r="F1582"/>
     </row>
     <row r="1583" spans="1:6">
       <c r="A1583"/>
       <c r="B1583" t="s">
-        <v>3894</v>
+        <v>3882</v>
       </c>
       <c r="C1583"/>
       <c r="D1583"/>
       <c r="E1583"/>
       <c r="F1583"/>
     </row>
     <row r="1584" spans="1:6">
       <c r="A1584"/>
       <c r="B1584" t="s">
-        <v>3895</v>
+        <v>3883</v>
       </c>
       <c r="C1584"/>
       <c r="D1584"/>
       <c r="E1584" t="s">
-        <v>3896</v>
+        <v>3884</v>
       </c>
       <c r="F1584" t="s">
-        <v>3897</v>
+        <v>3885</v>
       </c>
     </row>
     <row r="1585" spans="1:6">
       <c r="A1585" t="s">
-        <v>3898</v>
+        <v>3886</v>
       </c>
       <c r="B1585" t="s">
-        <v>3709</v>
+        <v>1826</v>
       </c>
       <c r="C1585"/>
       <c r="D1585"/>
       <c r="E1585"/>
-      <c r="F1585"/>
+      <c r="F1585" t="s">
+        <v>3887</v>
+      </c>
     </row>
     <row r="1586" spans="1:6">
-      <c r="A1586"/>
+      <c r="A1586" t="s">
+        <v>3886</v>
+      </c>
       <c r="B1586" t="s">
-        <v>3899</v>
+        <v>1826</v>
       </c>
       <c r="C1586"/>
       <c r="D1586"/>
-      <c r="E1586" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1586"/>
       <c r="F1586" t="s">
-        <v>3901</v>
+        <v>3888</v>
       </c>
     </row>
     <row r="1587" spans="1:6">
-      <c r="A1587" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1587"/>
       <c r="B1587" t="s">
-        <v>3709</v>
+        <v>3889</v>
       </c>
       <c r="C1587"/>
       <c r="D1587"/>
-      <c r="E1587"/>
+      <c r="E1587" t="s">
+        <v>3890</v>
+      </c>
       <c r="F1587" t="s">
-        <v>3903</v>
+        <v>3891</v>
       </c>
     </row>
     <row r="1588" spans="1:6">
       <c r="A1588"/>
       <c r="B1588" t="s">
-        <v>3904</v>
+        <v>3892</v>
       </c>
       <c r="C1588"/>
       <c r="D1588"/>
       <c r="E1588"/>
       <c r="F1588"/>
     </row>
     <row r="1589" spans="1:6">
-      <c r="A1589"/>
+      <c r="A1589" t="s">
+        <v>3893</v>
+      </c>
       <c r="B1589" t="s">
-        <v>3905</v>
+        <v>3709</v>
       </c>
       <c r="C1589"/>
       <c r="D1589"/>
       <c r="E1589"/>
       <c r="F1589"/>
     </row>
     <row r="1590" spans="1:6">
       <c r="A1590"/>
       <c r="B1590" t="s">
-        <v>3588</v>
+        <v>3894</v>
       </c>
       <c r="C1590"/>
       <c r="D1590"/>
       <c r="E1590"/>
       <c r="F1590"/>
     </row>
     <row r="1591" spans="1:6">
       <c r="A1591"/>
       <c r="B1591" t="s">
-        <v>1846</v>
+        <v>3895</v>
       </c>
       <c r="C1591"/>
       <c r="D1591"/>
-      <c r="E1591"/>
-      <c r="F1591"/>
+      <c r="E1591" t="s">
+        <v>3896</v>
+      </c>
+      <c r="F1591" t="s">
+        <v>3897</v>
+      </c>
     </row>
     <row r="1592" spans="1:6">
-      <c r="A1592"/>
+      <c r="A1592" t="s">
+        <v>3898</v>
+      </c>
       <c r="B1592" t="s">
-        <v>3906</v>
+        <v>3709</v>
       </c>
       <c r="C1592"/>
       <c r="D1592"/>
       <c r="E1592"/>
       <c r="F1592"/>
     </row>
     <row r="1593" spans="1:6">
       <c r="A1593"/>
       <c r="B1593" t="s">
-        <v>2078</v>
+        <v>3899</v>
       </c>
       <c r="C1593"/>
       <c r="D1593"/>
-      <c r="E1593"/>
-      <c r="F1593"/>
+      <c r="E1593" t="s">
+        <v>3900</v>
+      </c>
+      <c r="F1593" t="s">
+        <v>3901</v>
+      </c>
     </row>
     <row r="1594" spans="1:6">
-      <c r="A1594"/>
+      <c r="A1594" t="s">
+        <v>3902</v>
+      </c>
       <c r="B1594" t="s">
-        <v>3907</v>
+        <v>3709</v>
       </c>
       <c r="C1594"/>
       <c r="D1594"/>
       <c r="E1594"/>
-      <c r="F1594"/>
+      <c r="F1594" t="s">
+        <v>3903</v>
+      </c>
     </row>
     <row r="1595" spans="1:6">
       <c r="A1595"/>
       <c r="B1595" t="s">
-        <v>1898</v>
+        <v>3904</v>
       </c>
       <c r="C1595"/>
       <c r="D1595"/>
       <c r="E1595"/>
       <c r="F1595"/>
     </row>
     <row r="1596" spans="1:6">
       <c r="A1596"/>
       <c r="B1596" t="s">
-        <v>3597</v>
+        <v>3905</v>
       </c>
       <c r="C1596"/>
       <c r="D1596"/>
       <c r="E1596"/>
       <c r="F1596"/>
     </row>
     <row r="1597" spans="1:6">
       <c r="A1597"/>
       <c r="B1597" t="s">
-        <v>3615</v>
+        <v>3588</v>
       </c>
       <c r="C1597"/>
       <c r="D1597"/>
       <c r="E1597"/>
       <c r="F1597"/>
     </row>
     <row r="1598" spans="1:6">
       <c r="A1598"/>
       <c r="B1598" t="s">
-        <v>3908</v>
+        <v>1846</v>
       </c>
       <c r="C1598"/>
       <c r="D1598"/>
       <c r="E1598"/>
       <c r="F1598"/>
     </row>
     <row r="1599" spans="1:6">
       <c r="A1599"/>
       <c r="B1599" t="s">
-        <v>2632</v>
+        <v>3906</v>
       </c>
       <c r="C1599"/>
       <c r="D1599"/>
       <c r="E1599"/>
       <c r="F1599"/>
     </row>
     <row r="1600" spans="1:6">
       <c r="A1600"/>
       <c r="B1600" t="s">
-        <v>3600</v>
+        <v>2078</v>
       </c>
       <c r="C1600"/>
       <c r="D1600"/>
       <c r="E1600"/>
       <c r="F1600"/>
     </row>
     <row r="1601" spans="1:6">
       <c r="A1601"/>
       <c r="B1601" t="s">
-        <v>3592</v>
+        <v>3907</v>
       </c>
       <c r="C1601"/>
       <c r="D1601"/>
       <c r="E1601"/>
       <c r="F1601"/>
     </row>
     <row r="1602" spans="1:6">
       <c r="A1602"/>
       <c r="B1602" t="s">
-        <v>3582</v>
+        <v>1898</v>
       </c>
       <c r="C1602"/>
       <c r="D1602"/>
       <c r="E1602"/>
       <c r="F1602"/>
     </row>
     <row r="1603" spans="1:6">
-      <c r="A1603" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1603"/>
       <c r="B1603" t="s">
-        <v>3910</v>
-[...3 lines deleted...]
-      </c>
+        <v>3597</v>
+      </c>
+      <c r="C1603"/>
       <c r="D1603"/>
-      <c r="E1603" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E1603"/>
+      <c r="F1603"/>
     </row>
     <row r="1604" spans="1:6">
-      <c r="A1604" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1604"/>
       <c r="B1604" t="s">
-        <v>3914</v>
+        <v>3615</v>
       </c>
       <c r="C1604"/>
       <c r="D1604"/>
-      <c r="E1604" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E1604"/>
+      <c r="F1604"/>
     </row>
     <row r="1605" spans="1:6">
       <c r="A1605"/>
       <c r="B1605" t="s">
-        <v>3917</v>
+        <v>3908</v>
       </c>
       <c r="C1605"/>
       <c r="D1605"/>
       <c r="E1605"/>
-      <c r="F1605" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1605"/>
     </row>
     <row r="1606" spans="1:6">
       <c r="A1606"/>
       <c r="B1606" t="s">
-        <v>3917</v>
+        <v>2632</v>
       </c>
       <c r="C1606"/>
       <c r="D1606"/>
       <c r="E1606"/>
-      <c r="F1606" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1606"/>
     </row>
     <row r="1607" spans="1:6">
-      <c r="A1607" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1607"/>
       <c r="B1607" t="s">
-        <v>3921</v>
-[...12 lines deleted...]
-      </c>
+        <v>3600</v>
+      </c>
+      <c r="C1607"/>
+      <c r="D1607"/>
+      <c r="E1607"/>
+      <c r="F1607"/>
     </row>
     <row r="1608" spans="1:6">
       <c r="A1608"/>
       <c r="B1608" t="s">
-        <v>309</v>
+        <v>3592</v>
       </c>
       <c r="C1608"/>
       <c r="D1608"/>
       <c r="E1608"/>
       <c r="F1608"/>
     </row>
     <row r="1609" spans="1:6">
       <c r="A1609"/>
       <c r="B1609" t="s">
-        <v>3925</v>
+        <v>3582</v>
       </c>
       <c r="C1609"/>
       <c r="D1609"/>
       <c r="E1609"/>
       <c r="F1609"/>
     </row>
     <row r="1610" spans="1:6">
-      <c r="A1610"/>
+      <c r="A1610" t="s">
+        <v>3909</v>
+      </c>
       <c r="B1610" t="s">
-        <v>3926</v>
-[...1 lines deleted...]
-      <c r="C1610"/>
+        <v>3910</v>
+      </c>
+      <c r="C1610">
+        <v>3624902097</v>
+      </c>
       <c r="D1610"/>
-      <c r="E1610"/>
-      <c r="F1610"/>
+      <c r="E1610" t="s">
+        <v>3911</v>
+      </c>
+      <c r="F1610" t="s">
+        <v>3912</v>
+      </c>
     </row>
     <row r="1611" spans="1:6">
-      <c r="A1611"/>
+      <c r="A1611" t="s">
+        <v>3913</v>
+      </c>
       <c r="B1611" t="s">
-        <v>3927</v>
+        <v>3914</v>
       </c>
       <c r="C1611"/>
       <c r="D1611"/>
-      <c r="E1611"/>
-      <c r="F1611"/>
+      <c r="E1611" t="s">
+        <v>3915</v>
+      </c>
+      <c r="F1611" t="s">
+        <v>3916</v>
+      </c>
     </row>
     <row r="1612" spans="1:6">
       <c r="A1612"/>
       <c r="B1612" t="s">
-        <v>372</v>
+        <v>3917</v>
       </c>
       <c r="C1612"/>
       <c r="D1612"/>
       <c r="E1612"/>
-      <c r="F1612"/>
+      <c r="F1612" t="s">
+        <v>3918</v>
+      </c>
     </row>
     <row r="1613" spans="1:6">
       <c r="A1613"/>
       <c r="B1613" t="s">
-        <v>404</v>
+        <v>3917</v>
       </c>
       <c r="C1613"/>
       <c r="D1613"/>
       <c r="E1613"/>
-      <c r="F1613"/>
+      <c r="F1613" t="s">
+        <v>3919</v>
+      </c>
     </row>
     <row r="1614" spans="1:6">
-      <c r="A1614"/>
+      <c r="A1614" t="s">
+        <v>3920</v>
+      </c>
       <c r="B1614" t="s">
-        <v>393</v>
-[...4 lines deleted...]
-      <c r="F1614"/>
+        <v>3921</v>
+      </c>
+      <c r="C1614" t="s">
+        <v>3922</v>
+      </c>
+      <c r="D1614">
+        <v>8250</v>
+      </c>
+      <c r="E1614" t="s">
+        <v>3923</v>
+      </c>
+      <c r="F1614" t="s">
+        <v>3924</v>
+      </c>
     </row>
     <row r="1615" spans="1:6">
       <c r="A1615"/>
       <c r="B1615" t="s">
-        <v>3928</v>
+        <v>309</v>
       </c>
       <c r="C1615"/>
       <c r="D1615"/>
       <c r="E1615"/>
       <c r="F1615"/>
     </row>
     <row r="1616" spans="1:6">
       <c r="A1616"/>
       <c r="B1616" t="s">
-        <v>3929</v>
+        <v>3925</v>
       </c>
       <c r="C1616"/>
       <c r="D1616"/>
       <c r="E1616"/>
       <c r="F1616"/>
     </row>
     <row r="1617" spans="1:6">
       <c r="A1617"/>
       <c r="B1617" t="s">
-        <v>3930</v>
+        <v>3926</v>
       </c>
       <c r="C1617"/>
       <c r="D1617"/>
       <c r="E1617"/>
       <c r="F1617"/>
     </row>
     <row r="1618" spans="1:6">
       <c r="A1618"/>
       <c r="B1618" t="s">
-        <v>3931</v>
+        <v>3927</v>
       </c>
       <c r="C1618"/>
       <c r="D1618"/>
       <c r="E1618"/>
       <c r="F1618"/>
     </row>
     <row r="1619" spans="1:6">
       <c r="A1619"/>
       <c r="B1619" t="s">
-        <v>3932</v>
+        <v>372</v>
       </c>
       <c r="C1619"/>
       <c r="D1619"/>
       <c r="E1619"/>
       <c r="F1619"/>
     </row>
     <row r="1620" spans="1:6">
       <c r="A1620"/>
       <c r="B1620" t="s">
-        <v>3933</v>
+        <v>404</v>
       </c>
       <c r="C1620"/>
       <c r="D1620"/>
       <c r="E1620"/>
       <c r="F1620"/>
     </row>
     <row r="1621" spans="1:6">
       <c r="A1621"/>
       <c r="B1621" t="s">
-        <v>3934</v>
+        <v>393</v>
       </c>
       <c r="C1621"/>
       <c r="D1621"/>
       <c r="E1621"/>
       <c r="F1621"/>
     </row>
     <row r="1622" spans="1:6">
       <c r="A1622"/>
       <c r="B1622" t="s">
-        <v>3935</v>
+        <v>3928</v>
       </c>
       <c r="C1622"/>
       <c r="D1622"/>
       <c r="E1622"/>
       <c r="F1622"/>
     </row>
     <row r="1623" spans="1:6">
       <c r="A1623"/>
       <c r="B1623" t="s">
-        <v>3936</v>
+        <v>3929</v>
       </c>
       <c r="C1623"/>
       <c r="D1623"/>
       <c r="E1623"/>
       <c r="F1623"/>
     </row>
     <row r="1624" spans="1:6">
       <c r="A1624"/>
       <c r="B1624" t="s">
-        <v>3937</v>
+        <v>3930</v>
       </c>
       <c r="C1624"/>
       <c r="D1624"/>
       <c r="E1624"/>
       <c r="F1624"/>
     </row>
     <row r="1625" spans="1:6">
-      <c r="A1625" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1625"/>
       <c r="B1625" t="s">
-        <v>3939</v>
+        <v>3931</v>
       </c>
       <c r="C1625"/>
       <c r="D1625"/>
       <c r="E1625"/>
-      <c r="F1625" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1625"/>
     </row>
     <row r="1626" spans="1:6">
-      <c r="A1626" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1626"/>
       <c r="B1626" t="s">
-        <v>3942</v>
+        <v>3932</v>
       </c>
       <c r="C1626"/>
       <c r="D1626"/>
-      <c r="E1626" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E1626"/>
+      <c r="F1626"/>
     </row>
     <row r="1627" spans="1:6">
-      <c r="A1627" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1627"/>
       <c r="B1627" t="s">
-        <v>3289</v>
+        <v>3933</v>
       </c>
       <c r="C1627"/>
       <c r="D1627"/>
       <c r="E1627"/>
-      <c r="F1627" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1627"/>
     </row>
     <row r="1628" spans="1:6">
       <c r="A1628"/>
       <c r="B1628" t="s">
-        <v>3947</v>
+        <v>3934</v>
       </c>
       <c r="C1628"/>
       <c r="D1628"/>
-      <c r="E1628" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E1628"/>
+      <c r="F1628"/>
     </row>
     <row r="1629" spans="1:6">
-      <c r="A1629" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1629"/>
       <c r="B1629" t="s">
-        <v>3951</v>
-[...6 lines deleted...]
-      </c>
+        <v>3935</v>
+      </c>
+      <c r="C1629"/>
+      <c r="D1629"/>
       <c r="E1629"/>
-      <c r="F1629" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1629"/>
     </row>
     <row r="1630" spans="1:6">
-      <c r="A1630" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1630"/>
       <c r="B1630" t="s">
-        <v>3954</v>
+        <v>3936</v>
       </c>
       <c r="C1630"/>
       <c r="D1630"/>
-      <c r="E1630" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E1630"/>
+      <c r="F1630"/>
     </row>
     <row r="1631" spans="1:6">
-      <c r="A1631" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1631"/>
       <c r="B1631" t="s">
-        <v>1746</v>
-[...3 lines deleted...]
-      </c>
+        <v>3937</v>
+      </c>
+      <c r="C1631"/>
       <c r="D1631"/>
-      <c r="E1631" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E1631"/>
+      <c r="F1631"/>
     </row>
     <row r="1632" spans="1:6">
       <c r="A1632" t="s">
-        <v>3961</v>
+        <v>3938</v>
       </c>
       <c r="B1632" t="s">
-        <v>3962</v>
-[...3 lines deleted...]
-      </c>
+        <v>3939</v>
+      </c>
+      <c r="C1632"/>
       <c r="D1632"/>
       <c r="E1632"/>
-      <c r="F1632"/>
+      <c r="F1632" t="s">
+        <v>3940</v>
+      </c>
     </row>
     <row r="1633" spans="1:6">
       <c r="A1633" t="s">
-        <v>3963</v>
+        <v>3941</v>
       </c>
       <c r="B1633" t="s">
-        <v>3964</v>
-[...3 lines deleted...]
-      </c>
+        <v>3942</v>
+      </c>
+      <c r="C1633"/>
       <c r="D1633"/>
-      <c r="E1633"/>
-      <c r="F1633"/>
+      <c r="E1633" t="s">
+        <v>3943</v>
+      </c>
+      <c r="F1633" t="s">
+        <v>3944</v>
+      </c>
     </row>
     <row r="1634" spans="1:6">
       <c r="A1634" t="s">
-        <v>3965</v>
+        <v>3945</v>
       </c>
       <c r="B1634" t="s">
-        <v>3966</v>
-[...3 lines deleted...]
-      </c>
+        <v>3289</v>
+      </c>
+      <c r="C1634"/>
       <c r="D1634"/>
       <c r="E1634"/>
-      <c r="F1634"/>
+      <c r="F1634" t="s">
+        <v>3946</v>
+      </c>
     </row>
     <row r="1635" spans="1:6">
-      <c r="A1635" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1635"/>
       <c r="B1635" t="s">
-        <v>3968</v>
-[...3 lines deleted...]
-      </c>
+        <v>3947</v>
+      </c>
+      <c r="C1635"/>
       <c r="D1635"/>
-      <c r="E1635"/>
-      <c r="F1635"/>
+      <c r="E1635" t="s">
+        <v>3948</v>
+      </c>
+      <c r="F1635" t="s">
+        <v>3949</v>
+      </c>
     </row>
     <row r="1636" spans="1:6">
       <c r="A1636" t="s">
-        <v>3969</v>
+        <v>3950</v>
       </c>
       <c r="B1636" t="s">
-        <v>3970</v>
-[...5 lines deleted...]
-      </c>
+        <v>3951</v>
+      </c>
+      <c r="C1636">
+        <v>4448005</v>
+      </c>
+      <c r="D1636">
+        <v>8005</v>
+      </c>
+      <c r="E1636"/>
       <c r="F1636" t="s">
-        <v>3972</v>
+        <v>3952</v>
       </c>
     </row>
     <row r="1637" spans="1:6">
       <c r="A1637" t="s">
-        <v>3973</v>
+        <v>3953</v>
       </c>
       <c r="B1637" t="s">
-        <v>606</v>
+        <v>3954</v>
       </c>
       <c r="C1637"/>
       <c r="D1637"/>
-      <c r="E1637"/>
+      <c r="E1637" t="s">
+        <v>3955</v>
+      </c>
       <c r="F1637" t="s">
-        <v>3974</v>
+        <v>3956</v>
       </c>
     </row>
     <row r="1638" spans="1:6">
       <c r="A1638" t="s">
-        <v>3975</v>
+        <v>3957</v>
       </c>
       <c r="B1638" t="s">
-        <v>309</v>
-[...1 lines deleted...]
-      <c r="C1638"/>
+        <v>1746</v>
+      </c>
+      <c r="C1638" t="s">
+        <v>3958</v>
+      </c>
       <c r="D1638"/>
       <c r="E1638" t="s">
-        <v>474</v>
+        <v>3959</v>
       </c>
       <c r="F1638" t="s">
-        <v>3974</v>
+        <v>3960</v>
       </c>
     </row>
     <row r="1639" spans="1:6">
       <c r="A1639" t="s">
-        <v>3976</v>
+        <v>3961</v>
       </c>
       <c r="B1639" t="s">
-        <v>1220</v>
-[...1 lines deleted...]
-      <c r="C1639"/>
+        <v>3962</v>
+      </c>
+      <c r="C1639">
+        <v>4453829</v>
+      </c>
       <c r="D1639"/>
       <c r="E1639"/>
       <c r="F1639"/>
     </row>
     <row r="1640" spans="1:6">
       <c r="A1640" t="s">
-        <v>3977</v>
+        <v>3963</v>
       </c>
       <c r="B1640" t="s">
-        <v>3978</v>
-[...1 lines deleted...]
-      <c r="C1640"/>
+        <v>3964</v>
+      </c>
+      <c r="C1640" t="s">
+        <v>3958</v>
+      </c>
       <c r="D1640"/>
-      <c r="E1640" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E1640"/>
+      <c r="F1640"/>
     </row>
     <row r="1641" spans="1:6">
       <c r="A1641" t="s">
-        <v>3981</v>
+        <v>3965</v>
       </c>
       <c r="B1641" t="s">
-        <v>982</v>
-[...1 lines deleted...]
-      <c r="C1641"/>
+        <v>3966</v>
+      </c>
+      <c r="C1641">
+        <v>4453828</v>
+      </c>
       <c r="D1641"/>
       <c r="E1641"/>
-      <c r="F1641" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1641"/>
     </row>
     <row r="1642" spans="1:6">
       <c r="A1642" t="s">
-        <v>3983</v>
+        <v>3967</v>
       </c>
       <c r="B1642" t="s">
-        <v>435</v>
-[...1 lines deleted...]
-      <c r="C1642"/>
+        <v>3968</v>
+      </c>
+      <c r="C1642">
+        <v>4453829</v>
+      </c>
       <c r="D1642"/>
       <c r="E1642"/>
-      <c r="F1642" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1642"/>
     </row>
     <row r="1643" spans="1:6">
       <c r="A1643" t="s">
-        <v>3985</v>
+        <v>3969</v>
       </c>
       <c r="B1643" t="s">
-        <v>431</v>
+        <v>3970</v>
       </c>
       <c r="C1643"/>
       <c r="D1643"/>
-      <c r="E1643"/>
+      <c r="E1643" t="s">
+        <v>3971</v>
+      </c>
       <c r="F1643" t="s">
-        <v>3986</v>
+        <v>3972</v>
       </c>
     </row>
     <row r="1644" spans="1:6">
       <c r="A1644" t="s">
-        <v>3987</v>
+        <v>3973</v>
       </c>
       <c r="B1644" t="s">
-        <v>372</v>
+        <v>606</v>
       </c>
       <c r="C1644"/>
       <c r="D1644"/>
       <c r="E1644"/>
       <c r="F1644" t="s">
-        <v>3988</v>
+        <v>3974</v>
       </c>
     </row>
     <row r="1645" spans="1:6">
       <c r="A1645" t="s">
-        <v>3989</v>
+        <v>3975</v>
       </c>
       <c r="B1645" t="s">
-        <v>375</v>
+        <v>309</v>
       </c>
       <c r="C1645"/>
       <c r="D1645"/>
-      <c r="E1645"/>
+      <c r="E1645" t="s">
+        <v>474</v>
+      </c>
       <c r="F1645" t="s">
-        <v>3990</v>
+        <v>3974</v>
       </c>
     </row>
     <row r="1646" spans="1:6">
       <c r="A1646" t="s">
-        <v>3991</v>
+        <v>3976</v>
       </c>
       <c r="B1646" t="s">
-        <v>404</v>
+        <v>1220</v>
       </c>
       <c r="C1646"/>
       <c r="D1646"/>
       <c r="E1646"/>
-      <c r="F1646" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1646"/>
     </row>
     <row r="1647" spans="1:6">
       <c r="A1647" t="s">
-        <v>3993</v>
+        <v>3977</v>
       </c>
       <c r="B1647" t="s">
-        <v>396</v>
+        <v>3978</v>
       </c>
       <c r="C1647"/>
       <c r="D1647"/>
-      <c r="E1647"/>
+      <c r="E1647" t="s">
+        <v>3979</v>
+      </c>
       <c r="F1647" t="s">
-        <v>3994</v>
+        <v>3980</v>
       </c>
     </row>
     <row r="1648" spans="1:6">
       <c r="A1648" t="s">
-        <v>3995</v>
+        <v>3981</v>
       </c>
       <c r="B1648" t="s">
-        <v>400</v>
+        <v>982</v>
       </c>
       <c r="C1648"/>
       <c r="D1648"/>
       <c r="E1648"/>
-      <c r="F1648"/>
+      <c r="F1648" t="s">
+        <v>3982</v>
+      </c>
     </row>
     <row r="1649" spans="1:6">
       <c r="A1649" t="s">
-        <v>3996</v>
+        <v>3983</v>
       </c>
       <c r="B1649" t="s">
-        <v>3997</v>
+        <v>435</v>
       </c>
       <c r="C1649"/>
       <c r="D1649"/>
       <c r="E1649"/>
-      <c r="F1649"/>
+      <c r="F1649" t="s">
+        <v>3984</v>
+      </c>
     </row>
     <row r="1650" spans="1:6">
       <c r="A1650" t="s">
-        <v>3998</v>
+        <v>3985</v>
       </c>
       <c r="B1650" t="s">
-        <v>3999</v>
+        <v>431</v>
       </c>
       <c r="C1650"/>
       <c r="D1650"/>
       <c r="E1650"/>
-      <c r="F1650"/>
+      <c r="F1650" t="s">
+        <v>3986</v>
+      </c>
     </row>
     <row r="1651" spans="1:6">
       <c r="A1651" t="s">
-        <v>4000</v>
+        <v>3987</v>
       </c>
       <c r="B1651" t="s">
-        <v>4001</v>
+        <v>372</v>
       </c>
       <c r="C1651"/>
       <c r="D1651"/>
       <c r="E1651"/>
-      <c r="F1651"/>
+      <c r="F1651" t="s">
+        <v>3988</v>
+      </c>
     </row>
     <row r="1652" spans="1:6">
       <c r="A1652" t="s">
-        <v>4002</v>
+        <v>3989</v>
       </c>
       <c r="B1652" t="s">
-        <v>4003</v>
+        <v>375</v>
       </c>
       <c r="C1652"/>
       <c r="D1652"/>
-      <c r="E1652" t="s">
-[...2 lines deleted...]
-      <c r="F1652"/>
+      <c r="E1652"/>
+      <c r="F1652" t="s">
+        <v>3990</v>
+      </c>
     </row>
     <row r="1653" spans="1:6">
       <c r="A1653" t="s">
-        <v>4005</v>
+        <v>3991</v>
       </c>
       <c r="B1653" t="s">
-        <v>4006</v>
+        <v>404</v>
       </c>
       <c r="C1653"/>
       <c r="D1653"/>
       <c r="E1653"/>
       <c r="F1653" t="s">
-        <v>4007</v>
+        <v>3992</v>
       </c>
     </row>
     <row r="1654" spans="1:6">
       <c r="A1654" t="s">
-        <v>4008</v>
+        <v>3993</v>
       </c>
       <c r="B1654" t="s">
-        <v>4009</v>
+        <v>396</v>
       </c>
       <c r="C1654"/>
       <c r="D1654"/>
-      <c r="E1654" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1654"/>
       <c r="F1654" t="s">
-        <v>4011</v>
+        <v>3994</v>
       </c>
     </row>
     <row r="1655" spans="1:6">
       <c r="A1655" t="s">
-        <v>4012</v>
+        <v>3995</v>
       </c>
       <c r="B1655" t="s">
-        <v>4013</v>
+        <v>400</v>
       </c>
       <c r="C1655"/>
       <c r="D1655"/>
-      <c r="E1655" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E1655"/>
+      <c r="F1655"/>
     </row>
     <row r="1656" spans="1:6">
       <c r="A1656" t="s">
-        <v>4016</v>
+        <v>3996</v>
       </c>
       <c r="B1656" t="s">
-        <v>4017</v>
+        <v>3997</v>
       </c>
       <c r="C1656"/>
       <c r="D1656"/>
-      <c r="E1656" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E1656"/>
+      <c r="F1656"/>
     </row>
     <row r="1657" spans="1:6">
       <c r="A1657" t="s">
-        <v>4020</v>
+        <v>3998</v>
       </c>
       <c r="B1657" t="s">
-        <v>4021</v>
+        <v>3999</v>
       </c>
       <c r="C1657"/>
       <c r="D1657"/>
-      <c r="E1657" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E1657"/>
+      <c r="F1657"/>
     </row>
     <row r="1658" spans="1:6">
-      <c r="A1658"/>
+      <c r="A1658" t="s">
+        <v>4000</v>
+      </c>
       <c r="B1658" t="s">
-        <v>4024</v>
+        <v>4001</v>
       </c>
       <c r="C1658"/>
       <c r="D1658"/>
       <c r="E1658"/>
-      <c r="F1658" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1658"/>
     </row>
     <row r="1659" spans="1:6">
-      <c r="A1659"/>
+      <c r="A1659" t="s">
+        <v>4002</v>
+      </c>
       <c r="B1659" t="s">
-        <v>3709</v>
+        <v>4003</v>
       </c>
       <c r="C1659"/>
       <c r="D1659"/>
-      <c r="E1659"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E1659" t="s">
+        <v>4004</v>
+      </c>
+      <c r="F1659"/>
     </row>
     <row r="1660" spans="1:6">
-      <c r="A1660"/>
+      <c r="A1660" t="s">
+        <v>4005</v>
+      </c>
       <c r="B1660" t="s">
-        <v>4027</v>
+        <v>4006</v>
       </c>
       <c r="C1660"/>
       <c r="D1660"/>
       <c r="E1660"/>
       <c r="F1660" t="s">
-        <v>4028</v>
+        <v>4007</v>
       </c>
     </row>
     <row r="1661" spans="1:6">
-      <c r="A1661"/>
+      <c r="A1661" t="s">
+        <v>4008</v>
+      </c>
       <c r="B1661" t="s">
-        <v>4029</v>
+        <v>4009</v>
       </c>
       <c r="C1661"/>
       <c r="D1661"/>
-      <c r="E1661"/>
+      <c r="E1661" t="s">
+        <v>4010</v>
+      </c>
       <c r="F1661" t="s">
-        <v>4030</v>
+        <v>4011</v>
       </c>
     </row>
     <row r="1662" spans="1:6">
-      <c r="A1662"/>
+      <c r="A1662" t="s">
+        <v>4012</v>
+      </c>
       <c r="B1662" t="s">
-        <v>4031</v>
+        <v>4013</v>
       </c>
       <c r="C1662"/>
       <c r="D1662"/>
-      <c r="E1662"/>
+      <c r="E1662" t="s">
+        <v>4014</v>
+      </c>
       <c r="F1662" t="s">
-        <v>4032</v>
+        <v>4015</v>
       </c>
     </row>
     <row r="1663" spans="1:6">
-      <c r="A1663"/>
+      <c r="A1663" t="s">
+        <v>4016</v>
+      </c>
       <c r="B1663" t="s">
-        <v>4033</v>
+        <v>4017</v>
       </c>
       <c r="C1663"/>
       <c r="D1663"/>
-      <c r="E1663"/>
-      <c r="F1663"/>
+      <c r="E1663" t="s">
+        <v>4018</v>
+      </c>
+      <c r="F1663" t="s">
+        <v>4019</v>
+      </c>
     </row>
     <row r="1664" spans="1:6">
-      <c r="A1664"/>
+      <c r="A1664" t="s">
+        <v>4020</v>
+      </c>
       <c r="B1664" t="s">
-        <v>4034</v>
+        <v>4021</v>
       </c>
       <c r="C1664"/>
       <c r="D1664"/>
-      <c r="E1664"/>
-      <c r="F1664"/>
+      <c r="E1664" t="s">
+        <v>4022</v>
+      </c>
+      <c r="F1664" t="s">
+        <v>4023</v>
+      </c>
     </row>
     <row r="1665" spans="1:6">
-      <c r="A1665" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1665"/>
       <c r="B1665" t="s">
-        <v>4036</v>
+        <v>4024</v>
       </c>
       <c r="C1665"/>
       <c r="D1665"/>
-      <c r="E1665" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1665"/>
       <c r="F1665" t="s">
-        <v>106</v>
+        <v>4025</v>
       </c>
     </row>
     <row r="1666" spans="1:6">
-      <c r="A1666" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1666"/>
       <c r="B1666" t="s">
-        <v>4039</v>
-[...9 lines deleted...]
-      </c>
+        <v>3709</v>
+      </c>
+      <c r="C1666"/>
+      <c r="D1666"/>
+      <c r="E1666"/>
       <c r="F1666" t="s">
-        <v>272</v>
+        <v>4026</v>
       </c>
     </row>
     <row r="1667" spans="1:6">
-      <c r="A1667" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1667"/>
       <c r="B1667" t="s">
-        <v>4042</v>
+        <v>4027</v>
       </c>
       <c r="C1667"/>
       <c r="D1667"/>
-      <c r="E1667" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1667"/>
       <c r="F1667" t="s">
-        <v>4044</v>
+        <v>4028</v>
       </c>
     </row>
     <row r="1668" spans="1:6">
-      <c r="A1668" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1668"/>
       <c r="B1668" t="s">
-        <v>4046</v>
+        <v>4029</v>
       </c>
       <c r="C1668"/>
       <c r="D1668"/>
-      <c r="E1668" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1668"/>
       <c r="F1668" t="s">
-        <v>4048</v>
+        <v>4030</v>
       </c>
     </row>
     <row r="1669" spans="1:6">
       <c r="A1669"/>
       <c r="B1669" t="s">
-        <v>4049</v>
+        <v>4031</v>
       </c>
       <c r="C1669"/>
       <c r="D1669"/>
-      <c r="E1669" t="s">
-[...2 lines deleted...]
-      <c r="F1669"/>
+      <c r="E1669"/>
+      <c r="F1669" t="s">
+        <v>4032</v>
+      </c>
     </row>
     <row r="1670" spans="1:6">
       <c r="A1670"/>
       <c r="B1670" t="s">
-        <v>4050</v>
+        <v>4033</v>
       </c>
       <c r="C1670"/>
       <c r="D1670"/>
       <c r="E1670"/>
-      <c r="F1670" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1670"/>
     </row>
     <row r="1671" spans="1:6">
       <c r="A1671"/>
       <c r="B1671" t="s">
-        <v>4051</v>
+        <v>4034</v>
       </c>
       <c r="C1671"/>
       <c r="D1671"/>
       <c r="E1671"/>
-      <c r="F1671" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1671"/>
     </row>
     <row r="1672" spans="1:6">
-      <c r="A1672"/>
+      <c r="A1672" t="s">
+        <v>4035</v>
+      </c>
       <c r="B1672" t="s">
-        <v>4052</v>
+        <v>4036</v>
       </c>
       <c r="C1672"/>
       <c r="D1672"/>
-      <c r="E1672"/>
+      <c r="E1672" t="s">
+        <v>4037</v>
+      </c>
       <c r="F1672" t="s">
-        <v>3949</v>
+        <v>4038</v>
       </c>
     </row>
     <row r="1673" spans="1:6">
-      <c r="A1673"/>
+      <c r="A1673" t="s">
+        <v>4039</v>
+      </c>
       <c r="B1673" t="s">
-        <v>4053</v>
-[...4 lines deleted...]
-      <c r="F1673"/>
+        <v>4040</v>
+      </c>
+      <c r="C1673">
+        <v>4448000</v>
+      </c>
+      <c r="D1673">
+        <v>6437</v>
+      </c>
+      <c r="E1673" t="s">
+        <v>4041</v>
+      </c>
+      <c r="F1673" t="s">
+        <v>272</v>
+      </c>
     </row>
     <row r="1674" spans="1:6">
-      <c r="A1674"/>
+      <c r="A1674" t="s">
+        <v>4042</v>
+      </c>
       <c r="B1674" t="s">
-        <v>4054</v>
+        <v>4043</v>
       </c>
       <c r="C1674"/>
       <c r="D1674"/>
-      <c r="E1674"/>
+      <c r="E1674" t="s">
+        <v>4044</v>
+      </c>
       <c r="F1674" t="s">
-        <v>4055</v>
+        <v>4045</v>
       </c>
     </row>
     <row r="1675" spans="1:6">
       <c r="A1675" t="s">
-        <v>4056</v>
+        <v>4046</v>
       </c>
       <c r="B1675" t="s">
-        <v>4057</v>
+        <v>4047</v>
       </c>
       <c r="C1675"/>
       <c r="D1675"/>
       <c r="E1675" t="s">
+        <v>4048</v>
+      </c>
+      <c r="F1675" t="s">
+        <v>4049</v>
+      </c>
+    </row>
+    <row r="1676" spans="1:6">
+      <c r="A1676"/>
+      <c r="B1676" t="s">
+        <v>4050</v>
+      </c>
+      <c r="C1676"/>
+      <c r="D1676"/>
+      <c r="E1676" t="s">
+        <v>935</v>
+      </c>
+      <c r="F1676"/>
+    </row>
+    <row r="1677" spans="1:6">
+      <c r="A1677"/>
+      <c r="B1677" t="s">
+        <v>4051</v>
+      </c>
+      <c r="C1677"/>
+      <c r="D1677"/>
+      <c r="E1677"/>
+      <c r="F1677" t="s">
+        <v>4038</v>
+      </c>
+    </row>
+    <row r="1678" spans="1:6">
+      <c r="A1678"/>
+      <c r="B1678" t="s">
+        <v>4052</v>
+      </c>
+      <c r="C1678"/>
+      <c r="D1678"/>
+      <c r="E1678"/>
+      <c r="F1678" t="s">
+        <v>4038</v>
+      </c>
+    </row>
+    <row r="1679" spans="1:6">
+      <c r="A1679"/>
+      <c r="B1679" t="s">
+        <v>4053</v>
+      </c>
+      <c r="C1679"/>
+      <c r="D1679"/>
+      <c r="E1679"/>
+      <c r="F1679" t="s">
+        <v>3949</v>
+      </c>
+    </row>
+    <row r="1680" spans="1:6">
+      <c r="A1680"/>
+      <c r="B1680" t="s">
+        <v>4054</v>
+      </c>
+      <c r="C1680"/>
+      <c r="D1680"/>
+      <c r="E1680"/>
+      <c r="F1680"/>
+    </row>
+    <row r="1681" spans="1:6">
+      <c r="A1681"/>
+      <c r="B1681" t="s">
+        <v>4055</v>
+      </c>
+      <c r="C1681"/>
+      <c r="D1681"/>
+      <c r="E1681"/>
+      <c r="F1681"/>
+    </row>
+    <row r="1682" spans="1:6">
+      <c r="A1682" t="s">
+        <v>4056</v>
+      </c>
+      <c r="B1682" t="s">
+        <v>4057</v>
+      </c>
+      <c r="C1682"/>
+      <c r="D1682"/>
+      <c r="E1682" t="s">
         <v>4058</v>
       </c>
-      <c r="F1675" t="s">
-        <v>106</v>
+      <c r="F1682" t="s">
+        <v>4038</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
-  <autoFilter ref="A1:V1675"/>
+  <autoFilter ref="A1:V1682"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>